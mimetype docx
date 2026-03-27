--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -168,17992 +168,18356 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (136)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (139)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overcapping wax: an aesthetic or functional element</w:t>
+                <w:t xml:space="preserve">Phenolic and anthocyanin profile characterization of five disease resistant grape cultivars in septentrional context of France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">María Ureña</w:t>
+                <w:t xml:space="preserve">Catherine Dadmun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Chanut</w:t>
+                <w:t xml:space="preserve">Anna Katharine Mansfield</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Bottreau</w:t>
+                <w:t xml:space="preserve">Laurence Noret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Natalia Quijada-Morin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IVES Technical Reviews vine and wine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, pp.1-2. </w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 508, pp.148330. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.20870/IVES-TR.2025.9182⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2026.148330⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04994491v1</w:t>
+                <w:t xml:space="preserve">hal-05556028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wine bottle overcapping wax: An aesthetic or functional element?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Vincent Bottreau</w:t>
+                <w:t xml:space="preserve">Accelerated oxidative aging tests for white wines: First correlation between physico-chemical and sensory oxidation responses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Romanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordi Ballester</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Mallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Packaging and Shelf Life</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fpsl.2024.101367⟩</w:t>
+              <w:t xml:space="preserve">Food Chemistry: X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 34, pp.103687. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fochx.2026.103687⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04784517v1</w:t>
+                <w:t xml:space="preserve">hal-05556024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxygen transfer and wine aging: the crucial rôle of the glass-cork interface.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">How Ceramic Containers Shape Affects Wine Chemistry pH Dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syuzanna Esoyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bodart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Internet Journal of Viticulture and Enology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Innovative Solutions for Eco-Environmental Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.166. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46991/JISEES.2025.SI1.166⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05385655v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05569401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">White wines aged in barrels with controlled tannin potential exhibit correlated long-term oxidative stability in bottle</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurence Noret</w:t>
+                <w:t xml:space="preserve">Overcapping wax: an aesthetic or functional element</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Ureña</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Chanut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bottreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry: X</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fochx.2024.101907⟩</w:t>
+              <w:t xml:space="preserve">IVES Technical Reviews vine and wine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/IVES-TR.2025.9182⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04779619v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04994491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Oxidative Stability of Champagne Base Wines Aged on Lees in Barrels: A 2-Year Study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Maxe</w:t>
+                <w:t xml:space="preserve">Oxygen transfer and wine aging: the crucial rôle of the glass-cork interface.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Chanut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lagorce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Romanet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
+                <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antioxidants </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Internet Journal of Viticulture and Enology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 7/1</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05143788v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05385655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Die Kontaktfläche zwischen Flaschenhals und Korken: ein Schlüsselparameter bei der Reifung von Flaschenweinen</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">White wines aged in barrels with controlled tannin potential exhibit correlated long-term oxidative stability in bottle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Thibon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Laure Badet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Wirgot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Noret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IVES Technical Reviews vine and wine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/IVES-TR.2024.7952⟩</w:t>
+              <w:t xml:space="preserve">Food Chemistry: X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24, pp.101907. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fochx.2024.101907⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04536182v1</w:t>
+                <w:t xml:space="preserve">hal-04779619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1H NMR based sulfonation reaction kinetics of wine relevant thiols in comparison with known carbonyls</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Franck Denat</w:t>
+                <w:t xml:space="preserve">Wine bottle overcapping wax: An aesthetic or functional element?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Ureña</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Chanut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bottreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2024.138944⟩</w:t>
+              <w:t xml:space="preserve">Food Packaging and Shelf Life</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 46, pp.101367. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fpsl.2024.101367⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04536395v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04784517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment les conditions de stockage influencent-t-elles les transferts d’oxygène lors de la conservation du vin en bouteille ?</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
+                <w:t xml:space="preserve">The Oxidative Stability of Champagne Base Wines Aged on Lees in Barrels: A 2-Year Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Maxe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Romanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Parisot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+                <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Antioxidants </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13 (3), pp.364. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/antiox13030364⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05385649v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05143788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’interface goulot / bouchon : un paramètre clé du vieillissement du vin en bouteille.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Die Kontaktfläche zwischen Flaschenhals und Korken: ein Schlüsselparameter bei der Reifung von Flaschenweinen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Chanut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lagorce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IVES Technical Reviews vine and wine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2024, pp.1-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/IVES-TR.2024.7952⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05385640v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04536182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antioxidant inactivated yeast: High potential of non-Saccharomyces specific metabolome</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">1H NMR based sulfonation reaction kinetics of wine relevant thiols in comparison with known carbonyls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofia Tachtalidou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apostolos Spyros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Sok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silke Heinzmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Denat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, pp.138944. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2024.138944⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2024.126340⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05143014v1</w:t>
+                <w:t xml:space="preserve">hal-04536395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-resolution mass spectrometry-based metabolomics for increased grape juice metabolite coverage.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Kevin Billet</w:t>
+                <w:t xml:space="preserve">L’interface goulot / bouchon : un paramètre clé du vieillissement du vin en bouteille.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Chanut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lagorce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Romanet</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foods</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IVES Technical Reviews vine and wine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04398489v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05385640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet Valvigne : Valorisation des coproduits vitivinicoles dans le cadre d’une économie circulaire</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Comment les conditions de stockage influencent-t-elles les transferts d’oxygène lors de la conservation du vin en bouteille ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Chanut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lagorce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 189, pp.24-26</w:t>
+              <w:t xml:space="preserve">, 2024, 191, pp.39-42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04722016v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05385649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction between Armenian clay-based ceramics and model wine during storage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Antioxidant inactivated yeast: High potential of non-Saccharomyces specific metabolome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Bahut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Sieczkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Syuzanna Esoyan</w:t>
+                <w:t xml:space="preserve">Rémi Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Loupiac</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Régis Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OENO One</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/oeno-one.2023.57.2.7243⟩</w:t>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 277, pp.126340. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2024.126340⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04091987v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05143014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical Stability of Thiol and Flavanol Sulfonation Products during Wine Aging Conditions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sofia Tachtalidou</w:t>
+                <w:t xml:space="preserve">High-resolution mass spectrometry-based metabolomics for increased grape juice metabolite coverage.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Panagiotis Arapitsas</w:t>
+                <w:t xml:space="preserve">Benjamin Bois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Jose Penouilh</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
+                <w:t xml:space="preserve">Kevin Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Romanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Bahut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.2c06690⟩</w:t>
+              <w:t xml:space="preserve">Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13 (1), pp.54. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/foods13010054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05178537v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04398489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complex carbonaceous matter in Tissint martian meteorites give insights into the diversity of organic geochemistry on Mars</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
+                <w:t xml:space="preserve">Projet Valvigne : Valorisation des coproduits vitivinicoles dans le cadre d’une économie circulaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Assifaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Matzka</w:t>
+                <w:t xml:space="preserve">Stéphane Bourque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexander Ruf</w:t>
+                <w:t xml:space="preserve">Marielle Adrian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bénédicte Ménez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hasnaa Chennaoui Aoudjehane</w:t>
+                <w:t xml:space="preserve">Frederic Bouyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 189, pp.24-26</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03952260v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04722016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’interface bouchon/goulot : un élément clé de la conservation du vin en bouteille.</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Chemical Stability of Thiol and Flavanol Sulfonation Products during Wine Aging Conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofia Tachtalidou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panagiotis Arapitsas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Jose Penouilh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Denat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 72 (4), pp.1885-1893. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.2c06690⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05385559v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05178537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">White Wine Antioxidant Metabolome: Definition and Dynamic Behavior during Aging on Lees in Oak Barrels</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">Interaction between Armenian clay-based ceramics and model wine during storage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syuzanna Esoyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Loupiac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelli Hovhannisyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antioxidants </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/antiox12020395⟩</w:t>
+              <w:t xml:space="preserve">OENO One</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 57 (2), pp.101-113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/oeno-one.2023.57.2.7243⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05266492v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04091987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complex carbonaceous matter in Tissint martian meteorites give insights into the diversity of organic geochemistry on Mars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Matzka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Ruf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Ménez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hasnaa Chennaoui Aoudjehane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science Advances </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 9 (2), pp.106928. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+              <w:t xml:space="preserve">, 2023, 9 (2), pp.eadd6439. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1126/sciadv.add6439⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05041916v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03952260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A key to wine conservation lies in the glass–cork interface</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">L’interface bouchon/goulot : un élément clé de la conservation du vin en bouteille.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Chanut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lagorce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PNAS Nexus</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 189, pp.46-50</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296024v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05385559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’interface bouchon/goulot : Un élément clé de la conservation du vin en bouteille</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">A key to wine conservation lies in the glass–cork interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Chanut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Bellat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PNAS Nexus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2 (11), pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/pnasnexus/pgad344⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04234993v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unraveling the Complex Interfacial Properties of Cork-Based Materials in Their Use as Wine Stoppers</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">White Wine Antioxidant Metabolome: Definition and Dynamic Behavior during Aging on Lees in Oak Barrels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Romanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+                <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsami.2c07299⟩</w:t>
+              <w:t xml:space="preserve">Antioxidants </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (2), pp.395. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/antiox12020395⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03775088v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05266492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">eGFP Gene Integration in HO: A Metabolomic Impact ?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Klein</w:t>
+                <w:t xml:space="preserve">Complex carbonaceous matter in Tissint martian meteorites give insights into the diversity of organic geochemistry on Mars</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Matzka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ruf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benedicte Menez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hasnaa Chennaoui Aoudjehane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms10040781⟩</w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9 (2), pp.106928. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.add6439⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03648411v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05041916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the Proton Spin–Lattice Relaxation in Wine and Hydroalcoholic Solutions</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’interface bouchon/goulot : Un élément clé de la conservation du vin en bouteille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Chanut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lagorce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Bellat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Analytical Methods</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 189, pp.46-50</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03363716v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04234993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-Time Detection of Phenylacetaldehyde in Wine: Application of a Microwave Sensor Based on Molecularly Imprinted Silica</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Elias Bou-Maroun</w:t>
+                <w:t xml:space="preserve">Unraveling the Complex Interfacial Properties of Cork-Based Materials in Their Use as Wine Stoppers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Chanut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yiqian Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/molecules27051492⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (37), pp.42602-42612. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsami.2c07299⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03626761v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03775088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct NMR evidence for the dissociation of sulfur-dioxide-bound acetaldehyde under acidic conditions: Impact on wines oxidative stability</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
+                <w:t xml:space="preserve">eGFP Gene Integration in HO: A Metabolomic Impact ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Bordet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Romanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Eicher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cosette Grandvalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2021.131679⟩</w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (4), pp.781. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms10040781⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03524043v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03648411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sulfonation Reactions behind the Fate of White Wine’s Shelf-Life</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rémy Romanet</w:t>
+                <w:t xml:space="preserve">Analysis of the Proton Spin–Lattice Relaxation in Wine and Hydroalcoholic Solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bodart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymerick Batlogg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Ferret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Rachocki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marianna Lucio</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Magdalena Knapkiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolites</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 12 (4), pp.323. </w:t>
+              <w:t xml:space="preserve">Food Analytical Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15, pp.266-275. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/metabo12040323⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12161-021-02118-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05266514v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03363716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of a New Copper-Based Formulation to Control Esca Disease in Field and Study of Its Impact on the Vine Microbiome, Vine Physiology and Enological Parameters of juice</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alberto Acedo</w:t>
+                <w:t xml:space="preserve">Direct NMR evidence for the dissociation of sulfur-dioxide-bound acetaldehyde under acidic conditions: Impact on wines oxidative stability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofia Tachtalidou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Sok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Denat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Noret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fungi</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/jof8020151⟩</w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 373 (Part B), pp.131679. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2021.131679⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03550339v1</w:t>
+                <w:t xml:space="preserve">hal-03524043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transfert du CO2 dans un obturateur A2R (agglomérés deux rondelles) pour vins effervescents.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Real-Time Detection of Phenylacetaldehyde in Wine: Application of a Microwave Sensor Based on Molecularly Imprinted Silica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Cayot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Stuerga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Crouvisier Urion</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+                <w:t xml:space="preserve">Elias Bou-Maroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 27 (5), pp.1492. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules27051492⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05385553v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03626761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface properties of cork: Is cork a hydrophobic material?</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">Sulfonation Reactions behind the Fate of White Wine’s Shelf-Life</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Romanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Lucio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Gougeon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcis.2021.09.140⟩</w:t>
+              <w:t xml:space="preserve">Metabolites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (4), pp.323. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/metabo12040323⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03404379v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05266514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Different wines from different yeasts? “Saccharomyces cerevisiae intraspecies differentiation by metabolomic signature and sensory patterns in wine”</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Assessment of a New Copper-Based Formulation to Control Esca Disease in Field and Study of Its Impact on the Vine Microbiome, Vine Physiology and Enological Parameters of juice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jordi Ballester</w:t>
+                <w:t xml:space="preserve">Vincenzo Mondello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefania Vichi</w:t>
+                <w:t xml:space="preserve">Christelle Lemaitre Guillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beatriz Quintanilla-Casas</w:t>
+                <w:t xml:space="preserve">Patricia Trotel-Aziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Acedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms9112327⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fungi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Application of Omics Technologies for a Deeper Insight into the Study of Fungal Trunk Pathogens of Grapevine, 8 (2), pp.art. 151. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jof8020151⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03426880v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03550339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wine aging: a question of closure ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Transfert du CO2 dans un obturateur A2R (agglomérés deux rondelles) pour vins effervescents.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Crouvisier Urion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IVES Technical Reviews vine and wine</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 185, pp.53-55</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03190821v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05385553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the chemical space of white wine antioxidant capacity: A combined DPPH, EPR and FT-ICR-MS study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rémy Romanet</w:t>
+                <w:t xml:space="preserve">Surface properties of cork: Is cork a hydrophobic material?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Chanut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yiqian Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zina Sarhane</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
+                <w:t xml:space="preserve">Irene Dal Cin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Ferret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2021.129566⟩</w:t>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 608, pp.416-423. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2021.09.140⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05266677v1</w:t>
+                <w:t xml:space="preserve">hal-03404379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast manometric method for determining the effective oxygen diffusion coefficient through wine stopper</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Lagorce</w:t>
+                <w:t xml:space="preserve">Different wines from different yeasts? “Saccharomyces cerevisiae intraspecies differentiation by metabolomic signature and sensory patterns in wine”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Bordet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordi Ballester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia Lequin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Régis Gougeon</w:t>
+                <w:t xml:space="preserve">Stefania Vichi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Simon</w:t>
+                <w:t xml:space="preserve">Beatriz Quintanilla-Casas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Testing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 93, pp.106924. </w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (11), pp.2327. </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.polymertesting.2020.106924⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms9112327⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03053424v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03426880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unexpected high production of biohydrogen from the endogenous fermentation of grape must deposits</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Wine aging: a question of closure ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Chanut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie François</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Vuilleumier</w:t>
+                <w:t xml:space="preserve">Kevin Crouvisier-Urion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lagorce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordi Ballester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioresource Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biortech.2020.124334⟩</w:t>
+              <w:t xml:space="preserve">IVES Technical Reviews vine and wine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.1-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/IVES-TR.2021.4652⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03016623v1</w:t>
+                <w:t xml:space="preserve">hal-03190821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unravelling CO2 transfer through cork stoppers for Champagne and sparkling wines</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Exploring the chemical space of white wine antioxidant capacity: A combined DPPH, EPR and FT-ICR-MS study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Romanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zina Sarhane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Bahut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Uhl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Packaging and Shelf Life</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fpsl.2020.100618⟩</w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 355, pp.129566. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2021.129566⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03181971v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05266677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlled diffusion by thin layer coating: The intricate case of the glass-stopper interface</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Unravelling CO2 transfer through cork stoppers for Champagne and sparkling wines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Crouvisier Urion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Bellat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Liger-Belair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodcont.2020.107446⟩</w:t>
+              <w:t xml:space="preserve">Food Packaging and Shelf Life</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27, pp.100618. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fpsl.2020.100618⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02989078v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03181971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regionality in Australian Pinot noir wines: A study on the use of NMR and ICP-MS on commercial wines</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fast manometric method for determining the effective oxygen diffusion coefficient through wine stopper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Chanut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lagorce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Lequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gavin Duley</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Christina Spartz</w:t>
+                <w:t xml:space="preserve">Jean-Marc Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2020.127906⟩</w:t>
+              <w:t xml:space="preserve">Polymer Testing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 93, pp.106924. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polymertesting.2020.106924⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02934860v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03053424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grapevine and Wine Metabolomics-Based Guidelines for FAIR Data and Metadata Management</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ignacio Ontañón</w:t>
+                <w:t xml:space="preserve">Unexpected high production of biohydrogen from the endogenous fermentation of grape must deposits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Alexandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Vuilleumier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolites</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/metabo11110757⟩</w:t>
+              <w:t xml:space="preserve">Bioresource Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 320 (Pt A), pp.124334. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biortech.2020.124334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03602686v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03016623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of regionality and maturation time on the chemical fingerprint of whisky</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Controlled diffusion by thin layer coating: The intricate case of the glass-stopper interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Chanut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Bellat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2020.126748⟩</w:t>
+              <w:t xml:space="preserve">Food Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 120, pp.107446. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodcont.2020.107446⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02893525v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02989078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification of manganous ions in wine by NMR relaxometry</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
+                <w:t xml:space="preserve">Regionality in Australian Pinot noir wines: A study on the use of NMR and ICP-MS on commercial wines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gavin Duley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Dujourdy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Werwein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Spartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2019.120561⟩</w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 340, pp.127906. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2020.127906⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02499122v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02934860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antioxidant activity from inactivated yeast: Expanding knowledge beyond the glutathione-related oxidative stability of wine</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Grapevine and Wine Metabolomics-Based Guidelines for FAIR Data and Metadata Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefania Savoi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panagiotis Arapitsas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Duchêne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacio Ontañón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2020.126941⟩</w:t>
+              <w:t xml:space="preserve">Metabolites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/metabo11110757⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02893531v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03602686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cultivar- and Wood Area-Dependent Metabolomic Fingerprints of Grapevine Infected by Botryosphaeria Dieback</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of regionality and maturation time on the chemical fingerprint of whisky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Signoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Lemaitre-Guillier</w:t>
+                <w:t xml:space="preserve">Christian Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Fontaine</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
+                <w:t xml:space="preserve">Daniel Hemmler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mourad Harir</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maryline Magnin-Robert</w:t>
+                <w:t xml:space="preserve">Mathieu Kajdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytopathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1094/PHYTO-02-20-0055-R⟩</w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 323, pp.126748. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2020.126748⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02979566v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02893525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Characterization of White Wines Antioxidant Metabolome by Ultra High Performance Liquid Chromatography High-Resolution Mass Spectrometry</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Quantification of manganous ions in wine by NMR relaxometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bodart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Rachocki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jadwiga Tritt-Goc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernhard Michalke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antioxidants </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/antiox9020115⟩</w:t>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 209, pp.120561. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2019.120561⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02513911v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02499122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A First Tentative for Simultaneous Detection of Fungicides in Model and Real Wines by Microwave Sensor Coupled to Molecularly Imprinted Sol-Gel Polymers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Régis Gougeon</w:t>
+                <w:t xml:space="preserve">Antioxidant activity from inactivated yeast: Expanding knowledge beyond the glutathione-related oxidative stability of wine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Bahut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Romanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Sieczkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 325, pp.126941. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2020.126941⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/s20216224⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03016429v1</w:t>
+                <w:t xml:space="preserve">hal-02893531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Oak Wood Barrel Tannin Potential and Toasting on White Wine Antioxidant Stability</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cultivar- and Wood Area-Dependent Metabolomic Fingerprints of Grapevine Infected by Botryosphaeria Dieback</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Laure Badet-Murat</w:t>
+                <w:t xml:space="preserve">Christelle Lemaitre-Guillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Harir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Magnin-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.9b00517⟩</w:t>
+              <w:t xml:space="preserve">Phytopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.PHYTO-02-20-005. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/PHYTO-02-20-0055-R⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02310469v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02979566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of white wines resistance against oxidation by Electron Paramagnetic Resonance spectroscopy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Molecular Characterization of White Wines Antioxidant Metabolome by Ultra High Performance Liquid Chromatography High-Resolution Mass Spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Romanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Bahut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Antioxidants </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (2), pp.115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/antiox9020115⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2018.07.052⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01894707v1</w:t>
+                <w:t xml:space="preserve">hal-02513911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical Transfers Occurring Through Oenococcus oeni Biofilm in Different Enological Conditions</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">A First Tentative for Simultaneous Detection of Fungicides in Model and Real Wines by Microwave Sensor Coupled to Molecularly Imprinted Sol-Gel Polymers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Dujourdy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Stuerga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Cayot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Gougeon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean Guzzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnut.2019.00095⟩</w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (21), pp.6224. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s20216224⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02310643v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03016429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrochemical triggering of the Chardonnay wine metabolome</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
+                <w:t xml:space="preserve">Measurement of white wines resistance against oxidation by Electron Paramagnetic Resonance spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Coelho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Noret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Zerbib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Basem Kanawati</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Régis Gougeon</w:t>
+                <w:t xml:space="preserve">Bertrand Vileno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 286, pp.64-70. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2019.01.149⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 270, pp.156 - 161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2018.07.052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02014495v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01894707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Four hundred years of cork imaging: New advances in the characterization of the cork structure</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Lagorce</w:t>
+                <w:t xml:space="preserve">Chemical Transfers Occurring Through Oenococcus oeni Biofilm in Different Enological Conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Coelho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Perepelkine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Winckler</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Zi Wang</w:t>
+                <w:t xml:space="preserve">Jean Guzzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-55193-9⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6, pp.95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnut.2019.00095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02430216v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02310643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Antioxidant Potential of White Wines Relies on the Chemistry of Sulfur-Containing Compounds: An Optimized DPPH Assay</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christian Coelho</w:t>
+                <w:t xml:space="preserve">Electrochemical triggering of the Chardonnay wine metabolome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basem Kanawati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Hemmler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Youzhong Liu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jordi Ballester</w:t>
+                <w:t xml:space="preserve">Gregory Druschel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 24 (7), pp.1353. </w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 286, pp.64-70. </w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/molecules24071353⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2019.01.149⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02173660v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02014495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wine aging: a bottleneck story</w:t>
+                <w:t xml:space="preserve">Impact of Oak Wood Barrel Tannin Potential and Toasting on White Wine Antioxidant Stability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jordi Ballester</w:t>
+                <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">André Geoffroy</w:t>
+                <w:t xml:space="preserve">Samar Daoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Noret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Coelho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Badet-Murat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">npj Science of Food</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41538-019-0045-9⟩</w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 67 (30), pp.8402-8410. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.9b00517⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02310584v1</w:t>
+                <w:t xml:space="preserve">hal-02310469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic diversity conveyed by the process leading to glutathione accumulation in inactivated dry yeast: A synthetic media study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">The Antioxidant Potential of White Wines Relies on the Chemistry of Sulfur-Containing Compounds: An Optimized DPPH Assay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Romanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Coelho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youzhong Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Bahut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Sieczkowski</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordi Ballester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 24 (7), pp.1353. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules24071353⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2019.06.008⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02173718v1</w:t>
+                <w:t xml:space="preserve">hal-02173660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Glutathione on Wines Oxidative Stability: A Combined Sensory and Metabolomic Study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Four hundred years of cork imaging: New advances in the characterization of the cork structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Crouvisier-Urion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Chanut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Jordi Ballester</w:t>
+                <w:t xml:space="preserve">Aurélie Lagorce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Winckler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zi Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.19682. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-55193-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fchem.2018.00182⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01907573v1</w:t>
+                <w:t xml:space="preserve">hal-02430216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversité chimique du bois de chêne de tonnellerie et classification des charges tanniques et des cuissons</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Coelho, C</w:t>
+                <w:t xml:space="preserve">Wine aging: a bottleneck story</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Crouvisier-Urion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lagorce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordi Ballester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Badet-Murat, M.L</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vicard, J.C</w:t>
+                <w:t xml:space="preserve">André Geoffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">npj Science of Food</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 3 (1), pp.14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41538-019-0045-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05267197v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02310584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of oak tannin selection and barrel toasting on the oxidative stability of dry white wine</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId170" w:history="1">
+                <w:t xml:space="preserve">Metabolic diversity conveyed by the process leading to glutathione accumulation in inactivated dry yeast: A synthetic media study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Bahut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youzhong Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Romanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Haroun, Capucine</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Sieczkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Australian &amp; New Zealand grapegrower &amp; winemaker</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 123, pp.762-770. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2019.06.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01930736v1</w:t>
+                <w:t xml:space="preserve">hal-02173718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical properties of agglomerated cork stoppers for sparkling wines: Influence of adhesive and cork particle size</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Diversité chimique du bois de chêne de tonnellerie et classification des charges tanniques et des cuissons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wirgot, N</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diaz-Rubio, M.E</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coelho, C</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Badet-Murat, M.L</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vicard, J.C</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composite Structures</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 169, pp.47-49</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01895777v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05267197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular and Macromolecular Changes in Bottle-Aged White Wines Reflect Oxidative Evolution–Impact of Must Clarification and Bottle Closure</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId170" w:history="1">
+                <w:t xml:space="preserve">Impact of oak tannin selection and barrel toasting on the oxidative stability of dry white wine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Magne</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diaz-Rubio Maria Elena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rozier, Jordan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haroun, Capucine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Australian &amp; New Zealand grapegrower &amp; winemaker</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 655, pp.63-68</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fchem.2018.00095⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01893703v1</w:t>
+                <w:t xml:space="preserve">hal-01930736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Usage of FT-ICR-MS Metabolomics for Characterizing the Chemical Signatures of Barrel-Aged Whisky</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mechanical properties of agglomerated cork stoppers for sparkling wines: Influence of adhesive and cork particle size</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Crouvisier-Urion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Bellat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fchem.2018.00029⟩</w:t>
+              <w:t xml:space="preserve">Composite Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 203, pp.789 - 796. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compstruct.2018.06.116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01896065v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01895777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Going through the wine fining: Intimate dialogue between organics and clays</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Silvia Pedetti</w:t>
+                <w:t xml:space="preserve">Impact of Glutathione on Wines Oxidative Stability: A Combined Sensory and Metabolomic Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Rigaud</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Janot</w:t>
+                <w:t xml:space="preserve">Perrine Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Coelho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordi Ballester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloids and Surfaces B: Biointerfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.colsurfb.2018.02.060⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6, pp.182. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fchem.2018.00182⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01744266v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01907573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of image processing for analyzing the cellular structure of cork</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Bellat</w:t>
+                <w:t xml:space="preserve">Usage of FT-ICR-MS Metabolomics for Characterizing the Chemical Signatures of Barrel-Aged Whisky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Signoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Hemmler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Witting</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basem Kanawati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemometrics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cem.2988⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6, pp.29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fchem.2018.00029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01894518v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01896065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">7 Li{ 19 F} TEDOR NMR to observe the lithium migration in heated montmorillonite</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Molecular and Macromolecular Changes in Bottle-Aged White Wines Reflect Oxidative Evolution–Impact of Must Clarification and Bottle Closure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Coelho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Noret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Magne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Clay Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.clay.2018.03.007⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6, pp.95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fchem.2018.00095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01896048v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01893703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensory impact of polyphenolic composition on the oxidative notes of Chardonnay wines</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
+                <w:t xml:space="preserve">Going through the wine fining: Intimate dialogue between organics and clays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pollyana Trigueiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Pedetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Rigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Balme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Janot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Beverages</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/beverages4010019⟩</w:t>
+              <w:t xml:space="preserve">Colloids and Surfaces B: Biointerfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 166, pp.79 - 88. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.colsurfb.2018.02.060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02622433v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01744266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gas transfer through wine closures: A critical review</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Contribution of image processing for analyzing the cellular structure of cork</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lagorce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Mairesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Bellat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Food Science and Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Chemometrics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 32 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cem.2988⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tifs.2018.05.021⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01894689v1</w:t>
+                <w:t xml:space="preserve">hal-01894518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un message du passé viticole de la Bourgogne : la bouteille découverte dans l’abbaye Saint-Vivant de Vergy (Côte-d’Or)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+                <w:t xml:space="preserve">7 Li{ 19 F} TEDOR NMR to observe the lithium migration in heated montmorillonite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bodart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Delmotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Rigolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Brendle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Gougeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers d'histoire de la vigne et du vin</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Clay Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 157, pp.204 - 211. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.clay.2018.03.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01884392v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01896048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of new sensitive α,β-unsaturated carbonyl 1,8-naphtalimide fluorescent probes for thiol bioimaging</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Sensory impact of polyphenolic composition on the oxidative notes of Chardonnay wines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordi Ballester</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Magne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Noret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anne-Sophie Viaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Beverages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 4 (1), pp.19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/beverages4010019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.snb.2016.09.171⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01509840v1</w:t>
+                <w:t xml:space="preserve">hal-02622433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wine microbiology is driven by vineyard and winery anthropogenic factors</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gas transfer through wine closures: A critical review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Crouvisier-Urion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Bellat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbial Biotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1751-7915.12428⟩</w:t>
+              <w:t xml:space="preserve">Trends in Food Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 78, pp.255 - 269. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tifs.2018.05.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01511052v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01894689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sulfites and the Wine Metabolome</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
+                <w:t xml:space="preserve">Un message du passé viticole de la Bourgogne : la bouteille découverte dans l’abbaye Saint-Vivant de Vergy (Côte-d’Or)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Gonsior</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Silke S. Heinzmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cahiers d'histoire de la vigne et du vin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 16, pp.85-92</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01531377v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01884392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digging into the low molecular weight peptidome with the OligoNet web server</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Florian Bahut</w:t>
+                <w:t xml:space="preserve">Design of new sensitive α,β-unsaturated carbonyl 1,8-naphtalimide fluorescent probes for thiol bioimaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Sok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thanh Dat Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Viaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-11786-w⟩</w:t>
+              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 242, pp.865 - 871. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.snb.2016.09.171⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01620015v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01509840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Previously unknown class of metalorganic compounds revealed in meteorites</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Basem Kanawati</w:t>
+                <w:t xml:space="preserve">Wine microbiology is driven by vineyard and winery anthropogenic factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Grangeteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Norbert Hertkorn</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Franco Moritz</w:t>
+                <w:t xml:space="preserve">Sandrine Rousseaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.1616019114⟩</w:t>
+              <w:t xml:space="preserve">Microbial Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 10 (2), pp.354 - 370. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1751-7915.12428⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01534828v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01511052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic Fingerprint of PS3-Induced Resistance of Grapevine Leaves against Plasmopara viticola Revealed Differences in Elicitor-Triggered Defenses</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
+                <w:t xml:space="preserve">Sulfites and the Wine Metabolome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sophie Trouvelot</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Hemmler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Gonsior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpls.2017.00101⟩</w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 237, pp.106-113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2017.05.039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01534517v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01531377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feasibility of a microwave liquid sensor based on molecularly imprinted sol-gel polymer for the detection of iprodione fungicide</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+                <w:t xml:space="preserve">Digging into the low molecular weight peptidome with the OligoNet web server</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youzhong Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Forcisi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Lucio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Harir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Bahut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.snb.2016.12.118⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), pp.11692. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-11786-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01483684v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01620015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water sorption isotherms of molecularly imprinted polymers. Relation between water binding and iprodione binding capacity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Régis D Gougeon</w:t>
+                <w:t xml:space="preserve">Feasibility of a microwave liquid sensor based on molecularly imprinted sol-gel polymer for the detection of iprodione fungicide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Bou-Maroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice de Fonseca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lafarge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reactive and Functional Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.reactfunctpolym.2017.02.012⟩</w:t>
+              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 244, pp.24 - 30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.snb.2016.12.118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01509912v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01483684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wine microbiome : A dynamic world of microbial interactions</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Régis Gougeon</w:t>
+                <w:t xml:space="preserve">Metabolic Fingerprint of PS3-Induced Resistance of Grapevine Leaves against Plasmopara viticola Revealed Differences in Elicitor-Triggered Defenses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Adrian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Lucio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Héloir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Trouvelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Reviews in Food Science and Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10408398.2014.983591⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 08, pp.101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2017.00101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01431375v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01534517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical messages from an ancient buried bottle: metabolomics for wine archeochemistry</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Previously unknown class of metalorganic compounds revealed in meteorites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ruf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basem Kanawati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norbert Hertkorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qing-Zhu Yin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franco Moritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">npj Science of Food</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41538-017-0001-5⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 114 (11), pp.2819 - 2824. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1616019114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01666250v1</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01534828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure et propriétés du liège, regard nouveau sur un matériau d’emballage traditionnel.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Chemical messages from an ancient buried bottle: metabolomics for wine archeochemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silke S. Heinzmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industries Alimentaires et Agricoles</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">npj Science of Food</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 1 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41538-017-0001-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05385502v1</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure et propriétés du liège, regard nouveau sur un matériau d’emballage traditionnel</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Water sorption isotherms of molecularly imprinted polymers. Relation between water binding and iprodione binding capacity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Debeaufort</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Manal Bitar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Roudaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Maalouly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Brandès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industries Alimentaires et Agricoles</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Reactive and Functional Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 114, pp.1 - 7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.reactfunctpolym.2017.02.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01613521v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01509912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymmetrical flow field-flow fractionation of white wine chromophoric colloidal matter</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
+                <w:t xml:space="preserve">Wine microbiome : A dynamic world of microbial interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youzhong Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Rousseaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Tourdot-Maréchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohand Sadoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00216-017-0221-1⟩</w:t>
+              <w:t xml:space="preserve">Critical Reviews in Food Science and Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 57 (4), pp.856 - 873. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10408398.2014.983591⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01533268v1</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01431375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrahigh- resolving analytics in meteoritic soluble organic matter</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Structure et propriétés du liège, regard nouveau sur un matériau d’emballage traditionnel.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lagorce-Tachon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Debeaufort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meteoritics and Planetary Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Special Issue : 79th Annual Meeting of the Meteoritical Society August 7-12, 2016, 51, pp.A547-A547</w:t>
+              <w:t xml:space="preserve">Industries Alimentaires et Agricoles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 05/06, pp.32-35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01504551v1</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05385502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">About the Role of the Bottleneck / Cork Interface on Oxygen Transfer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId304" w:history="1">
+                <w:t xml:space="preserve">Structure et propriétés du liège, regard nouveau sur un matériau d’emballage traditionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lagorce-Tachon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Debeaufort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Bellat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Industries Alimentaires et Agricoles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 5/6, pp.32-35</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01409219v1</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01613521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natural oxygenation of Champagne wine during ageing on lees: A metabolomics picture of hormesis</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ryan B. Gil</w:t>
+                <w:t xml:space="preserve">Asymmetrical flow field-flow fractionation of white wine chromophoric colloidal matter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Goffette</w:t>
+                <w:t xml:space="preserve">Jérémie Parot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Gonsior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 203, pp.207 - 215. </w:t>
+              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 409 (10), pp.2757 - 2766. </w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2016.02.043⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00216-017-0221-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01500706v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01533268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation de la structure poreuse du liège par imagerie : Voyage au cœur du bouchon.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lagorce-Tachon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Loupiac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 158, pp.51-54</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05385496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Biofilm Formation by Oenococcus oeni on Malolactic Fermentation and the Release of Aromatic Compounds in Wine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bastard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Coelho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Bastard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christian Coelho</w:t>
+                <w:t xml:space="preserve">Romain Briandet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Briandet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Alexis Canette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 7 (613), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fmicb.2016.00613⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01482143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New molecular evidence of wine yeast-bacteria interaction unraveled by non-targeted exometabolomic profiling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youzhong Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Forcisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Harir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Deleris-Bou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId329" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Krieger-Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Metabolomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 12 (4), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11306-016-1001-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01418401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation de la structure poreuse du liège par imagerie. Voyage au cœur du bouchon</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">About the Role of the Bottleneck / Cork Interface on Oxygen Transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lagorce-Tachon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Paulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 64 (35), pp.6672 - 6675. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.6b02465⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04235767v1</w:t>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01409219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biobased Composite Films from Chitosan and Lignin: Antioxidant Activity Related to Structure and Moisture</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+                <w:t xml:space="preserve">Natural oxygenation of Champagne wine during ageing on lees: A metabolomics picture of hormesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Witting</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franco Moritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryan B. Gil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Goffette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.6b00956⟩</w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 203, pp.207 - 215. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2016.02.043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01468831v1</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Off-On-Off Fluorescent Sensor for pH Windows Based on the 13aneN4-Zn 2+ System</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Franck Denat</w:t>
+                <w:t xml:space="preserve">Ultrahigh- resolving analytics in meteoritic soluble organic matter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ruf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norbert Hertkorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Boschetti</w:t>
+                <w:t xml:space="preserve">M. Harir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Kanawati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Lucio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Meteoritics and Planetary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Special Issue : 79th Annual Meeting of the Meteoritical Society August 7-12, 2016, 51, pp.A547-A547</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01492871v1</w:t>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01504551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rebuttal to “The Permeation of Cork Revisited”</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Biobased Composite Films from Chitosan and Lignin: Antioxidant Activity Related to Structure and Moisture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Crouvisier-Urion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bodart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Winckler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jésus Raya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.6b00599⟩</w:t>
+              <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 4 (12), pp.6371 - 6381. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.6b00956⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01412202v1</w:t>
+                <w:t xml:space="preserve">hal-01468831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How does hydration affect the mechanical properties of wine stoppers ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId304" w:history="1">
+                <w:t xml:space="preserve">Rebuttal to “The Permeation of Cork Revisited”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lagorce-Tachon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Bellat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 51 (9), pp.4227 - 4237. </w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 64 ( 20), pp.4185-4188. </w:t>
             </w:r>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10853-015-9669-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.6b00599⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01412173v1</w:t>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01412202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MetICA : independent component analysis for high-resolution mass-spectrometry based non-targeted metabolomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Youzhong Liu</w:t>
+                <w:t xml:space="preserve">How does hydration affect the mechanical properties of wine stoppers ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lagorce-Tachon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kirill Smirnov</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Dominique Champion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Bellat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Bioinformatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 17 (1), pp.114. </w:t>
+              <w:t xml:space="preserve">Journal of Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 51 (9), pp.4227 - 4237. </w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12859-016-0970-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10853-015-9669-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01430376v1</w:t>
+                <w:t xml:space="preserve">hal-01412173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluorescence Fingerprinting of Bottled White Wines Can Reveal Memories Related to Sulfur Dioxide Treatments of the Must</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An Off-On-Off Fluorescent Sensor for pH Windows Based on the 13aneN4-Zn 2+ System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alissa Aron</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
+                <w:t xml:space="preserve">Valeria Amendola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Greta Bergamaschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giacomo Dacarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Denat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Boschetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.analchem.5b00388⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 2016 (32), pp.5106 - 5113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejic.201600749⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05264406v1</w:t>
+                <w:t xml:space="preserve">hal-01492871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water-induced local ordering of chitosan polymer chains in thin layer films</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Caractérisation de la structure poreuse du liège par imagerie. Voyage au cœur du bouchon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lagorce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Loupiac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Bellat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 158, pp.51-54</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-02510661v1</w:t>
+                <w:t xml:space="preserve">hal-04235767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical messages in 170-year-old champagne bottles from the Baltic Sea: Revealing tastes from the past</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">MetICA : independent component analysis for high-resolution mass-spectrometry based non-targeted metabolomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youzhong Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Jeandet</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Alissa Aron</w:t>
+                <w:t xml:space="preserve">Kirill Smirnov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Lucio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.1500783112⟩</w:t>
+              <w:t xml:space="preserve">BMC Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17 (1), pp.114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12859-016-0970-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02507720v1</w:t>
+                <w:t xml:space="preserve">hal-01430376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating analytical resolutions in non-targeted wine metabolomics</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+                <w:t xml:space="preserve">Fluorescence Fingerprinting of Bottled White Wines Can Reveal Memories Related to Sulfur Dioxide Treatments of the Must</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Coelho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alissa Aron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Gonsior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tet.2015.02.054⟩</w:t>
+              <w:t xml:space="preserve">Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 87 (16), pp.8132-8137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.analchem.5b00388⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05264868v1</w:t>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffusion de l’oxygène dans le liège.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Water-induced local ordering of chitosan polymer chains in thin layer films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Madeleine-Perdrillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId371" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesus Raya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bodart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 118, pp.107-114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2014.11.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05385483v1</w:t>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02510661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical properties of cork: Effect of hydration</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Chemical messages in 170-year-old champagne bottles from the Baltic Sea: Revealing tastes from the past</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jeandet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silke Heinzmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Cilindre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alissa Aron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials &amp; Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matdes.2015.05.034⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 112 (19), pp.5893-5898. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1500783112⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02302379v1</w:t>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02507720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The cork viewed from the inside</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Camille Loupiac</w:t>
+                <w:t xml:space="preserve">Integrating analytical resolutions in non-targeted wine metabolomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Roullier-Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Witting</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Gaudry</w:t>
+                <w:t xml:space="preserve">D. Tziotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Ott</w:t>
+                <w:t xml:space="preserve">A. Ruf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 149, pp.214 - 221. </w:t>
+              <w:t xml:space="preserve">Tetrahedron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 71 (20), pp.2983-2990. </w:t>
             </w:r>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2014.10.023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tet.2015.02.054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01416661v1</w:t>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffusion of Oxygen through Cork Stopper: Is It a Knudsen or a Fickian Mechanism?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId304" w:history="1">
+                <w:t xml:space="preserve">Diffusion de l’oxygène dans le liège.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lagorce-Tachon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Lequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon J.-M</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 154, pp.46-50</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02510672v1</w:t>
+                <w:t xml:space="preserve">hal-05385483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural studies of adsorbed protein (betalactoglobulin) on natural clay (montmorillonite)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mechanical properties of cork: Effect of hydration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Huault</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Aurélie Tachon Lagorce-Tachon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Champion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Bellat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Materials &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 82, pp.148-154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matdes.2015.05.034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C4RA11607K⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02358967v1</w:t>
+                <w:t xml:space="preserve">hal-02302379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capillary electrokinetic fractionation mass spectrometry ( CE k F / MS ): Technology setup and application to metabolite fractionation from complex samples coupled at‐line with ultrahigh‐resolution mass spectrometry</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The cork viewed from the inside</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lagorce-Tachon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Loupiac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yu He</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mourad Harir</w:t>
+                <w:t xml:space="preserve">Alexandre Gaudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guonan Chen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Lan Zhang</w:t>
+                <w:t xml:space="preserve">Frédéric Ott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrophoresis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 149, pp.214 - 221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2014.10.023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/elps.201400041⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05264846v1</w:t>
+                <w:t xml:space="preserve">hal-01416661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A grape and wine chemodiversity comparison of different appellations in Burgundy: Vintage vs terroir effects</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
+                <w:t xml:space="preserve">Capillary electrokinetic fractionation mass spectrometry ( CE k F / MS ): Technology setup and application to metabolite fractionation from complex samples coupled at‐line with ultrahigh‐resolution mass spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Harir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lemia Boutegrabet</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Guonan Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lan Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2013.11.056⟩</w:t>
+              <w:t xml:space="preserve">Electrophoresis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 35 (14), pp.1965-1975. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/elps.201400041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05264837v1</w:t>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High precision mass measurements for wine metabolomics</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
+                <w:t xml:space="preserve">Diffusion of Oxygen through Cork Stopper: Is It a Knudsen or a Fickian Mechanism?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lagorce-Tachon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Bellat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 62 (37), pp.9180-9185. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jf501918n⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fchem.2014.00102⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05264859v1</w:t>
+                <w:t xml:space="preserve">hal-02510672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How Subtle Is the “Terroir” Effect? Chemistry-Related Signatures of Two “Climats de Bourgogne”</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
+                <w:t xml:space="preserve">Structural studies of adsorbed protein (betalactoglobulin) on natural clay (montmorillonite)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Assifaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Huault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Maissiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jeandet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 4 (105), pp.61096-61103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C4RA11607K⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0097615⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05264851v1</w:t>
+                <w:t xml:space="preserve">hal-02358967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A HS-SPME-GC-MS analysis of IR heated wood: Impact of the water content on the depth profile of oak wood aromas extractability</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Patrick Perre</w:t>
+                <w:t xml:space="preserve">A grape and wine chemodiversity comparison of different appellations in Burgundy: Vintage vs terroir effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andréi Prida</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Lemia Boutegrabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 54 (1), pp.277-284. </w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 152, pp.100-107. </w:t>
             </w:r>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2013.07.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2013.11.056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00866391v1</w:t>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dry vs soaked wood: Modulating the volatile extractible fraction of oak wood by heat treatments</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">High precision mass measurements for wine metabolomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Witting</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2012.09.117⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fchem.2014.00102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00939788v1</w:t>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attachment of chloride anion to sugars: mechanistic investigation and discovery of a new dopant for efficient sugar ionization/detection in mass spectrometers.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How Subtle Is the “Terroir” Effect? Chemistry-Related Signatures of Two “Climats de Bourgogne”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Lucio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Noret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.201103788⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (5), pp.e97615. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0097615⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00761001v1</w:t>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of stilbene derivatives in Burgundy red wines by ultra-high-pressure liquid chromatography</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A HS-SPME-GC-MS analysis of IR heated wood: Impact of the water content on the depth profile of oak wood aromas extractability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlie J. Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Gourrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Perre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréi Prida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00216-011-4879-5⟩</w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 54 (1), pp.277-284. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2013.07.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId422" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05264817v1</w:t>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00866391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction Mechanisms between Guaiacols and Lignin: The Conjugated Double Bond Makes the Difference</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Hirschinger</w:t>
+                <w:t xml:space="preserve">Dry vs soaked wood: Modulating the volatile extractible fraction of oak wood by heat treatments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlie J. Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Sok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Laroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Gourrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Prida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/la103810q⟩</w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 138 (1), pp.270-277. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2012.09.117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05264810v1</w:t>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00939788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High molecular diversity of extraterrestrial organic matter in Murchison meteorite revealed 40 years after its fall</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId203" w:history="1">
+                <w:t xml:space="preserve">Attachment of chloride anion to sugars: mechanistic investigation and discovery of a new dopant for efficient sugar ionization/detection in mass spectrometers.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lemia Boutegrabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basem Kanawati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Istvan Gebefügi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Peyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Cayot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.0912157107⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 18 (41), pp.13059-67. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201103788⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05264804v1</w:t>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00761001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(−)Geosmin sorption by enological yeasts in model wine and FTIR spectroscopy characterization of the sorbent</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Interaction Mechanisms between Guaiacols and Lignin: The Conjugated Double Bond Makes the Difference</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Daniela Barrera-García</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Chassagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Paulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jésus Raya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Hirschinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2009.10.049⟩</w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 27 (3), pp.1038-1043. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/la103810q⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId437" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05264801v1</w:t>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adsorption equilibria of water vapor on cork</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Brachais</w:t>
+                <w:t xml:space="preserve">Determination of stilbene derivatives in Burgundy red wines by ultra-high-pressure liquid chromatography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lemia Boutegrabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Fekete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norbert Hertkorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yorgos Papastamoulis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Waffo-Téguo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jf9039364⟩</w:t>
+              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 401 (5), pp.1513-1521. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00216-011-4879-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00468008v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vieillissement des vins blancs : état des connaissances actuelles. 2/3 Apports d'oxygène lors du procédé d'élaboration.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">High molecular diversity of extraterrestrial organic matter in Murchison meteorite revealed 40 years after its fall</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zelimir Gabelica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId442" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Fekete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basem Kanawati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 107 (7), pp.2763-2768. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.0912157107⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId441" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05380009v1</w:t>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unraveling different chemical fingerprints between a champagne wine and its aerosols</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">(−)Geosmin sorption by enological yeasts in model wine and FTIR spectroscopy characterization of the sorbent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Pradelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chassagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Vichi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Alexandre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.0906483106⟩</w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 120 (2), pp.531-538. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2009.10.049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId443" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05264796v1</w:t>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vieillissement des vins blancs : État des connaissances actuelles Partie 1/3 - Mécanismes d’oxydation des vins</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Adsorption equilibria of water vapor on cork</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Lequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Chassagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Brachais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 58 (6), pp.3438-3445. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jf9039364⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId445" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05379987v1</w:t>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00468008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vieillissement des vins blancs : état des connaissances actuelles Partie 3/3 : Rôle du bouchage</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Vieillissement des vins blancs : état des connaissances actuelles. 2/3 Apports d'oxygène lors du procédé d'élaboration.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Alinc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Chassagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009</w:t>
+              <w:t xml:space="preserve">, 2009, 131, pp.25-29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId446" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05380028v1</w:t>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05380009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wine Oxidation and the Role of Cork</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Unraveling different chemical fingerprints between a champagne wine and its aerosols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Liger-Belair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Cilindre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId442" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Debeaufort</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Lucio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Istvan Gebefügi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Reviews in Food Science and Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10408390802248585⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 106 (39), pp.16545-16549. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.0906483106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId447" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05264364v1</w:t>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The chemodiversity of wines can reveal a metabologeography expression of cooperage oak wood</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Vieillissement des vins blancs : état des connaissances actuelles Partie 3/3 : Rôle du bouchage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Alinc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Chassagne</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId449" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05264793v1</w:t>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05380028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of Wood Macromolecules on Selective Sorption of Phenolic Compounds by Wood</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Vieillissement des vins blancs : État des connaissances actuelles Partie 1/3 - Mécanismes d’oxydation des vins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrée Voilley</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId425" w:history="1">
+                <w:t xml:space="preserve">Jean-Baptiste Alinc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Chassagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 130, pp.19-23</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId455" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05264336v1</w:t>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05379987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expressing Forest Origins in the Chemical Composition of Cooperage Oak Woods and Corresponding Wines by Using FTICR‐MS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Wine Oxidation and the Role of Cork</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Arnaud de Boel</w:t>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Alinc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moritz Frommberger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Norbert Hertkorn</w:t>
+                <w:t xml:space="preserve">Laurent Brachais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Debeaufort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Critical Reviews in Food Science and Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 50 (1), pp.20-52. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10408390802248585⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.200801181⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05264784v1</w:t>
+                <w:t xml:space="preserve">hal-05264364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffusion of small molecules in edible films: Effect of water and interactions between diffusant and biopolymer</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">The chemodiversity of wines can reveal a metabologeography expression of cooperage oak wood</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId460" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Séverinne Rigolet</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Lucio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Delmotte</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Debeaufort</w:t>
+                <w:t xml:space="preserve">Moritz Frommberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Peyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Chassagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 106 (23), pp.9174-9179. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.0901100106⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId459" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00298031v1</w:t>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La composition chimique du bois de chêne d'un fût et d'un vin élevé dans ce fût peut révéler une expression de la forêt d'origine des chênes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Dominique Peyron</w:t>
+                <w:t xml:space="preserve">Diffusion of small molecules in edible films: Effect of water and interactions between diffusant and biopolymer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverinne Rigolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Delmotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Debeaufort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Annuelle de la Recherche - Université de Bourgogne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 3, pp.140-144</w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 106 (---), pp.1340-1349</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId462" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00298423v1</w:t>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00298031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Different Sorption Behaviors for Wine Polyphenols in Contact with Oak Wood</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId424" w:history="1">
+                <w:t xml:space="preserve">Role of Wood Macromolecules on Selective Sorption of Phenolic Compounds by Wood</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Daniela Barrera-García</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId464" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrée Voilley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Chassagne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 55 (17), pp.7021-7027. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2008, 56 (18), pp.8498-8506. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jf801314n⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jf070598v⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05264675v1</w:t>
+                <w:t xml:space="preserve">hal-05264336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sorption Behavior of Volatile Phenols at the Oak Wood/Wine Interface in a Model System</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Expressing Forest Origins in the Chemical Composition of Cooperage Oak Woods and Corresponding Wines by Using FTICR‐MS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId453" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Lucio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud de Boel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moritz Frommberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norbert Hertkorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jf053043d⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 15 (3), pp.600-611. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.200801181⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-05264664v1</w:t>
+                <w:t xml:space="preserve">hal-05264784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solid state NMR investigation on the interactions between a synthetic montmorillonite and two homopolypeptides</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">La composition chimique du bois de chêne d'un fût et d'un vin élevé dans ce fût peut révéler une expression de la forêt d'origine des chênes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud de Boel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Lucio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId472" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norbert Hertkorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Peyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid State Nuclear Magnetic Resonance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 29, pp.322-329</w:t>
+              <w:t xml:space="preserve">Revue Annuelle de la Recherche - Université de Bourgogne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 3, pp.140-144</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId471" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00187274v1</w:t>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00298423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solid-state NMR investigation on the interactions between a synthetic montmorillonite and two homopolypeptides</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Different Sorption Behaviors for Wine Polyphenols in Contact with Oak Wood</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Daniela Barrera-García</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId472" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">L. Delmotte</w:t>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danila Di Majo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jocelyne Miehé-Brendlé</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Carmen de Aguirre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrée Voilley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid State Nuclear Magnetic Resonance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 29 (4), pp.322-329. </w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 55 (17), pp.7021-7027. </w:t>
             </w:r>
             <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ssnmr.2005.10.016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jf070598v⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId475" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05264669v1</w:t>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of Two Bentonites of Enological Interest before and after Commercial Activation by Solid Na 2 CO 3</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Sorption Behavior of Volatile Phenols at the Oak Wood/Wine Interface in a Model System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Daniela Barrera-García</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId480" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrée Voilley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Chassagne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2003, 51 (14), pp.4096-4100. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jf0212237⟩</w:t>
+              <w:t xml:space="preserve">, 2006, 54 (11), pp.3982-3989. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jf053043d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05264656v1</w:t>
+                <w:t xml:space="preserve">hal-05264664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polypeptide Adsorption on a Synthetic Montmorillonite: A Combined Solid‐State NMR Spectroscopy, X‐ray Diffraction, Thermal Analysis and N 2 Adsorption Study</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId472" w:history="1">
+                <w:t xml:space="preserve">Solid state NMR investigation on the interactions between a synthetic montmorillonite and two homopolypeptides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Reinholdt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId476" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Delmotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyne Miehe-Brendle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Jeandet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Solid State Nuclear Magnetic Resonance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 29, pp.322-329</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId488" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05264645v1</w:t>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00187274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct Observation of Polylysine Side-Chain Interaction with Smectites Interlayer Surfaces through 1 H− 27 Al Heteronuclear Correlation NMR Spectroscopy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Solid-state NMR investigation on the interactions between a synthetic montmorillonite and two homopolypeptides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Reinholdt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId461" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Delmotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyne Miehé-Brendlé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId481" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jeandet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/la0115381⟩</w:t>
+              <w:t xml:space="preserve">Solid State Nuclear Magnetic Resonance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 29 (4), pp.322-329. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ssnmr.2005.10.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId489" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05264639v1</w:t>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solid-State NMR Studies of the As-Synthesized AlPO 4 -5/TPAF Microporous Aluminophosphate</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Analysis of Two Bentonites of Enological Interest before and after Commercial Activation by Solid Na 2 CO 3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Soulard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyne Miehé-Brendlé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Chézeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Brouwer</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Claire Marichal</w:t>
+                <w:t xml:space="preserve">Ronan Le Dred</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 51 (14), pp.4096-4100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jf0212237⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jp0111214⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId492" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05264629v1</w:t>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the acidity of Mu-14 by solid-state NMR and NH3-STD</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Polypeptide Adsorption on a Synthetic Montmorillonite: A Combined Solid‐State NMR Spectroscopy, X‐ray Diffraction, Thermal Analysis and N 2 Adsorption Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId499" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Soulard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Reinholdt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyne Miehé-Brendlé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐michel Chézeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/B008553G⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 2003 (7), pp.1366-1372. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejic.200390177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId497" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05264618v1</w:t>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solid-state NMR study of mesoporous phosphoro-vanado-aluminas</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Direct Observation of Polylysine Side-Chain Interaction with Smectites Interlayer Surfaces through 1 H− 27 Al Heteronuclear Correlation NMR Spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Dimitris Petrakis</w:t>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Reinholdt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Delmotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyne Miehé-Brendlé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Chézeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/B005598K⟩</w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 18 (8), pp.3396-3398. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/la0115381⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId503" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05264609v1</w:t>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Textural and Spectroscopic Characterisation of vanadium MCM-41 materials. Application to gas-phase catalysis.</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Solid-State NMR Studies of the As-Synthesized AlPO 4 -5/TPAF Microporous Aluminophosphate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Brouwer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bodart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Delmotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Marichal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Studies in Surface Science and Catalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0167-2991(00)80032-4⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 105 (49), pp.12249-12256. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp0111214⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId508" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05264592v1</w:t>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrochemically oxidised graphite.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Characterization of the acidity of Mu-14 by solid-state NMR and NH3-STD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelique Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId517" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId510" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Paillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId511" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Valtchev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId512" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Kessler</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0008-6223(99)00110-4⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 3 (5), pp.867-872. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId513" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/B008553G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId519" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05264562v1</w:t>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intermolecular distance measurements in supramolecular solids: 13C–19F REDOR NMR spectroscopy of p-tert-butylcalix[4]arene–fluorobenzene</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Textural and Spectroscopic Characterisation of vanadium MCM-41 materials. Application to gas-phase catalysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId515" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trens Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId516" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Hudson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId517" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agustin Martinez Feliu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Dejoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/A904189C⟩</w:t>
+              <w:t xml:space="preserve">Studies in Surface Science and Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, Studies in Surface Science and Catalysis, 128, pp.279-288. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId519" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0167-2991(00)80032-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId524" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05264541v1</w:t>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId525" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparation and Characterization of MCM-41 Supported Metallocene Catalysts for Olefin Polymerization</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Solid-state NMR study of mesoporous phosphoro-vanado-aluminas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bodart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId521" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Harris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId522" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dina Kolonia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId523" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitris Petrakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Catalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1006/jcat.1999.2657⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 2 (22), pp.5286-5292. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId524" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/B005598K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId531" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05264556v1</w:t>
+            <w:hyperlink r:id="rId520" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId532" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calcination of the MCM‐41 mesophase: mechanism of surfactant thermal degradation and evolution of the porosity</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Electrochemically oxidised graphite.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId526" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Peckett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId527" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Trens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId534" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId504" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Pöppl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Harris</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Rouquerol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/A904937A⟩</w:t>
+              <w:t xml:space="preserve">Carbon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 38 (3), pp.345-353. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId529" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0008-6223(99)00110-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId537" w:history="1">
+            <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId532" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05264549v1</w:t>
+            <w:hyperlink r:id="rId525" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId538" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Intermolecular distance measurements in supramolecular solids: 13C–19F REDOR NMR spectroscopy of p-tert-butylcalix[4]arene–fluorobenzene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Brouwer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId532" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kostantin Udachin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId521" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Harris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId533" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Ripmeester</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 1 (17), pp.4043-4050. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/A904189C⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId535" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId531" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264541v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId536" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preparation and Characterization of MCM-41 Supported Metallocene Catalysts for Olefin Polymerization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId537" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanna Rahiala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Beurroies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId539" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Eklund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kimmo Hakala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 188 (1), pp.14-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId541" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1006/jcat.1999.2657⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId536" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264556v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId543" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Calcination of the MCM‐41 mesophase: mechanism of surfactant thermal degradation and evolution of the porosity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId544" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Keene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId545" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Denoyel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId521" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Harris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId546" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Rouquerol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Materials Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 9 (11), pp.2843-2849. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId547" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/A904937A⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId548" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId543" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264549v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId549" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">1H solid-state nuclear magnetic resonance study of the mobility of the tetrapropylammonium template in a purely siliceous MFI-type zeolite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId539" w:history="1">
+            <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gougeon Régis D.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId540" w:history="1">
+            <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Chezeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Meurer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Solid State Nuclear Magnetic Resonance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 4 (5), pp.281-293. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId542" w:history="1">
+            <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/0926-2040(95)00006-C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId543" w:history="1">
+            <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId538" w:history="1">
+            <w:hyperlink r:id="rId549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05264436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -18163,3403 +18527,3403 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId544" w:history="1">
+            <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elucidating white wines peptides: An Analyticak Breaktrough</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId545" w:history="1">
+            <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Gisquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Bahut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Sieczkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MacroWine 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Bozen-Bolzano, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId544" w:history="1">
+            <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05517191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId546" w:history="1">
+            <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Toasting on Oak Wood Metabolites evidenced by Direct-infusion and Liquid Chromatography High-Resolution Mass Spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId547" w:history="1">
+            <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Dupire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId548" w:history="1">
+            <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Farhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId549" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId550" w:history="1">
+            <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Aubriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">41èmes Journées Française de Spectrométrie de Masse (JFSM 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Montpellier, France. , 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId546" w:history="1">
+            <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05329913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId551" w:history="1">
+            <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a purification protocol of grape juice peptides responsible for wines oxidative stability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId552" w:history="1">
+            <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jc John Carlos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Noret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Loupiac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId553" w:history="1">
+            <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Foley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum des Jeunes Chercheurs (FJC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Besancon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId551" w:history="1">
+            <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05517175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId554" w:history="1">
+            <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioanalytical workflow for exploring the chemical diversity and antioxidant capacity of grape juice peptides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId552" w:history="1">
+            <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jc John Carlos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Noret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Loupiac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId553" w:history="1">
+            <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Foley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macrowine 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Bolzano, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId554" w:history="1">
+            <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05183809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId555" w:history="1">
+            <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wine aging and oxygen transfer at the bottleneck/cork interface.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Chanut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lagorce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId556" w:history="1">
+            <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Schmitt-Kopplin P</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In Vino Analytica Scientia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Davis, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId555" w:history="1">
+            <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05373235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId557" w:history="1">
+            <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wine aging and oxygen transfer at the bottleneck/cork interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Chanut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lagorce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In Vino Analytica Scientia (IVAS) 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Davis, United States. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId557" w:history="1">
+            <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04536208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId558" w:history="1">
+            <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of natural and agglomerated cork stoppers in dry and soaked states.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId559" w:history="1">
+            <w:hyperlink r:id="rId570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Massimiliano Gerometta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId560" w:history="1">
+            <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bodart P</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th Conference on Fast Field Cycling Relaxometry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Palerme, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId558" w:history="1">
+            <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05373248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId561" w:history="1">
+            <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Unique Phenolic Profiles of Disease-Resistant Grapes And Wine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId562" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dadmun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId563" w:history="1">
+            <w:hyperlink r:id="rId573" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Quijada Morin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVIIth International Conference on Polyphenols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId561" w:history="1">
+            <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05322557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId564" w:history="1">
+            <w:hyperlink r:id="rId574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biovi : a research program for reducing chemical imput in vine and wine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Romanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Lemaitre-Guillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId565" w:history="1">
+            <w:hyperlink r:id="rId575" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Jacquens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId566" w:history="1">
+            <w:hyperlink r:id="rId576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vaizant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WAC2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId564" w:history="1">
+            <w:hyperlink r:id="rId574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05261715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId567" w:history="1">
+            <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wine aging: a bottleneck story?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Chanut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Crouvisier Urion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lagorce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordi Ballester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wine Active Compounds.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId567" w:history="1">
+            <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05373092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId568" w:history="1">
+            <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cork imaging: From the macro to the nanoscale.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId569" w:history="1">
+            <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crouvisier Urion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Chanut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lagorce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cork in Science and Applications.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Girona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId568" w:history="1">
+            <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05373038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId570" w:history="1">
+            <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clone-dependent expression of grapevine esca disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId571" w:history="1">
+            <w:hyperlink r:id="rId581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Moret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId572" w:history="1">
+            <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Guillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId573" w:history="1">
+            <w:hyperlink r:id="rId583" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Grosjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId574" w:history="1">
+            <w:hyperlink r:id="rId584" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId575" w:history="1">
+            <w:hyperlink r:id="rId585" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christia Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Congress on Grapevine and Wine Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Logrono, Spain. , 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId570" w:history="1">
+            <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02786229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId576" w:history="1">
+            <w:hyperlink r:id="rId586" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">About the role of the bottleneck/cork interface on oxygen transfer.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Tachon Lagorce-Tachon</w:t>
+                <w:t xml:space="preserve">Revisiting the DPPH assay for measuring the antioxidant potential of white wine active compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Romanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId587" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Coelho,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wine Active Compounds</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2017, Beaune, France</w:t>
+              <w:t xml:space="preserve">IV Congres International Wine Active Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Beaune, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId576" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05338829v1</w:t>
+            <w:hyperlink r:id="rId586" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05267079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId577" w:history="1">
+            <w:hyperlink r:id="rId588" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting the DPPH assay for measuring the antioxidant potential of white wine active compounds</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Combined Fourier Transform Ion Cyclotron Resonance Mass Spectrometry and Electron Spin Resonance methodology reveals wine resistance against oxidation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId578" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coelho, C</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId589" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liu, Y</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId590" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Schmitt-Kopplin, P</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IV Congres International Wine Active Compounds</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Beaune, France</w:t>
+              <w:t xml:space="preserve">International Congress, In Vino Analytica Scientia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Salamanca, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId577" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05267079v1</w:t>
+            <w:hyperlink r:id="rId588" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05267069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId579" w:history="1">
+            <w:hyperlink r:id="rId591" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined Fourier Transform Ion Cyclotron Resonance Mass Spectrometry and Electron Spin Resonance methodology reveals wine resistance against oxidation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId224" w:history="1">
+                <w:t xml:space="preserve">Characterization of the inactive dry yeast soluble fraction in model wine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Bahut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId589" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liu, Y</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId590" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Schmitt-Kopplin, P</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Sieczkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coelho, C</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Schmitt-Kopplin, P</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress, In Vino Analytica Scientia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Salamanca, Spain</w:t>
+              <w:t xml:space="preserve">IV Congres International Wine Active Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Beaune, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId579" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05267069v1</w:t>
+            <w:hyperlink r:id="rId591" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05267044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId582" w:history="1">
+            <w:hyperlink r:id="rId592" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the inactive dry yeast soluble fraction in model wine</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">About the role of the bottleneck/cork interface on oxygen transfer.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Tachon Lagorce-Tachon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon J.-M</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IV Congres International Wine Active Compounds</w:t>
+              <w:t xml:space="preserve">Wine Active Compounds</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Beaune, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId582" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05267044v1</w:t>
+            <w:hyperlink r:id="rId592" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05338829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId583" w:history="1">
+            <w:hyperlink r:id="rId593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">About the role of the bottleneck/cork interface on O2 transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lagorce-Tachon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Bellat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international WAC 2017 : 4ème conférence sur les composés actifs du vin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Beaune, France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId583" w:history="1">
+            <w:hyperlink r:id="rId593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04255489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId584" w:history="1">
+            <w:hyperlink r:id="rId594" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sulfur metabolome of bottles white wines holds a memory of SO2 added to the must</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId586" w:history="1">
+                <w:t xml:space="preserve">Molecular and macromolecular signatures of white wine fluorophores isolated by fractionation tools</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coelho, C</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId595" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parot, J</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId596" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonsior, M</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId587" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId590" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Schmitt-Kopplin, P</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IV Congres International Wine Active Compounds</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Beaune, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId584" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05267056v1</w:t>
+            <w:hyperlink r:id="rId594" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05267049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId588" w:history="1">
+            <w:hyperlink r:id="rId597" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular and macromolecular signatures of white wine fluorophores isolated by fractionation tools</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId586" w:history="1">
+                <w:t xml:space="preserve">Sulfur metabolome of bottles white wines holds a memory of SO2 added to the must</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId598" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hemmler, D</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId596" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonsior, M</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId599" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liu Y</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Schmitt-Kopplin, P</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IV Congres International Wine Active Compounds</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Beaune, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId588" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05267049v1</w:t>
+            <w:hyperlink r:id="rId597" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05267056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId590" w:history="1">
+            <w:hyperlink r:id="rId600" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemical significance of fluorescent PARAFAC components applied to white winemaking oenological practices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coelho, C</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId586" w:history="1">
+            <w:hyperlink r:id="rId596" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonsior, M</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId581" w:history="1">
+            <w:hyperlink r:id="rId590" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Schmitt-Kopplin, P</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FluoroFest</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId590" w:history="1">
+            <w:hyperlink r:id="rId600" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05267033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId591" w:history="1">
+            <w:hyperlink r:id="rId601" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical Properties of Cork : Effect of Hydration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lagorce-Tachon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Champion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Bellat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th international meeting on Material/Bioproduct Interaction (MATBIM 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Porto, Portugal. , 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId591" w:history="1">
+            <w:hyperlink r:id="rId601" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04255516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId592" w:history="1">
+            <w:hyperlink r:id="rId602" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxidative stability of dry wines: correlation between DPPH, ESR measurements with sensory analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Romanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId593" w:history="1">
+            <w:hyperlink r:id="rId603" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coelho C</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Congress, In Vino Analytica Scientia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Salamanca, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId592" w:history="1">
+            <w:hyperlink r:id="rId602" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05267085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId594" w:history="1">
+            <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical properties of cork: Effect of hydration.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Tachon Lagorce-Tachon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Champion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Matbim</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId594" w:history="1">
+            <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05338842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId595" w:history="1">
+            <w:hyperlink r:id="rId605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diffusion mechanisms in cork</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lagorce-Tachon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Loupiac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd International Symposium International Meeting on Packaging Material / Bioproduct Interactions (MATBIM 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Saragosse, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId595" w:history="1">
+            <w:hyperlink r:id="rId605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04255504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId596" w:history="1">
+            <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical properties of cork: effect of hydration.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lagorce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wine Active Compounds.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2014, Beaune, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId596" w:history="1">
+            <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05337326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId597" w:history="1">
+            <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical Properties of Cork : Effect of Hydration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lagorce-Tachon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Champion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Bellat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Automation Congress (WAC 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2014, Beaune, France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId597" w:history="1">
+            <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04255494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId598" w:history="1">
+            <w:hyperlink r:id="rId608" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular dynamics in chitosan packaging films affected by small molecules (water, active compounds).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId599" w:history="1">
+            <w:hyperlink r:id="rId609" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madeleine-Perdrillat C</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId600" w:history="1">
+            <w:hyperlink r:id="rId610" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kurek M</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Debeaufort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th Gums and Stabilisers for the Food Industry Conference.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Wrexham, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId598" w:history="1">
+            <w:hyperlink r:id="rId608" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05337322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId601" w:history="1">
+            <w:hyperlink r:id="rId611" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sorption equilibria of water vapour on dry cork stopper.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId602" w:history="1">
+            <w:hyperlink r:id="rId612" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lequin S</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId603" w:history="1">
+            <w:hyperlink r:id="rId613" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brachais L</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wine Active Compounds</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2011, Beaune, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId601" w:history="1">
+            <w:hyperlink r:id="rId611" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05335460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -21569,6636 +21933,6636 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId604" w:history="1">
+            <w:hyperlink r:id="rId614" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anticipating Pinot noir: Climate mediated metabolomics profile of Pinot noir grape juices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Bois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The pinot noir project </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Oxford, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId604" w:history="1">
+            <w:hyperlink r:id="rId614" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05516852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId605" w:history="1">
+            <w:hyperlink r:id="rId615" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of storage conditions on oxygen transfer during wine bottle aging.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Chanut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lagorce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cork in Science and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId605" w:history="1">
+            <w:hyperlink r:id="rId615" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05335320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId606" w:history="1">
+            <w:hyperlink r:id="rId616" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is wine bottle overcapping wax an effective oxygen barrier or just an aesthetic element?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María Ureña</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Chanut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId607" w:history="1">
+            <w:hyperlink r:id="rId617" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghadi Abi Fadel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bottreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cork in Science and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId606" w:history="1">
+            <w:hyperlink r:id="rId616" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05335332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId608" w:history="1">
+            <w:hyperlink r:id="rId618" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Message in a bottle: molecular memories of wines and spirits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId609" w:history="1">
+            <w:hyperlink r:id="rId619" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Romanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId610" w:history="1">
+            <w:hyperlink r:id="rId620" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lucio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">41èmes JFSM Journées Françaises de Spectrométrie de Masse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId608" w:history="1">
+            <w:hyperlink r:id="rId618" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05516836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId611" w:history="1">
+            <w:hyperlink r:id="rId621" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The universe in a glass of wine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Romanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId612" w:history="1">
+            <w:hyperlink r:id="rId622" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lucio,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée des Utilisateur.ices d’Infranalytics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId611" w:history="1">
+            <w:hyperlink r:id="rId621" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05516865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId613" w:history="1">
+            <w:hyperlink r:id="rId623" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interspecific hybrid red wine color: Quality perception in relation to anthocyanin profile and chemical color parameters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId562" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dadmun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId614" w:history="1">
+            <w:hyperlink r:id="rId624" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mansfield Ak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId563" w:history="1">
+            <w:hyperlink r:id="rId573" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Quijada Morin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vino Analytica Scientia (13th edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Davis, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId613" w:history="1">
+            <w:hyperlink r:id="rId623" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05322512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId615" w:history="1">
+            <w:hyperlink r:id="rId625" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Unique Anthocyanin Profile of Disease-Resistant Grapes and Wine: Implications for copigmentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId562" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dadmun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId616" w:history="1">
+            <w:hyperlink r:id="rId626" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ak Mansfield,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId563" w:history="1">
+            <w:hyperlink r:id="rId573" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Quijada Morin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IWAB 17-19</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Leeds, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId615" w:history="1">
+            <w:hyperlink r:id="rId625" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05322518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId617" w:history="1">
+            <w:hyperlink r:id="rId627" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of cooperage oak wood geographical origin on the properties of Chardonnay champagne base wines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId618" w:history="1">
+            <w:hyperlink r:id="rId628" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Maxe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Romanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Billet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In Vino Analytica Scientia (13th edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Davis, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId617" w:history="1">
+            <w:hyperlink r:id="rId627" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05265139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId619" w:history="1">
+            <w:hyperlink r:id="rId629" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-Saccharomyces inactivated yeasts metabolome with high antioxidant potential</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Bahut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Sieczkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId620" w:history="1">
+            <w:hyperlink r:id="rId630" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Schneider, R</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In Vino Analytica Scientia (13th edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Davis, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId619" w:history="1">
+            <w:hyperlink r:id="rId629" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05265124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId621" w:history="1">
+            <w:hyperlink r:id="rId631" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The bottleneck/cork interface: a key parameter for wine aging in bottle.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Chanut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lagorce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">45th World Congress of Vine and Wine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId621" w:history="1">
+            <w:hyperlink r:id="rId631" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05335299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId622" w:history="1">
+            <w:hyperlink r:id="rId632" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxygen transfer and wine aging: the crucial role of the glass-cork interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Chanut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lagorce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cork in Science and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Espinho, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId622" w:history="1">
+            <w:hyperlink r:id="rId632" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05335249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId623" w:history="1">
+            <w:hyperlink r:id="rId633" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From « premature oxidation » to « oxidative stability ». Technological innovations in the Burgundy and California wine worlds: realities, discourses, representations and implications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th and 21st centuries. UC Berkeley</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Berkeley, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId623" w:history="1">
+            <w:hyperlink r:id="rId633" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05264914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId624" w:history="1">
+            <w:hyperlink r:id="rId634" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxygen transfer and wine aging: the crucial role of the glass-cork interface.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Chanut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lagorce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enoforum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Vicenza, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId624" w:history="1">
+            <w:hyperlink r:id="rId634" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05335236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId625" w:history="1">
+            <w:hyperlink r:id="rId635" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biovi : a research program for reducing chemical input in vine and wine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId626" w:history="1">
+            <w:hyperlink r:id="rId636" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Romanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Lemaitre-Guillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId565" w:history="1">
+            <w:hyperlink r:id="rId575" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Jacquens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId627" w:history="1">
+            <w:hyperlink r:id="rId637" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th edition of the International Conference Wine Active Compounds. WAC 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId625" w:history="1">
+            <w:hyperlink r:id="rId635" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03867889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId628" w:history="1">
+            <w:hyperlink r:id="rId638" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxygen transfer through cork stoppers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Chanut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wine Active Compounds</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId628" w:history="1">
+            <w:hyperlink r:id="rId638" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05335212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId629" w:history="1">
+            <w:hyperlink r:id="rId639" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Membres du comité d'organisation scientifique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Adrian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId630" w:history="1">
+            <w:hyperlink r:id="rId640" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Bauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId631" w:history="1">
+            <w:hyperlink r:id="rId641" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crivellaro Celito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jeandet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. International Conference Wine Active Compounds. WAC 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId629" w:history="1">
+            <w:hyperlink r:id="rId639" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03710928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId632" w:history="1">
+            <w:hyperlink r:id="rId642" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biovi : a research promgram for reducing chemical imput in vine and wine</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
+                <w:t xml:space="preserve">Metabolomic discrimination of grapevine water status for Chardonnay and Pinot noir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Bois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Harir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Lucio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId643" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roy Urvieta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WAC2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Dijon, France</w:t>
+              <w:t xml:space="preserve">14th International Terroir Congress &amp; 2nd ClimWine Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Bordeaux, France. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId632" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05261792v1</w:t>
+            <w:hyperlink r:id="rId642" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04774390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId633" w:history="1">
+            <w:hyperlink r:id="rId644" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolomic discrimination of grapevine water status for Chardonnay and Pinot noir</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Roy Urvieta</w:t>
+                <w:t xml:space="preserve">Biovi : a research promgram for reducing chemical imput in vine and wine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Romanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Lemaitre-Guillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId575" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Jacquens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId576" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vaizant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Terroir Congress &amp; 2nd ClimWine Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Bordeaux, France. pp.1-6</w:t>
+              <w:t xml:space="preserve">WAC2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId633" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04774390v1</w:t>
+            <w:hyperlink r:id="rId644" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05261792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId635" w:history="1">
+            <w:hyperlink r:id="rId645" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection of organoleptic faults in wine by microwave sensor coupled with molecularly imprinted silica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId636" w:history="1">
+            <w:hyperlink r:id="rId646" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elias Bou-Maroun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Stuerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId637" w:history="1">
+            <w:hyperlink r:id="rId647" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2021 IEEE Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Sydney, Australia. pp.1-4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId638" w:history="1">
+            <w:hyperlink r:id="rId648" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/SENSORS47087.2021.9639784⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId635" w:history="1">
+            <w:hyperlink r:id="rId645" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03578468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId639" w:history="1">
+            <w:hyperlink r:id="rId649" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of glutathione-rich inactivated yeast on wine chemical diversity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">H. Alexandre</w:t>
+                <w:t xml:space="preserve">La sensibilité des vins à la variabilité climatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId650" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucio, M</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId599" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liu Y</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IVAS 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">13ème Rencontres Internationales du Clos Vougeot</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Clos Vougeot, Oct 2019, Vougeot, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId639" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05265145v1</w:t>
+            <w:hyperlink r:id="rId649" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05267300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId640" w:history="1">
+            <w:hyperlink r:id="rId651" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La sensibilité des vins à la variabilité climatique</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
+                <w:t xml:space="preserve">Clone-dependent expression of grapevine esca disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId581" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Moret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId582" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Guillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId583" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Grosjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId652" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles G. Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13ème Rencontres Internationales du Clos Vougeot</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Clos Vougeot, Oct 2019, Vougeot, France</w:t>
+              <w:t xml:space="preserve">25 Forum des jeunes chercheurs Environnement-Santé, Université de Bourgogne Franche-Comté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Bourgogne Franche-Comté (COMUE) (UBFC). FRA., Jun 2019, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId640" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05267300v1</w:t>
+            <w:hyperlink r:id="rId651" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02788391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId642" w:history="1">
+            <w:hyperlink r:id="rId653" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clone-dependent expression of grapevine esca disease</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La stabilité oxydative des vins blancs : réactivité des composés soufrés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Romanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId654" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Schmitt Kopplin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25 Forum des jeunes chercheurs Environnement-Santé, Université de Bourgogne Franche-Comté</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Bourgogne Franche-Comté (COMUE) (UBFC). FRA., Jun 2019, Dijon, France</w:t>
+              <w:t xml:space="preserve">11ème conférence Œnofutur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId642" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02788391v1</w:t>
+            <w:hyperlink r:id="rId653" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05267284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId644" w:history="1">
+            <w:hyperlink r:id="rId655" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La stabilité oxydative des vins blancs : réactivité des composés soufrés</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Impact of glutathione-rich inactivated yeast on wine chemical diversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Bahut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId589" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liu, Y</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Romanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId645" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Sieczkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Alexandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11ème conférence Œnofutur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Montpellier, France</w:t>
+              <w:t xml:space="preserve">IVAS 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId644" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05267284v1</w:t>
+            <w:hyperlink r:id="rId655" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05265145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId646" w:history="1">
+            <w:hyperlink r:id="rId656" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular characterization of wines nucleophilic potential by ultra-performance liquid chromatography high resolution mass spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Romanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Bahut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IVAS 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId646" w:history="1">
+            <w:hyperlink r:id="rId656" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05265154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId647" w:history="1">
+            <w:hyperlink r:id="rId657" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clone-dependent expression of grapevine esca disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId571" w:history="1">
+            <w:hyperlink r:id="rId581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Moret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId572" w:history="1">
+            <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Guillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId573" w:history="1">
+            <w:hyperlink r:id="rId583" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Grosjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId643" w:history="1">
+            <w:hyperlink r:id="rId652" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles G. Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. International workshop on grapevine trunk diseases (IWGTD)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of British Columbia (UBC). CAN., Jul 2019, Penticton, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId647" w:history="1">
+            <w:hyperlink r:id="rId657" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02735467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId648" w:history="1">
+            <w:hyperlink r:id="rId658" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of glutathione-rich inactivated yeast on wine stability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Bahut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId587" w:history="1">
+            <w:hyperlink r:id="rId599" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liu Y</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Romanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Sieczkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASEV 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Napa, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId648" w:history="1">
+            <w:hyperlink r:id="rId658" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05265163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId649" w:history="1">
+            <w:hyperlink r:id="rId659" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxygen transfer through cork stopper.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Chanut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lagorce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cork in Science and Applications.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Girona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId649" w:history="1">
+            <w:hyperlink r:id="rId659" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05335201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId650" w:history="1">
+            <w:hyperlink r:id="rId660" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Message in a bottle : metabolomics for deciphering the transient chemistry of wines and spirits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId580" w:history="1">
+            <w:hyperlink r:id="rId589" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liu, Y</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId641" w:history="1">
+            <w:hyperlink r:id="rId650" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucio, M</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId651" w:history="1">
+            <w:hyperlink r:id="rId661" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Witting, M</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11ème journées scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Liège, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId650" w:history="1">
+            <w:hyperlink r:id="rId660" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05265183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId652" w:history="1">
+            <w:hyperlink r:id="rId662" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Message in a bottle: From oenolomics to the structural resolution of the transient wine chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId580" w:history="1">
+            <w:hyperlink r:id="rId589" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liu, Y</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId641" w:history="1">
+            <w:hyperlink r:id="rId650" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucio, M</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId651" w:history="1">
+            <w:hyperlink r:id="rId661" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Witting, M</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd European FTMS conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Freising, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId652" w:history="1">
+            <w:hyperlink r:id="rId662" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05265172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId653" w:history="1">
+            <w:hyperlink r:id="rId663" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of glutathione on wines oxidative stability: a combined sensory and metabolomic study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordi Ballester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macrowine 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Saragosse, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId653" w:history="1">
+            <w:hyperlink r:id="rId663" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05265207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId654" w:history="1">
+            <w:hyperlink r:id="rId664" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprendre et anticiper la stabilité oxydative des vins blancs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème journée scientifique Vinipole Sud Bourgogne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Macon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId654" w:history="1">
+            <w:hyperlink r:id="rId664" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05267318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId655" w:history="1">
+            <w:hyperlink r:id="rId665" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression clone-dépendante de l’Esca chez la vigne</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christia Coelho</w:t>
+                <w:t xml:space="preserve">High-resolution mass spectrometry based non-targeted metabolomic analyses for the study of the toasting/ tannin potential interaction in oak wood</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wirgot, N</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diaz-Rubio, M.E</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coelho, C</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId666" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Badet-Murat, M-L</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vicard, J.C</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales des Maladies du bois de la vigne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Dijon, France</w:t>
+              <w:t xml:space="preserve">11ème journées scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Liège, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId655" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02789496v1</w:t>
+            <w:hyperlink r:id="rId665" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05265189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId656" w:history="1">
+            <w:hyperlink r:id="rId667" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-resolution mass spectrometry based non-targeted metabolomic analyses for the study of the toasting/ tannin potential interaction in oak wood</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vicard, J.C</w:t>
+                <w:t xml:space="preserve">Expression clone-dépendante de l’Esca chez la vigne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId581" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Moret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId582" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Guillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId583" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Grosjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId584" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId585" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christia Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11ème journées scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Liège, Belgium</w:t>
+              <w:t xml:space="preserve">Journées Nationales des Maladies du bois de la vigne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId656" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05265189v1</w:t>
+            <w:hyperlink r:id="rId667" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02789496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId658" w:history="1">
+            <w:hyperlink r:id="rId668" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined Fourier Transform Ion Cyclotron Resonance Mass Spectrometry and Electron Spin Resonance methodology reveals wine resistance against oxidation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mechanical Properties of Cork : Effect of Hydration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lagorce-Tachon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Champion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Bellat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress, In Vino Analytica Scientia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sixth Biot Conference on Poromechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Paris, France. pp.489 - 496, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId669" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1061/9780784480779.060⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId658" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05265213v1</w:t>
+            <w:hyperlink r:id="rId668" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01620103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId659" w:history="1">
+            <w:hyperlink r:id="rId670" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical Properties of Cork : Effect of Hydration</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Mechanical properties of cork: Effect of hydration.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lagorce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Champion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Bellat</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sixth Biot Conference on Poromechanics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">6th Biot Conferences on Poromechanics.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId659" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01620103v1</w:t>
+            <w:hyperlink r:id="rId670" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05335152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId661" w:history="1">
+            <w:hyperlink r:id="rId671" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical properties of cork: Effect of hydration.</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Omics-&amp;quot; for a mapping of grapevine response to elicitors and identification of induced resistance markers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId582" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Guillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId672" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Heloir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId673" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Daire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId674" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Hovasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId675" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Schaeffer-Reiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th Biot Conferences on Poromechanics.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">12. European Fondation for Plant Pathology (EFPP) &amp; 10. French Society for Plant Pathology Conference ‘Deepen Knwoledge in Plant Pathology for Innovative Agro-Ecology’</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Fondation for Plant Pathology (EFPP). INT., May 2017, Dunkerque-Malo-les-Bains, France, 29 mai-2 juin 2017, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId661" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05335152v1</w:t>
+            <w:hyperlink r:id="rId671" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId662" w:history="1">
+            <w:hyperlink r:id="rId676" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Omics-&amp;quot; for a mapping of grapevine response to elicitors and identification of induced resistance markers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christine Schaeffer-Reiss</w:t>
+                <w:t xml:space="preserve">Combined Fourier Transform Ion Cyclotron Resonance Mass Spectrometry and Electron Spin Resonance methodology reveals wine resistance against oxidation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coelho, C</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Roullier-Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId589" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liu, Y</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId590" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Schmitt-Kopplin, P</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. European Fondation for Plant Pathology (EFPP) &amp; 10. French Society for Plant Pathology Conference ‘Deepen Knwoledge in Plant Pathology for Innovative Agro-Ecology’</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Fondation for Plant Pathology (EFPP). INT., May 2017, Dunkerque-Malo-les-Bains, France, 29 mai-2 juin 2017, France</w:t>
+              <w:t xml:space="preserve">International Congress, In Vino Analytica Scientia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Salamanca, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId662" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01608719v1</w:t>
+            <w:hyperlink r:id="rId676" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05265213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId667" w:history="1">
+            <w:hyperlink r:id="rId677" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">About the role of the bottleneck/cork interface on oxygen transfer.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lagorce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J.-M</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Matbim</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId667" w:history="1">
+            <w:hyperlink r:id="rId677" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05335176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId668" w:history="1">
+            <w:hyperlink r:id="rId678" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolomic characterization of the inactive dry yeast soluble fraction in model wine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Bahut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coelho, C</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId581" w:history="1">
+            <w:hyperlink r:id="rId590" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Schmitt-Kopplin, P</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Sieczkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Congress, In Vino Analytica Scientia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Salamanca, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId668" w:history="1">
+            <w:hyperlink r:id="rId678" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05265220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId669" w:history="1">
+            <w:hyperlink r:id="rId679" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical properties of cork: Effect of hydration.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lagorce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cork in Science and Applications.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Aveiro, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId669" w:history="1">
+            <w:hyperlink r:id="rId679" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05335196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId670" w:history="1">
+            <w:hyperlink r:id="rId680" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of oak tannin selection on wine oxidative stability.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oak Conference. Wine Aging - Tannins &amp; Oxidative Stability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Santa Rosa, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId670" w:history="1">
+            <w:hyperlink r:id="rId680" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05267373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId671" w:history="1">
+            <w:hyperlink r:id="rId681" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ Pesticide Detection in Food Processing by Microwave Transduction Combined with Molecularly Imprinted Polymers</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of water on mechanical properties of cork</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lagorce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Champion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurosensors 2016</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">EuroFoodWater 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Leuven, Belgium</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId671" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01507201v1</w:t>
+            <w:hyperlink r:id="rId681" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05334938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId674" w:history="1">
+            <w:hyperlink r:id="rId682" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of sulfur compounds to the antioxidant stability of white wines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coelho, C</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macrowine 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Changins, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId674" w:history="1">
+            <w:hyperlink r:id="rId682" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05265225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId675" w:history="1">
+            <w:hyperlink r:id="rId683" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of water on mechanical properties of cork</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">In situ Pesticide Detection in Food Processing by Microwave Transduction Combined with Molecularly Imprinted Polymers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Bou-Maroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Cayot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId684" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Stuerga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lafarge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EuroFoodWater 2016</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Eurosensors 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Budapest, Hungary. pp.550 - 552, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId685" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proeng.2016.11.522⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId675" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05334938v1</w:t>
+            <w:hyperlink r:id="rId683" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01507201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId676" w:history="1">
+            <w:hyperlink r:id="rId686" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of new analytical tools to assess white wines ageability</w:t>
+                <w:t xml:space="preserve">Oxygen Transport through Cork.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Aurélie Lagorce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon J.-M</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Loupiac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IX International Congress, In Vino Analytica Scientia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Trento, Italy</w:t>
+              <w:t xml:space="preserve">19th Symposium on Thermophysical Properties</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Boulder, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId676" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05265239v1</w:t>
+            <w:hyperlink r:id="rId686" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05334866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId677" w:history="1">
+            <w:hyperlink r:id="rId687" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxygen Transport through Cork.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
+                <w:t xml:space="preserve">Innovation numérique et nouvelles médiations pour communiquer sur la vigne et le vin.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId688" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Boutaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId689" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Andréys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId690" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Coutant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId691" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Domenget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId692" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Hugol-Gential</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th Symposium on Thermophysical Properties</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Boulder, United States</w:t>
+              <w:t xml:space="preserve">International Wine Symposium of Toulouse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId677" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05334866v1</w:t>
+            <w:hyperlink r:id="rId687" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01243494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId678" w:history="1">
+            <w:hyperlink r:id="rId693" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovation numérique et nouvelles médiations pour communiquer sur la vigne et le vin.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Clémentine Hugol-Gential</w:t>
+                <w:t xml:space="preserve">Internal structure and gas transport through cork</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lagorce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Loupiac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon J.-M</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Wine Symposium of Toulouse</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Oeno 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId678" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01243494v1</w:t>
+            <w:hyperlink r:id="rId693" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05334901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId684" w:history="1">
+            <w:hyperlink r:id="rId694" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Internal structure and gas transport through cork</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Development of new analytical tools to assess white wines ageability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coelho, C</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oeno 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">IX International Congress, In Vino Analytica Scientia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Trento, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId684" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05334901v1</w:t>
+            <w:hyperlink r:id="rId694" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05265239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId685" w:history="1">
+            <w:hyperlink r:id="rId695" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel method for evaluation of white wine aging potential</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coelho, C</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10e Symposium International d'Œnologie de Bordeaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId685" w:history="1">
+            <w:hyperlink r:id="rId695" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05265232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId686" w:history="1">
+            <w:hyperlink r:id="rId696" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diffusion mechanisms in cork.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lagorce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Loupiac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J.-M</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EuroFoodWater 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Saragosse, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId686" w:history="1">
+            <w:hyperlink r:id="rId696" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05334928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId687" w:history="1">
+            <w:hyperlink r:id="rId697" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heat transfer inside wood treated by infrared radiation (IR): application to the process of barrel making. Experimental result</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId688" w:history="1">
+            <w:hyperlink r:id="rId698" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floran Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Perre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th European Conference on Wood Modification</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2014, Lisboa, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId687" w:history="1">
+            <w:hyperlink r:id="rId697" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01824533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId689" w:history="1">
+            <w:hyperlink r:id="rId699" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">he cork viewed from the inside</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lagorce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Loupiac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neutrons and foods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId689" w:history="1">
+            <w:hyperlink r:id="rId699" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05334834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId690" w:history="1">
+            <w:hyperlink r:id="rId700" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S2L3: Dry versus soaked wood: Modulating the volatile extractible fraction of oak wood by heat treatments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlie J. Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Gourrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Lequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId691" w:history="1">
+            <w:hyperlink r:id="rId701" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrei Prida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Gougeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASEV 63. national conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Portland, Oregon, United States. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId690" w:history="1">
+            <w:hyperlink r:id="rId700" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02746840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId692" w:history="1">
+            <w:hyperlink r:id="rId702" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transfer of water and active molecules at the interfaces in complex food systems: theoretical and practical aspects.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrée Voilley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId693" w:history="1">
+            <w:hyperlink r:id="rId703" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Seuvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId694" w:history="1">
+            <w:hyperlink r:id="rId704" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chassagne D</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICEF11</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Athènes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId692" w:history="1">
+            <w:hyperlink r:id="rId702" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05334777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId695" w:history="1">
+            <w:hyperlink r:id="rId705" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Water adsorption properties of cork material.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Lequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Pierre Bellat</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId696" w:history="1">
+            <w:hyperlink r:id="rId706" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Brachais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Euro Food Water</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2010, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId695" w:history="1">
+            <w:hyperlink r:id="rId705" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05334601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId697" w:history="1">
+            <w:hyperlink r:id="rId707" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diffusion of small molecules in edible films: effect of water and interactions between diffusant and polymer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Karbowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Champion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Debeaufort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrée Voilley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Euro Food Water</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Bruxelles, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId697" w:history="1">
+            <w:hyperlink r:id="rId707" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05333495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -28208,147 +28572,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId698" w:history="1">
+            <w:hyperlink r:id="rId708" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A glutathione-rich yeast and its use for preserving wines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Bahut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Sieczkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : 19290014.0. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId698" w:history="1">
+            <w:hyperlink r:id="rId708" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05262014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -28358,156 +28722,156 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId699" w:history="1">
+            <w:hyperlink r:id="rId709" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxidation markers of premature aging in Chardonnay wine: Combined use of GC-MS/MS, GC-O/Olfactoscan and sensory analysis for their characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId700" w:history="1">
+            <w:hyperlink r:id="rId710" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId701" w:history="1">
+            <w:hyperlink r:id="rId711" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Vessot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId702" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Mallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Romanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId703" w:history="1">
+            <w:hyperlink r:id="rId712" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noëlle Béno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022, Proceedings of the 16. Weurman flavour research symposium, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId704" w:history="1">
+            <w:hyperlink r:id="rId713" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5281/zenodo.5913793⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId699" w:history="1">
+            <w:hyperlink r:id="rId709" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03342748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -28517,1146 +28881,1146 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId705" w:history="1">
+            <w:hyperlink r:id="rId714" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">stabilité oxydative des vins blancs : Définition, diagnostique, pratiques œnologiques, œnologie personalisée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId581" w:history="1">
+            <w:hyperlink r:id="rId590" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Schmitt-Kopplin, P</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La stabilité oxydative des vins blancs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, pp.33-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId705" w:history="1">
+            <w:hyperlink r:id="rId714" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05267096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId706" w:history="1">
+            <w:hyperlink r:id="rId715" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact du sulfitage au cours des opérations prefermentaires sur la stabilité oxydative des vins de chardonnay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Romanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Noret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId707" w:history="1">
+            <w:hyperlink r:id="rId716" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caiveau J</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId708" w:history="1">
+            <w:hyperlink r:id="rId717" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaud-Weber, A</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Impact du sulfitage au cours des opérations prefermentaires sur la stabilité oxydative des vins de chardonnay</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, pp.42-45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId706" w:history="1">
+            <w:hyperlink r:id="rId715" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05267150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId709" w:history="1">
+            <w:hyperlink r:id="rId718" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Originalité d’une nouvelle levure inactivée spécifique au service de la stabilité oxydative des vins blancs et rosés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Bahut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId710" w:history="1">
+            <w:hyperlink r:id="rId719" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvano, A</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Sieczkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coelho, C</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Originalité d’une nouvelle levure inactivée spécifique au service de la stabilité oxydative des vins blancs et rosés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, pp.21-24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId709" w:history="1">
+            <w:hyperlink r:id="rId718" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05267160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId711" w:history="1">
+            <w:hyperlink r:id="rId720" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxidative stability of white and rosé wines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Bahut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId710" w:history="1">
+            <w:hyperlink r:id="rId719" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvano, A</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Sieczkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId578" w:history="1">
+            <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Coelho,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OXIDATIVE STABILITY OF WHITE AND ROSÉ WINES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, pp.76-79</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId711" w:history="1">
+            <w:hyperlink r:id="rId720" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05267124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId712" w:history="1">
+            <w:hyperlink r:id="rId721" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oak Tannin Selection and Barrel Toasting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coelho, C</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diaz-Rubio, M.E</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Badet-Murat, M.L</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vicard, J.C</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oak Tannin Selection and Barrel Toasting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, pp.56-63</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId712" w:history="1">
+            <w:hyperlink r:id="rId721" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05267110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId713" w:history="1">
+            <w:hyperlink r:id="rId722" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MOOC : &amp;quot;Open Wine University 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Adrian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Rousseaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId714" w:history="1">
+            <w:hyperlink r:id="rId723" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordi Ballester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Bois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId713" w:history="1">
+            <w:hyperlink r:id="rId722" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03255032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId715" w:history="1">
+            <w:hyperlink r:id="rId724" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact de la charge tannique et de la cuisson du bois de chêne de tonnellerie sur la stabilité oxydative des vins blancs secs</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId224" w:history="1">
+                <w:t xml:space="preserve">Chemical diversity of oak barrels and classification of tannin potential and toasts.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wirgot, N</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diaz-Rubio, M.E</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coelho, C</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Rozier, J</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Badet-Murat, M.L</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vicard, J.C</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Impact de la charge tannique et de la cuisson du bois de chêne de tonnellerie sur la stabilité oxydative des vins blancs secs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, pp.39-41</w:t>
+              <w:t xml:space="preserve">Chemical diversity of oak barrels and classification of tannin potential and toasts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.72-75</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId715" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05267174v1</w:t>
+            <w:hyperlink r:id="rId724" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05267133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId717" w:history="1">
+            <w:hyperlink r:id="rId725" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical diversity of oak barrels and classification of tannin potential and toasts.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId223" w:history="1">
+                <w:t xml:space="preserve">Impact de la charge tannique et de la cuisson du bois de chêne de tonnellerie sur la stabilité oxydative des vins blancs secs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coelho, C</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Noret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diaz-Rubio, M.E</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Vicard, J.C</w:t>
+            <w:hyperlink r:id="rId726" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rozier, J</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical diversity of oak barrels and classification of tannin potential and toasts</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, pp.72-75</w:t>
+              <w:t xml:space="preserve">Impact de la charge tannique et de la cuisson du bois de chêne de tonnellerie sur la stabilité oxydative des vins blancs secs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.39-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId717" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05267133v1</w:t>
+            <w:hyperlink r:id="rId725" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05267174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId718" w:history="1">
+            <w:hyperlink r:id="rId727" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'uB au coeur de la viticulture durable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId719" w:history="1">
+            <w:hyperlink r:id="rId728" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Fachinetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId720" w:history="1">
+            <w:hyperlink r:id="rId729" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Brey-Xambeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId721" w:history="1">
+            <w:hyperlink r:id="rId730" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Humbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Bois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Université de Bourgogne. 2016, http://recherche.u-bourgogne.fr/l-ub-au-coeur-de-la-viticulture-durable.html</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId718" w:history="1">
+            <w:hyperlink r:id="rId727" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01607563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -29666,160 +30030,160 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId722" w:history="1">
+            <w:hyperlink r:id="rId731" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capillary Electrophoresis in Wine Science</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId723" w:history="1">
+            <w:hyperlink r:id="rId732" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bagala Franck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Schmitt-Kopplin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Methods in Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1483, Springer, pp.509-523, 2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId724" w:history="1">
+            <w:hyperlink r:id="rId733" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-1-4939-6403-1_23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId722" w:history="1">
+            <w:hyperlink r:id="rId731" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01492915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId725"/>
+      <w:footerReference w:type="default" r:id="rId734"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -29887,51 +30251,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7FAEA319"/>
+    <w:nsid w:val="2D45D3FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -30118,51 +30482,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/regis-gougeon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5371-5523" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/122737563" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/T-4069-2017" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04994491v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Ure&#241;a" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chanut" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bottreau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Bellat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis D. Gougeon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IVES-TR.2025.9182" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04784517v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fpsl.2024.101367" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05385655v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lagorce" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Karbowiak" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779619v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Billet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Thibon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laure Badet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Wirgot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Noret" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fochx.2024.101907" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05143788v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Maxe" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Romanet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Parisot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis D Gougeon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Nikolantonaki" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox13030364" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04536182v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IVES-TR.2024.7952" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04536395v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Tachtalidou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apostolos Spyros" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sok" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silke Heinzmann" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Denat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2024.138944" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05385649v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05385640v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05143014v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bahut" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sieczkowski" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Schneider" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Gougeon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2024.126340" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04398489v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Nicolas" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bois" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Billet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods13010054" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04722016v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Assifaoui" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bourque" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Adrian" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bouyer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04091987v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syuzanna Esoyan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Loupiac" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelli Hovhannisyan" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2023.57.2.7243" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178537v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Arapitsas" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jose Penouilh" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schmitt-Kopplin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.2c06690" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03952260v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Matzka" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Ruf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte M&#233;nez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasnaa Chennaoui Aoudjehane" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.add6439" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05385559v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05266492v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox12020395" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041916v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Menez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04296024v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bellat" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pnasnexus/pgad344" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04234993v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03775088v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiqian Wang" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.2c07299" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03648411v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bordet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Eicher" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosette Grandvalet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Klein" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10040781" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03363716v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bodart" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymerick Batlogg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferret" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Rachocki" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Knapkiewicz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12161-021-02118-w" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03626761v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rossignol" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cayot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Stuerga" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Gougeon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Bou-Maroun" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27051492" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03524043v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2021.131679" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05266514v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Lucio" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo12040323" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03550339v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Mondello" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Lemaitre Guillier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Trotel-Aziz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Acedo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof8020151" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05385553v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Crouvisier Urion" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03404379v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Dal Cin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2021.09.140" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03426880v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Roullier-Gall" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Ballester" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Vichi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Quintanilla-Casas" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9112327" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03190821v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Crouvisier-Urion" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IVES-TR.2021.4652" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05266677v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zina Sarhane" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Uhl" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2021.129566" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03053424v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Lequin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Simon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2020.106924" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03016623v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Fran&#231;ois" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Dumas" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Alexandre" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vuilleumier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2020.124334" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03181971v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Liger-Belair" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fpsl.2020.100618" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02989078v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2020.107446" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02934860v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gavin Duley" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dujourdy" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Klein" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Werwein" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Spartz" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2020.127906" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03602686v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Savoi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Duch&#234;ne" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Onta&#241;&#243;n" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo11110757" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02893525v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Signoret" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Coelho" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hemmler" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Kajdan" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2020.126748" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02499122v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jadwiga Tritt-Goc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Michalke" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2019.120561" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02893531v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2020.126941" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02979566v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Lemaitre-Guillier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fontaine" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Harir" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Magnin-Robert" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-02-20-0055-R" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02513911v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox9020115" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03016429v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20216224" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02310469v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samar Daoud" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Badet-Murat" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.9b00517" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01894707v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Zerbib" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Vileno" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2018.07.052" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02310643v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Perepelkine" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guzzo" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2019.00095" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02014495v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basem Kanawati" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Druschel" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2019.01.149" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02430216v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Winckler" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zi Wang" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-55193-9" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02173660v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youzhong Liu" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules24071353" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02310584v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Geoffroy" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41538-019-0045-9" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02173718v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2019.06.008" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01907573v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Julien" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2018.00182" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267197v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wirgot, N" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diaz-Rubio, M.E" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coelho, C" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badet-Murat, M.L" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicard, J.C" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01930736v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diaz-Rubio Maria Elena" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozier, Jordan" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haroun, Capucine" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01895777v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2018.06.116" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01893703v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Magne" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2018.00095" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01896065v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Witting" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2018.00029" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01744266v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pollyana Trigueiro" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Pedetti" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Rigaud" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Balme" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Janot" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2018.02.060" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01894518v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Mairesse" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cem.2988" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01896048v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Delmotte" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rigolet" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brendle" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2018.03.007" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622433v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/beverages4010019" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01894689v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2018.05.021" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884392v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Garcia" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silke S. Heinzmann" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01509840v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guyot" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Dat Nguyen" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Viaux" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2016.09.171" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01511052v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Grangeteau" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rousseaux" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.12428" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01531377v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gonsior" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Li" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2017.05.039" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HDP40P3X-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01620015v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Forcisi" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-11786-w" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01534828v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Hertkorn" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qing-Zhu Yin" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Moritz" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1616019114" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01534517v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire H&#233;loir" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Trouvelot" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.00101" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01483684v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice de Fonseca" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lafarge" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2016.12.118" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01509912v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manal Bitar" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Roudaut" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Maalouly" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Brand&#232;s" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reactfunctpolym.2017.02.012" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01431375v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Tourdot-Mar&#233;chal" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Sadoudi" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408398.2014.983591" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01666250v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41538-017-0001-5" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05385502v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lagorce-Tachon" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Debeaufort" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01613521v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01533268v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Parot" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-017-0221-1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01504551v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Harir" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kanawati" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lucio" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01409219v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Paulin" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.6b02465" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01500706v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan B. Gil" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Goffette" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2016.02.043" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3W3WPD5B-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05385496v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01482143v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bastard" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Briandet" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Canette" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2016.00613" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01418401v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Deleris-Bou" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Krieger-Weber" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-016-1001-1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04235767v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01468831v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;sus Raya" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.6b00956" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01492871v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Amendola" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greta Bergamaschi" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Dacarro" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Boschetti" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201600749" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LSFKGT2P-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01412202v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.6b00599" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01412173v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Champion" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-015-9669-6" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01430376v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill Smirnov" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12859-016-0970-4" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264406v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alissa Aron" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.5b00388" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02510661v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Madeleine-Perdrillat" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Raya" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2014.11.001" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0ZKDVCXS-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02507720v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jeandet" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Cilindre" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1500783112" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264868v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Roullier-Gall" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Witting" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tziotis" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ruf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2015.02.054" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R381PF8J-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05385483v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon J.-M" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02302379v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Tachon Lagorce-Tachon" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2015.05.034" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z20W71H5-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01416661v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gaudry" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ott" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2014.10.023" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8GX7SDTX-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02510672v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf501918n" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02358967v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Huault" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Maissiat" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4RA11607K" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264846v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu He" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guonan Chen" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lan Zhang" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elps.201400041" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3QXC5N1K-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264837v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lemia Boutegrabet" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2013.11.056" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LRMDTVXH-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264859v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2014.00102" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264851v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0097615" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866391v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie J. Duval" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gourrat" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Perre" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;i Prida" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2013.07.008" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939788v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Laroche" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Prida" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2012.09.117" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CD6NJGNC-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761001v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istvan Gebef&#252;gi" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Peyron" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201103788" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-THK0F7TZ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264817v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Fekete" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yorgos Papastamoulis" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Waffo-T&#233;guo" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-011-4879-5" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DQ0DX33V-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264810v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Daniela Barrera-Garc&#237;a" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chassagne" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Hirschinger" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la103810q" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264804v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zelimir Gabelica" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0912157107" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264801v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pradelles" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chassagne" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vichi" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Alexandre" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2009.10.049" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N6GCFRQH-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468008v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brachais" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf9039364" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05380009v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Alinc" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264796v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0906483106" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05379987v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05380028v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264364v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408390802248585" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264793v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz Frommberger" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0901100106" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264336v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;e Voilley" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf801314n" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-HVTVP1L7-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264784v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud de Boel" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200801181" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00298031v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verinne Rigolet" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Delmotte" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00298423v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264675v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danila Di Majo" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen de Aguirre" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf070598v" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-2FWXMQSL-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264664v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf053043d" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-XK9H9JCB-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00187274v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Reinholdt" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Miehe-Brendle" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jeandet" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264669v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Mieh&#233;-Brendl&#233;" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssnmr.2005.10.016" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RZR8NZGH-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264656v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Soulard" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Ch&#233;zeau" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Le Dred" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf0212237" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-JFTRV792-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264645v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;michel Ch&#233;zeau" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.200390177" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-R5BSPXVN-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264639v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la0115381" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-6LPC3XB2-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264629v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Brouwer" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Marichal" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp0111214" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-4Z0503Q1-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264618v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Simon" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Paillaud" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Valtchev" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Kessler" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B008553G" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264609v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Harris" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Kolonia" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Petrakis" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B005598K" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264592v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trens Philippe" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hudson" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agustin Martinez Feliu" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Dejoz" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-2991(00)80032-4" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264562v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Peckett" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Trens" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas P&#246;ppl" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0008-6223(99)00110-4" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DTJ5CRSL-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264541v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kostantin Udachin" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Ripmeester" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/A904189C" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-NT74S43G-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264556v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Rahiala" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Beurroies" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Eklund" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimmo Hakala" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jcat.1999.2657" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z8GK8RJC-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264549v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Keene" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Denoyel" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rouquerol" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/A904937A" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-L9RGCSLP-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264436v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gougeon R&#233;gis D." TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Chezeau" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Meurer" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0926-2040(95)00006-C" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S3RFT88D-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05517191v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gisquet" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05329913v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dupire" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Farhat" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Carr&#233;" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Aubriet" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05517175v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jc John Carlos" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Foley" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183809v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05373235v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schmitt-Kopplin P" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04536208v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05373248v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Gerometta" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bodart P" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05322557v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dadmun" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Quijada Morin" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05261715v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Jacquens" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Vaizant" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05373092v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05373038v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crouvisier Urion" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786229v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Moret" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Guillier" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Grosjean" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cl&#233;ment" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christia Coelho" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05338829v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267079v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Coelho," TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267069v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu, Y" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schmitt-Kopplin, P" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267044v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255489v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267056v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hemmler, D" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonsior, M" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Y" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267049v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parot, J" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267033v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04255516v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267085v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coelho C" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05338842v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255504v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05337326v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04255494v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05337322v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine-Perdrillat C" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurek M" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05335460v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lequin S" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brachais L" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05516852v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05335320v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05335332v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghadi Abi Fadel" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05516836v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Nicolas" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lucio" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05516865v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lucio," TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05322512v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansfield Ak" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05322518v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ak Mansfield," TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05265139v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maxe" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05265124v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schneider, R" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05335299v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05335249v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264914v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05335236v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03867889v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Romanet" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa David" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05335212v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03710928v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bauer" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crivellaro Celito" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05261792v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04774390v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roy Urvieta" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03578468v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Rossignol" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Lasserre" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS47087.2021.9639784" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05265145v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267300v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucio, M" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788391v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles G. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267284v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schmitt Kopplin" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05265154v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735467v1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05265163v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05335201v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05265183v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Witting, M" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05265172v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05265207v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267318v1" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789496v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05265189v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badet-Murat, M-L" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05265213v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01620103v1" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/9780784480779.060" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05335152v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608719v1" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Heloir" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Daire" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Hovasse" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Schaeffer-Reiss" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05335176v1" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05265220v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05335196v1" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267373v1" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01507201v1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Stuerga" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2016.11.522" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05265225v1" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05334938v1" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05265239v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05334866v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01243494v1" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Boutaud" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Andr&#233;ys" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Coutant" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Domenget" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Hugol-Gential" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05334901v1" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05265232v1" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05334928v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824533v1" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floran Pierre" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05334834v1" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746840v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Prida" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05334777v1" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Seuvre" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chassagne D" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05334601v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brachais" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05333495v1" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05262014v1" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03342748v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Simon" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Vessot" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mallard" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle B&#233;no" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.5913793" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267096v1" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267150v1" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caiveau J" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaud-Weber, A" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267160v1" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvano, A" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267124v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267110v1" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03255032v1" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Alexandre" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267174v1" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozier, J" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267133v1" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607563v1" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Fachinetti" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Brey-Xambeu" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Humbert" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01492915v1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bagala Franck" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-6403-1_23" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/regis-gougeon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5371-5523" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/122737563" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/T-4069-2017" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05556028v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dadmun" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Katharine Mansfield" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Noret" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis D. Gougeon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Quijada-Morin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2026.148330" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05556024v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Romanet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Ballester" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mallard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Nikolantonaki" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fochx.2026.103687" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05569401v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syuzanna Esoyan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bodart" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46991/JISEES.2025.SI1.166" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04994491v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Ure&#241;a" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chanut" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bottreau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Bellat" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IVES-TR.2025.9182" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05385655v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lagorce" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Karbowiak" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779619v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Billet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Thibon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laure Badet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Wirgot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fochx.2024.101907" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04784517v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fpsl.2024.101367" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05143788v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Maxe" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Romanet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Parisot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis D Gougeon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox13030364" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04536182v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IVES-TR.2024.7952" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04536395v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Tachtalidou" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apostolos Spyros" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sok" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silke Heinzmann" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Denat" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2024.138944" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05385640v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05385649v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05143014v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bahut" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sieczkowski" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Schneider" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Gougeon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2024.126340" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04398489v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Nicolas" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bois" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Billet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods13010054" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04722016v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Assifaoui" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bourque" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Adrian" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bouyer" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178537v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Arapitsas" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jose Penouilh" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schmitt-Kopplin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.2c06690" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04091987v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Loupiac" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelli Hovhannisyan" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2023.57.2.7243" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03952260v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Matzka" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Ruf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte M&#233;nez" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasnaa Chennaoui Aoudjehane" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.add6439" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05385559v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04296024v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bellat" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pnasnexus/pgad344" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05266492v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox12020395" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041916v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Menez" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04234993v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03775088v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiqian Wang" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.2c07299" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03648411v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bordet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Eicher" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosette Grandvalet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Klein" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10040781" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03363716v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymerick Batlogg" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferret" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Rachocki" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Knapkiewicz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12161-021-02118-w" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03524043v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2021.131679" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03626761v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rossignol" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cayot" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Stuerga" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Gougeon" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Bou-Maroun" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27051492" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05266514v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Lucio" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo12040323" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03550339v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Mondello" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Lemaitre Guillier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Trotel-Aziz" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Acedo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof8020151" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05385553v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Crouvisier Urion" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03404379v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Dal Cin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2021.09.140" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03426880v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Roullier-Gall" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Vichi" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Quintanilla-Casas" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9112327" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03190821v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Crouvisier-Urion" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IVES-TR.2021.4652" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05266677v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zina Sarhane" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Uhl" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2021.129566" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03181971v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Liger-Belair" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fpsl.2020.100618" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03053424v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Lequin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Simon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2020.106924" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03016623v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Fran&#231;ois" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Dumas" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Alexandre" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vuilleumier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2020.124334" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02989078v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2020.107446" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02934860v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gavin Duley" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dujourdy" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Klein" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Werwein" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Spartz" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2020.127906" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03602686v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Savoi" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Duch&#234;ne" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Onta&#241;&#243;n" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo11110757" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02893525v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Signoret" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Coelho" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hemmler" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Kajdan" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2020.126748" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02499122v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jadwiga Tritt-Goc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Michalke" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2019.120561" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02893531v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2020.126941" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02979566v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Lemaitre-Guillier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fontaine" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Harir" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Magnin-Robert" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-02-20-0055-R" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02513911v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox9020115" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03016429v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20216224" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01894707v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Zerbib" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Vileno" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2018.07.052" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02310643v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Perepelkine" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guzzo" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2019.00095" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02014495v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basem Kanawati" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Druschel" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2019.01.149" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02310469v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samar Daoud" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Badet-Murat" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.9b00517" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02173660v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youzhong Liu" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules24071353" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02430216v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Winckler" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zi Wang" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-55193-9" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02310584v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Geoffroy" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41538-019-0045-9" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02173718v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2019.06.008" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267197v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wirgot, N" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diaz-Rubio, M.E" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coelho, C" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badet-Murat, M.L" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicard, J.C" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01930736v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diaz-Rubio Maria Elena" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozier, Jordan" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haroun, Capucine" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01895777v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2018.06.116" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01907573v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Julien" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2018.00182" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01896065v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Witting" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2018.00029" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01893703v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Magne" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2018.00095" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01744266v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pollyana Trigueiro" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Pedetti" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Rigaud" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Balme" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Janot" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2018.02.060" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01894518v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Mairesse" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cem.2988" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01896048v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Delmotte" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rigolet" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brendle" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2018.03.007" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622433v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/beverages4010019" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01894689v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2018.05.021" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884392v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Garcia" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silke S. Heinzmann" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01509840v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guyot" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Dat Nguyen" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Viaux" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2016.09.171" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01511052v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Grangeteau" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rousseaux" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.12428" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01531377v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gonsior" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Li" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2017.05.039" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HDP40P3X-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01620015v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Forcisi" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-11786-w" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01483684v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice de Fonseca" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lafarge" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2016.12.118" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01534517v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire H&#233;loir" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Trouvelot" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.00101" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01534828v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Hertkorn" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qing-Zhu Yin" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Moritz" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1616019114" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01666250v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41538-017-0001-5" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01509912v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manal Bitar" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Roudaut" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Maalouly" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Brand&#232;s" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reactfunctpolym.2017.02.012" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01431375v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Tourdot-Mar&#233;chal" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Sadoudi" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408398.2014.983591" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05385502v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lagorce-Tachon" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Debeaufort" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01613521v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01533268v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Parot" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-017-0221-1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05385496v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01482143v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bastard" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Briandet" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Canette" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2016.00613" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01418401v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Deleris-Bou" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Krieger-Weber" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-016-1001-1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01409219v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Paulin" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.6b02465" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01500706v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan B. Gil" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Goffette" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2016.02.043" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3W3WPD5B-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01504551v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Harir" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kanawati" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lucio" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01468831v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;sus Raya" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.6b00956" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01412202v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.6b00599" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01412173v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Champion" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-015-9669-6" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01492871v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Amendola" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greta Bergamaschi" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Dacarro" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Boschetti" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201600749" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LSFKGT2P-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04235767v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01430376v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill Smirnov" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12859-016-0970-4" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264406v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alissa Aron" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.5b00388" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02510661v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Madeleine-Perdrillat" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Raya" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2014.11.001" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0ZKDVCXS-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02507720v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jeandet" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Cilindre" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1500783112" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264868v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Roullier-Gall" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Witting" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tziotis" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ruf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2015.02.054" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R381PF8J-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05385483v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon J.-M" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02302379v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Tachon Lagorce-Tachon" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2015.05.034" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z20W71H5-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01416661v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gaudry" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ott" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2014.10.023" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8GX7SDTX-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264846v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu He" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guonan Chen" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lan Zhang" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elps.201400041" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3QXC5N1K-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02510672v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf501918n" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02358967v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Huault" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Maissiat" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4RA11607K" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264837v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lemia Boutegrabet" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2013.11.056" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LRMDTVXH-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264859v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2014.00102" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264851v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0097615" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866391v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie J. Duval" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gourrat" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Perre" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;i Prida" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2013.07.008" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939788v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Laroche" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Prida" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2012.09.117" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CD6NJGNC-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761001v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istvan Gebef&#252;gi" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Peyron" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201103788" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-THK0F7TZ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264810v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Daniela Barrera-Garc&#237;a" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chassagne" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Hirschinger" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la103810q" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264817v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Fekete" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yorgos Papastamoulis" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Waffo-T&#233;guo" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-011-4879-5" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DQ0DX33V-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264804v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zelimir Gabelica" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0912157107" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264801v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pradelles" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chassagne" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vichi" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Alexandre" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2009.10.049" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N6GCFRQH-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468008v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brachais" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf9039364" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05380009v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Alinc" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264796v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0906483106" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05380028v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05379987v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264364v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408390802248585" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264793v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz Frommberger" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0901100106" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00298031v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verinne Rigolet" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Delmotte" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264336v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;e Voilley" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf801314n" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-HVTVP1L7-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264784v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud de Boel" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200801181" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00298423v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264675v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danila Di Majo" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen de Aguirre" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf070598v" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-2FWXMQSL-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264664v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf053043d" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-XK9H9JCB-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00187274v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Reinholdt" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Miehe-Brendle" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jeandet" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264669v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Mieh&#233;-Brendl&#233;" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssnmr.2005.10.016" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RZR8NZGH-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264656v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Soulard" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Ch&#233;zeau" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Le Dred" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf0212237" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-JFTRV792-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264645v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;michel Ch&#233;zeau" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.200390177" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-R5BSPXVN-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264639v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la0115381" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-6LPC3XB2-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264629v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Brouwer" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Marichal" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp0111214" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-4Z0503Q1-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264618v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Simon" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Paillaud" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Valtchev" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Kessler" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B008553G" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264592v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trens Philippe" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hudson" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agustin Martinez Feliu" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Dejoz" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-2991(00)80032-4" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264609v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Harris" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Kolonia" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Petrakis" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B005598K" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264562v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Peckett" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Trens" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas P&#246;ppl" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0008-6223(99)00110-4" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DTJ5CRSL-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264541v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kostantin Udachin" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Ripmeester" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/A904189C" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-NT74S43G-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264556v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Rahiala" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Beurroies" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Eklund" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimmo Hakala" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jcat.1999.2657" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z8GK8RJC-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264549v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Keene" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Denoyel" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rouquerol" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/A904937A" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-L9RGCSLP-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264436v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gougeon R&#233;gis D." TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Chezeau" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Meurer" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0926-2040(95)00006-C" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S3RFT88D-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05517191v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gisquet" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05329913v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dupire" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Farhat" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Carr&#233;" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Aubriet" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05517175v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jc John Carlos" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Foley" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183809v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05373235v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schmitt-Kopplin P" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04536208v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05373248v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Gerometta" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bodart P" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05322557v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Quijada Morin" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05261715v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Jacquens" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Vaizant" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05373092v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05373038v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crouvisier Urion" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786229v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Moret" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Guillier" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Grosjean" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cl&#233;ment" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christia Coelho" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267079v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Coelho," TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267069v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu, Y" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schmitt-Kopplin, P" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267044v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05338829v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255489v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267049v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parot, J" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonsior, M" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267056v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hemmler, D" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Y" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267033v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04255516v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267085v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coelho C" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05338842v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255504v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05337326v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04255494v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05337322v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine-Perdrillat C" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurek M" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05335460v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lequin S" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brachais L" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05516852v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05335320v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05335332v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghadi Abi Fadel" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05516836v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Nicolas" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lucio" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05516865v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lucio," TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05322512v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansfield Ak" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05322518v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ak Mansfield," TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05265139v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maxe" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05265124v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schneider, R" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05335299v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05335249v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05264914v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05335236v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03867889v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Romanet" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa David" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05335212v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03710928v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bauer" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crivellaro Celito" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04774390v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roy Urvieta" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05261792v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03578468v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Rossignol" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Lasserre" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS47087.2021.9639784" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267300v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucio, M" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788391v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles G. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267284v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schmitt Kopplin" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05265145v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05265154v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735467v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05265163v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05335201v1" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05265183v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Witting, M" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05265172v1" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05265207v1" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267318v1" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05265189v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badet-Murat, M-L" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789496v1" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01620103v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/9780784480779.060" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05335152v1" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608719v1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Heloir" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Daire" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Hovasse" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Schaeffer-Reiss" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05265213v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05335176v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05265220v1" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05335196v1" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267373v1" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05334938v1" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05265225v1" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01507201v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Stuerga" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2016.11.522" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05334866v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01243494v1" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Boutaud" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Andr&#233;ys" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Coutant" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Domenget" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Hugol-Gential" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05334901v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05265239v1" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05265232v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05334928v1" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824533v1" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floran Pierre" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05334834v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746840v1" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Prida" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05334777v1" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Seuvre" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chassagne D" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05334601v1" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brachais" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05333495v1" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05262014v1" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03342748v1" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Simon" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Vessot" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle B&#233;no" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.5913793" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267096v1" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267150v1" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caiveau J" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaud-Weber, A" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267160v1" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvano, A" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267124v1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267110v1" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03255032v1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Alexandre" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267133v1" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267174v1" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozier, J" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607563v1" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Fachinetti" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Brey-Xambeu" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Humbert" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01492915v1" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bagala Franck" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-6403-1_23" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>