--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -229,429 +229,429 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">eDNA surveys substantially expand known geographic and ecological niche boundaries of marine fishes</w:t>
+                <w:t xml:space="preserve">Drone photogrammetry reveals contrasting body conditions of dugongs across the Indo-Pacific</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Sanchez</w:t>
+                <w:t xml:space="preserve">Camille Goudalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Loiseau</w:t>
+                <w:t xml:space="preserve">David Mouillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Albouy</w:t>
+                <w:t xml:space="preserve">Léa Bernagou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Bruno</w:t>
+                <w:t xml:space="preserve">Taha Boksmati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adèle Barroil</w:t>
+                <w:t xml:space="preserve">Caulvyn Bristol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 23 (10), pp.3003432. </w:t>
+              <w:t xml:space="preserve">Remote Sensing in Ecology and Conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3003432⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/rse2.70016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05363457v1</w:t>
+                <w:t xml:space="preserve">hal-05195826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving the Monitoring of the Invasive Blue Crab (Callinectes sapidus): Combining Environmental DNA and Citizen Observations</w:t>
+                <w:t xml:space="preserve">eDNA surveys substantially expand known geographic and ecological niche boundaries of marine fishes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwan Delrieu‐trottin</w:t>
+                <w:t xml:space="preserve">Loïc Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Bianic</w:t>
+                <w:t xml:space="preserve">Nicolas Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Miaud</w:t>
+                <w:t xml:space="preserve">Camille Albouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Garcia</w:t>
+                <w:t xml:space="preserve">Morgane Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Arnal</w:t>
+                <w:t xml:space="preserve">Adèle Barroil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquatic Conservation: Marine and Freshwater Ecosystems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 35 (7), pp.e70179. </w:t>
+              <w:t xml:space="preserve">PLoS Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 23 (10), pp.3003432. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/aqc.70179⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3003432⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05447143v1</w:t>
+                <w:t xml:space="preserve">hal-05363457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drone photogrammetry reveals contrasting body conditions of dugongs across the Indo-Pacific</w:t>
+                <w:t xml:space="preserve">Improving the Monitoring of the Invasive Blue Crab (Callinectes sapidus): Combining Environmental DNA and Citizen Observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Goudalier</w:t>
+                <w:t xml:space="preserve">Erwan Delrieu‐trottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Mouillot</w:t>
+                <w:t xml:space="preserve">Mathieu Bianic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Bernagou</w:t>
+                <w:t xml:space="preserve">Claude Miaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taha Boksmati</w:t>
+                <w:t xml:space="preserve">Manon Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caulvyn Bristol</w:t>
+                <w:t xml:space="preserve">Véronique Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing in Ecology and Conservation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Aquatic Conservation: Marine and Freshwater Ecosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 35 (7), pp.e70179. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/rse2.70016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/aqc.70179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05195826v1</w:t>
+                <w:t xml:space="preserve">hal-05447143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ReefTEMPS: the Pacific Islands coastal temperature network</w:t>
               </w:r>
@@ -1033,347 +1033,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04664112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phylogeography of long-spined sea urchin Diadema setosum across the Indo-Malay archipelago</w:t>
+                <w:t xml:space="preserve">Environmental DNA highlights fish biodiversity in mesophotic ecosystems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indra Bayu Vimono</w:t>
+                <w:t xml:space="preserve">Marion Muff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Borsa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Régis Hocdé</w:t>
+                <w:t xml:space="preserve">Mélissa Jaquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Pouyaud</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Virginie Marques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Ballesta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Deter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zoological Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.6620/ZS.2023.62-39⟩</w:t>
+              <w:t xml:space="preserve">Environmental DNA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5 (1), pp.56-72. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/edn3.358⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04223904v1</w:t>
+                <w:t xml:space="preserve">hal-04118681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental DNA highlights fish biodiversity in mesophotic ecosystems</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Phylogeography of long-spined sea urchin Diadema setosum across the Indo-Malay archipelago</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Marques</w:t>
+                <w:t xml:space="preserve">Indra Bayu Vimono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Ballesta</w:t>
+                <w:t xml:space="preserve">Philippe Borsa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Hocdé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Deter</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laurent Pouyaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental DNA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 5 (1), pp.56-72. </w:t>
+              <w:t xml:space="preserve">Zoological Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 62, pp.39. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/edn3.358⟩</w:t>
+                <w:t xml:space="preserve">⟨10.6620/ZS.2023.62-39⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04118681v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04223904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The distribution of coastal fish eDNA sequences in the Anthropocene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Mathon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Marques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Manel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Albouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Andrello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1422,1903 +1422,1903 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04146566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating bioinformatics pipelines for population-level inference using environmental DNA</w:t>
+                <w:t xml:space="preserve">Cross-ocean patterns and processes in fish biodiversity on coral reefs through the lens of eDNA metabarcoding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Macé</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">Laëtitia Mathon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Marques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alice Valentini</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mouillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Albouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Andrello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental DNA</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/edn3.269⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 289 (1973), pp.20220162. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rspb.2022.0162⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04395283v1</w:t>
+                <w:t xml:space="preserve">hal-03669624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimating the extended and hidden species diversity from environmental DNA in hyper‐diverse regions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐baptiste Juhel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Marques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rizkie Satriya Utama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indra Bayu Vimono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hagi Yulia Sugeha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 2022 (10), pp.e06299. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/ecog.06299⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03823160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cross-ocean patterns and processes in fish biodiversity on coral reefs through the lens of eDNA metabarcoding</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Similar trait structure and vulnerability in pelagic fish faunas on two remote island systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madeline Steinberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Juhel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Marques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laëtitia Mathon</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Marco Andrello</w:t>
+                <w:t xml:space="preserve">Clara Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Hocdé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 289 (1973), pp.20220162. </w:t>
+              <w:t xml:space="preserve">Marine Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 169 (1), pp.15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rspb.2022.0162⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00227-021-03998-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03669624v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03566643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Similar trait structure and vulnerability in pelagic fish faunas on two remote island systems</w:t>
+                <w:t xml:space="preserve">Taxonomic note on Ellochelon vaigiensis (Quoy and Gaimard, 1825) (Mugilidae : Mugiliformes) from West New Guinea, Indonesia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Madeline Steinberg</w:t>
+                <w:t xml:space="preserve">Annisa Annisa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Juhel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Virginie Marques</w:t>
+                <w:t xml:space="preserve">S.B. Andy Omar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clara Péron</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Régis Hocdé</w:t>
+                <w:t xml:space="preserve">F. Marasabessy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ernawati Ernawati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Kagiling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00227-021-03998-6⟩</w:t>
+              <w:t xml:space="preserve">Trends in Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19 (17), 5750 [11 p.]. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48048/tis.2022.5750⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03566643v1</w:t>
+                <w:t xml:space="preserve">hal-04118796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taxonomic note on Ellochelon vaigiensis (Quoy and Gaimard, 1825) (Mugilidae : Mugiliformes) from West New Guinea, Indonesia</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evaluating bioinformatics pipelines for population-level inference using environmental DNA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Marasabessy</w:t>
+                <w:t xml:space="preserve">Bastien Macé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Hocdé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Marques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ernawati Ernawati</w:t>
+                <w:t xml:space="preserve">Pierre-Edouard Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Kagiling</w:t>
+                <w:t xml:space="preserve">Alice Valentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 19 (17), 5750 [11 p.]. </w:t>
+              <w:t xml:space="preserve">Environmental DNA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 4 (3), pp.674-686. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48048/tis.2022.5750⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/edn3.269⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04118796v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04395283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of the elusive Dwarf sperm whale (Kogia sima) using environmental DNA at Malpelo island (Eastern Pacific, Colombia)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+                <w:t xml:space="preserve">Comparing environmental DNA metabarcoding and underwater visual census to monitor tropical reef fishes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Polanco Fernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Marques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian Fopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Juhel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Mutis Martinezguerra</w:t>
+                <w:t xml:space="preserve">Giomar Helena Borrero-Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">Environmental DNA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, The future of biodiversity monitoring and conservation utilizing environmental DNA, 3 (1), pp.142-156. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ece3.7057⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/edn3.140⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03413614v1</w:t>
+                <w:t xml:space="preserve">hal-03810224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How many replicates to accurately estimate fish biodiversity using environmental DNA on coral reefs?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Detecting aquatic and terrestrial biodiversity in a tropical estuary using environmental DNA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Polanco Fernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salomé Stauffer</w:t>
+                <w:t xml:space="preserve">Maria Mutis Martinezguerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Marques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meret Jucker</w:t>
+                <w:t xml:space="preserve">Francisco Villa‐navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Keggin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marco Andrello</w:t>
+                <w:t xml:space="preserve">Giomar Helena Borrero Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">Biotropica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 53 (6), pp.1606-1619. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ece3.8150⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/btp.13009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03415700v1</w:t>
+                <w:t xml:space="preserve">hal-04203573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting aquatic and terrestrial biodiversity in a tropical estuary using environmental DNA</w:t>
+                <w:t xml:space="preserve">Exploring the vertebrate fauna of the Bird’s Head Peninsula (Indonesia, West Papua) through DNA barcodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Polanco Fernández</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Virginie Marques</w:t>
+                <w:t xml:space="preserve">Evy Arida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francisco Villa‐navarro</w:t>
+                <w:t xml:space="preserve">Hidayat Ashari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giomar Helena Borrero Pérez</w:t>
+                <w:t xml:space="preserve">Hadi Dahruddin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuli Sulistya Fitriana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amir Hamidy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biotropica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/btp.13009⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1755-0998.13411⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04203573v1</w:t>
+                <w:t xml:space="preserve">hal-03404293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the vertebrate fauna of the Bird’s Head Peninsula (Indonesia, West Papua) through DNA barcodes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How many replicates to accurately estimate fish biodiversity using environmental DNA on coral reefs?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hadi Dahruddin</w:t>
+                <w:t xml:space="preserve">Salomé Stauffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuli Sulistya Fitriana</w:t>
+                <w:t xml:space="preserve">Meret Jucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amir Hamidy</w:t>
+                <w:t xml:space="preserve">Thomas Keggin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Marques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Andrello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1755-0998.13411⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ece3.8150⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03404293v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03415700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparing environmental DNA metabarcoding and underwater visual census to monitor tropical reef fishes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">Use of environmental DNA in assessment of fish functional and phylogenetic diversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Marques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabian Fopp</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Juhel</w:t>
+                <w:t xml:space="preserve">Paul Castagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giomar Helena Borrero-Pérez</w:t>
+                <w:t xml:space="preserve">Andrea Polanco Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giomar Helena Borrero-Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Hocdé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental DNA</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/edn3.140⟩</w:t>
+              <w:t xml:space="preserve">Conservation Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/cobi.13802⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03810224v1</w:t>
+                <w:t xml:space="preserve">hal-03451172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of environmental DNA in assessment of fish functional and phylogenetic diversity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">Detection of the elusive Dwarf sperm whale (Kogia sima) using environmental DNA at Malpelo island (Eastern Pacific, Colombia)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Juhel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Marques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Polanco Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giomar Helena Borrero-Perez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Régis Hocdé</w:t>
+                <w:t xml:space="preserve">Giomar H. Borrero-Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Mutis Martinezguerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conservation Biology</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/cobi.13802⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ece3.7057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03451172v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03413614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A thirteen-million-year divergence between two lineages of Indonesian coelacanths</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Accumulation curves of environmental DNA sequences predict coastal fish diversity in the coral triangle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Juhel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rizkie Satriya Utama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kadar Kadarusman</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Virginie Marquès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indra Bayu Vimono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hagi Yulia Sugeha</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Intanurfemi Hismayasari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-57042-1⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 287 (1930), pp.20200248. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rspb.2020.0248⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ird-02438220v1</w:t>
+                <w:t xml:space="preserve">hal-02900375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biodiversity inventory of the grey mullets (Actinopterygii: Mugilidae) of the Indo‐Australian Archipelago through the iterative use of DNA‐based species delimitation and specimen assignment methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Delrieu-Trottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwan Delrieu-Trottin</w:t>
+                <w:t xml:space="preserve">Jean-Dominique Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Dominique Durand</w:t>
+                <w:t xml:space="preserve">Gino Limmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gino Limmon</w:t>
+                <w:t xml:space="preserve">Tedjo Sukmono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K Kadarusman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Evolutionary Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/eva.12926⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02492844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accumulation curves of environmental DNA sequences predict coastal fish diversity in the coral triangle</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rizkie Satriya Utama</w:t>
+                <w:t xml:space="preserve">A thirteen-million-year divergence between two lineages of Indonesian coelacanths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kadar Kadarusman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hagi Yulia Sugeha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pouyaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Hocdé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Marquès</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hagi Yulia Sugeha</w:t>
+                <w:t xml:space="preserve">Intanurfemi Hismayasari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 287 (1930), pp.20200248. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rspb.2020.0248⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-57042-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02900375v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ird-02438220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coastal ocean and nearshore observation : A French case study</w:t>
               </w:r>
@@ -3775,152 +3775,144 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04581614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ReefTEMPS documente l'impact local du changement climatique et les paramètres qui influent sur la résilience des écosystèmes récifaux</w:t>
+                <w:t xml:space="preserve">ReefTEMPS: the Pacific Insular coastal water observation network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Hocdé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Fiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Varillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Magron</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jérôme Aucan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ILICO EVOLECO 2021: Long Term Evolution of Coastal Ecosystems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">9th EuroGOOS International conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Shom; Ifremer; EuroGOOS AISBL, May 2021, Brest, France. pp.292-295, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17882/55128⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ird-03774373v1</w:t>
+                <w:t xml:space="preserve">hal-03335231v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ILICO -A FRENCH RESEARCH INFRASTRUCTURE FOR COASTAL OCEAN AND SEASHORE OBSERVATIONS</w:t>
               </w:r>
@@ -4025,294 +4017,289 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03349179v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ReefTEMPS: the Pacific Insular coastal water observation network</w:t>
+                <w:t xml:space="preserve">ReefTEMPS documente l'impact local du changement climatique et les paramètres qui influent sur la résilience des écosystèmes récifaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Hocdé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Fiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Varillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Aucan</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Franck Magron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Allenbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th EuroGOOS International conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ILICO EVOLECO 2021: Long Term Evolution of Coastal Ecosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, La Rochelle, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03335231v2</w:t>
+                <w:t xml:space="preserve">ird-03774373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The French National Committee on Scientific Diving (CNPS): a key actor for developing scientific diving in France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Critical Success Factors of the ReefTEMPS sensors-oriented environmental information system for a real operationality.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiat Sylvie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Hocdé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Varillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérard Thouzeau</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Antoine de Ramon N’yeurt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Aucan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th European Conference on Scientific Diving (ECSD)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Geospatial Sensing Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Münster, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02123970v1</w:t>
+                <w:t xml:space="preserve">ird-03245731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Critical success factors of the ReefTEMPS sensors-oriented environmental information system for a real operationality [résumé étendu]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Fiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4328,178 +4315,191 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geospatial Sensing Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Münster, Germany. 2 p. multigr</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03426126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Critical Success Factors of the ReefTEMPS sensors-oriented environmental information system for a real operationality.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fiat Sylvie</w:t>
+                <w:t xml:space="preserve">The French National Committee on Scientific Diving (CNPS): a key actor for developing scientific diving in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Thouzeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Hocdé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Beurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Borel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Coulange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geospatial Sensing Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">5th European Conference on Scientific Diving (ECSD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institute of Oceanology, Polish Academy of Sciences, ​Sopot, Poland, Apr 2019, Sopot, Poland. pp.61-62, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23708/fdi:010076263⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ird-03245731v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02123970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MARBEC-Obs : towards a virtual observatory of marine and coastal ecosystems, mainly in Mediterranean and tropical areas</w:t>
               </w:r>
@@ -4574,441 +4574,441 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01954486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A European competency level applied to the use of the closed circuit rebreather in scientific diving at work. First step. Highlighting the best practice</w:t>
+                <w:t xml:space="preserve">Sensor Observation System : optimisation d'un système d'information environnemental dédié capteurs : exemple du SI du réseau d'observation ReefTEMPS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Norro</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Guillaume Brissebrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiat Sylvie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andry Andriatiana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Grelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Varillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Scientific Diving, 3</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2017, Funchal (Madeira Island), Portugal</w:t>
+              <w:t xml:space="preserve">JRES 2017 : Journées Réseaux de l'Enseignement et de la Recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ird-04231773v1</w:t>
+                <w:t xml:space="preserve">hal-01859897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensor Observation System : optimisation d'un système d'information environnemental dédié capteurs : exemple du SI du réseau d'observation ReefTEMPS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Porting an SOA architecture to Docker</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andry Andriatiana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Hocdé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiat Sylvie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Varillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Brissebrat</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jacques Grelet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Varillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JRES 2017 : Journées Réseaux de l'Enseignement et de la Recherche</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Nantes, France</w:t>
+              <w:t xml:space="preserve">Journées nationales du DEVeloppement logiciel 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS, Jul 2017, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01859897v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04581179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Porting an SOA architecture to Docker</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andry Andriatiana</w:t>
+                <w:t xml:space="preserve">ReefTEMPS est un réseau de capteurs de température, pression et salinité dans le domaine côtier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiat Sylvie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Hocdé</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées nationales du DEVeloppement logiciel 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNRS, Jul 2017, Marseille, France</w:t>
+              <w:t xml:space="preserve">JDEV 2017 - Journée du Développement National 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04581179v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ird-03245735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ReefTEMPS est un réseau de capteurs de température, pression et salinité dans le domaine côtier</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fiat Sylvie</w:t>
+                <w:t xml:space="preserve">A European competency level applied to the use of the closed circuit rebreather in scientific diving at work. First step. Highlighting the best practice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Norro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Hocdé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JDEV 2017 - Journée du Développement National 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Marseille, France</w:t>
+              <w:t xml:space="preserve">European Conference on Scientific Diving, 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Funchal (Madeira Island), Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ird-03245735v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ird-04231773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réseau d'observation du Pacifique Sud ‘ReefTEMPS' : Évolutions fonctionnelles et optimisation d'un système d'information dédié capteurs et reconstitution de séries temporelles</w:t>
               </w:r>
@@ -5020,51 +5020,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Hocdé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiat Sylvie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Brissebrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Pelletier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5311,90 +5311,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scientific diving in France: an overview of the current practices in science</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Hocdé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Thouzeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Amice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Borel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Coulange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th European Conference on Scientific Diving (ECSD8)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Heraklion (Crete Island), Greece. Zenodo, 2024, </w:t>
@@ -5445,90 +5445,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scientific diving in France: an overview of the current practices in science</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Hocdé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Thouzeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Bourquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Borel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Coulange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th European Conference on Scientific Diving</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Roscoff, France. 1 p. multigr., 2023, </w:t>
@@ -5674,51 +5674,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ReefTEMPS, FAIRs access to Reef ecosystem environmental measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiat Sylvie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Aucan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Varillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5782,51 +5782,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d'un site transverse Outre-Mer ILICO pour l'observation pérenne et écosystémique d'un récif corallien à La Réunion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Aucan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoan Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5942,51 +5942,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Varillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard E Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Aucan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Hocdé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6143,364 +6143,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03433374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensor Observation System : optimisation d'un système d'information environnemental dédié capteurs : exemple du SI du réseau d'observation ReefTEMPS [poster]</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">At the heart of the coral triangle in West Papua: an Indonesian-French scientific exploration of a white area with closed-circuit rebreathers (eCCR) : [poster]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Hocdé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Menou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pouyaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amir Machmud Suruwaky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indra Bayu Vimono</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th edition of JRES “Journey to the center of the virtual”</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Conference on Scientific Diving</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Funchal, Portugal. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IRD</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01859844v1</w:t>
+                <w:t xml:space="preserve">ird-01512559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">At the heart of the coral triangle in West Papua: an Indonesian-French scientific exploration of a white area with closed-circuit rebreathers (eCCR) : [poster]</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sensor Observation System : optimisation d'un système d'information environnemental dédié capteurs : exemple du SI du réseau d'observation ReefTEMPS [poster]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Brissebrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiat Sylvie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andry Andriatiana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Grelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard E Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Scientific Diving</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2017, Funchal, Portugal. </w:t>
+              <w:t xml:space="preserve">12th edition of JRES “Journey to the center of the virtual”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Nantes, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IRD</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.36083.02086⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ird-01512559v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01859844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensor Observation System : optimisation d'un système d'information environnemental dédiés capteurs - exemple du SI du réseau d'observation ReefTEMPS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Brissebrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Fiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andry Andriatiana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Grelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6594,51 +6594,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Ganachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Grelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> JDEV 2015 : Journées Nationales du DEVeloppement Logiciel de l'Enseignement Supérieur et Recherche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Bordeaux, France. , 2015</w:t>
@@ -6830,51 +6830,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atelier ILICO Outre-Mer Pacifique. Supports de présentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Fiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Aucan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Menkès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6970,97 +6970,97 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Varillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiat Sylvie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Magron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Allenbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Hoibian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
-              <w:r>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17882/55128⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ird-03245768v1</w:t>
@@ -7116,90 +7116,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mission report: LENGGURU 2017 Expedition ‘Biodiversity assessment in reef twilight zone and cloud forests’, R/V AIRAHA 2, 1st October 2017 – 30th November 2017, Kaimana Regency, West Papua, Indonesia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Hocdé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indra Bayu Vimono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amir M Suruwaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yosephine Tuti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rizkie Satriya Utama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Institut de Recherche pour le Développement (IRD), France; Pusat Penelitian Oseanografi, Lembaga Ilmu Pengetahuan (LIPI-P2O), Indonesia; Politeknik Kelautan Dan Perikanan Sorong (Politeknik-KP-Sorong), Papua Barat, Indonesia. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -7270,77 +7270,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Circumglobal distribution of fish environmental DNA in coral reefs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Mathon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Marques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Mouillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Albouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Andrello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7492,51 +7492,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="595E3ED0"/>
+    <w:nsid w:val="ACF761FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7723,51 +7723,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/regis-hocde" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5794-2598" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/069469377" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/O-2757-2016" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363457v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Sanchez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Loiseau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Albouy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Bruno" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Barroil" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3003432" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447143v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Delrieu&#8208;trottin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bianic" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Miaud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Garcia" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Arnal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aqc.70179" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05195826v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Goudalier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mouillot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Bernagou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Boksmati" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caulvyn Bristol" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rse2.70016" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313993v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Le Gendre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Varillon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Fiat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Hocd&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine de Ramon N'Yeurt" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-17-5277-2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645476v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Rozanski" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Velez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Duhamet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conor Waldock" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2024.112290" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04664112v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Beauvieux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien M&#233;rigot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Le Luyer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Fromentin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Couffin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00338-024-02477-w" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223904v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indra Bayu Vimono" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Borsa" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pouyaud" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6620/ZS.2023.62-39" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04118681v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Muff" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Jaquier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Marques" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ballesta" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Deter" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/edn3.358" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04146566v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Mathon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Manel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Andrello" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13698" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395283v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Mac&#233;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Edouard Guerin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Valentini" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/edn3.269" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03823160v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Juhel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rizkie Satriya Utama" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hagi Yulia Sugeha" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecog.06299" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03669624v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Mathon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2022.0162" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03566643v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeline Steinberg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Juhel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara P&#233;ron" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-021-03998-6" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04118796v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annisa Annisa" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.B. Andy Omar" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marasabessy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernawati Ernawati" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kagiling" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48048/tis.2022.5750" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03413614v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Polanco Fernandez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giomar H. Borrero-Perez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mutis Martinezguerra" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.7057" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03415700v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Stauffer" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meret Jucker" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Keggin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8150" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203573v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Polanco Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Villa&#8208;navarro" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giomar Helena Borrero P&#233;rez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/btp.13009" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03404293v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evy Arida" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hidayat Ashari" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadi Dahruddin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuli Sulistya Fitriana" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Hamidy" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13411" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03810224v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Fopp" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giomar Helena Borrero-P&#233;rez" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/edn3.140" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03451172v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Castagne" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giomar Helena Borrero-Perez" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cobi.13802" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-02438220v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kadar Kadarusman" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Intanurfemi Hismayasari" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-57042-1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02492844v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Delrieu-Trottin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Dominique Durand" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gino Limmon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tedjo Sukmono" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Kadarusman" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12926" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900375v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Marqu&#232;s" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2020.0248" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02189446v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cocquempot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Delacourt" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Paillet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Riou" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Aucan" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2019.00324" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01386463v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiat Sylvie" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/netcom.1294" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353108v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Albouy" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ballesta" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bianchimani" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dejean" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581614v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03774373v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Magron" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Allenbach" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349179v2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Burden" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Raimbault" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335231v2" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Aucan" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17882/55128" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123970v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Thouzeau" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Beurier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Borel" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Coulange" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23708/fdi:010076263" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03426126v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03245731v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine de Ramon N&#8217;yeurt" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954486v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Derolez" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Jadaud" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04231773v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Norro" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859897v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Brissebrat" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Andriatiana" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Grelet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581179v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03245735v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03245778v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pelletier" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03245775v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03245769v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04574999v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Amice" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10894845" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094861v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bourquin" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23708/fdi:010087876" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808204v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03216386v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583519v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cordier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Benoit" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Bigot" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Cuet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.11241376" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03245730v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard E Pelletier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433374v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brissebrat" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Andriatiana" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cheype" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859844v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.36083.02086" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01512559v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Menou" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Machmud Suruwaky" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ecsdiving2017.ciimarmadeira.org/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806377v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01416189v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Cheype" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ganachaud" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01394153v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fr.calameo.com/books/0009935960efb2fa8c885" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581756v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Menk&#232;s" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Chancerelle" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7796742" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03245768v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hoibian" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02565651v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir M Suruwaki" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosephine Tuti" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414805v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/aca.4.e64792" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/regis-hocde" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5794-2598" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/069469377" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/O-2757-2016" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05195826v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Goudalier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mouillot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Bernagou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Boksmati" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caulvyn Bristol" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rse2.70016" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363457v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Sanchez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Loiseau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Albouy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Bruno" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Barroil" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3003432" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447143v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Delrieu&#8208;trottin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bianic" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Miaud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Garcia" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Arnal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aqc.70179" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313993v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Le Gendre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Varillon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Fiat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Hocd&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine de Ramon N'Yeurt" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-17-5277-2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645476v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Rozanski" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Velez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Duhamet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conor Waldock" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2024.112290" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04664112v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Beauvieux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien M&#233;rigot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Le Luyer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Fromentin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Couffin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00338-024-02477-w" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04118681v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Muff" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Jaquier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Marques" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ballesta" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Deter" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/edn3.358" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223904v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indra Bayu Vimono" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Borsa" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pouyaud" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6620/ZS.2023.62-39" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04146566v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Mathon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Manel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Andrello" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13698" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03669624v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Mathon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2022.0162" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03823160v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Juhel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rizkie Satriya Utama" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hagi Yulia Sugeha" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecog.06299" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03566643v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeline Steinberg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Juhel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara P&#233;ron" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-021-03998-6" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04118796v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annisa Annisa" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.B. Andy Omar" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marasabessy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernawati Ernawati" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kagiling" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48048/tis.2022.5750" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395283v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Mac&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Edouard Guerin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Valentini" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/edn3.269" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03810224v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Polanco Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Fopp" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giomar Helena Borrero-P&#233;rez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/edn3.140" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203573v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mutis Martinezguerra" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Villa&#8208;navarro" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giomar Helena Borrero P&#233;rez" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/btp.13009" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03404293v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evy Arida" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hidayat Ashari" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadi Dahruddin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuli Sulistya Fitriana" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Hamidy" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13411" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03415700v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Stauffer" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meret Jucker" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Keggin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8150" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03451172v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Castagne" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Polanco Fernandez" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giomar Helena Borrero-Perez" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cobi.13802" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03413614v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giomar H. Borrero-Perez" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.7057" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900375v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Marqu&#232;s" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2020.0248" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02492844v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Delrieu-Trottin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Dominique Durand" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gino Limmon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tedjo Sukmono" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Kadarusman" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12926" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-02438220v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kadar Kadarusman" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Intanurfemi Hismayasari" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-57042-1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02189446v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cocquempot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Delacourt" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Paillet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Riou" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Aucan" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2019.00324" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01386463v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiat Sylvie" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/netcom.1294" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353108v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Albouy" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ballesta" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bianchimani" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dejean" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581614v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335231v2" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Aucan" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17882/55128" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349179v2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Burden" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Raimbault" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03774373v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Magron" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Allenbach" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03245731v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine de Ramon N&#8217;yeurt" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03426126v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123970v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Thouzeau" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Beurier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Borel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Coulange" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23708/fdi:010076263" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954486v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Derolez" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Jadaud" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859897v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Brissebrat" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Andriatiana" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Grelet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581179v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03245735v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04231773v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Norro" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03245778v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pelletier" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03245775v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03245769v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04574999v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Amice" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10894845" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094861v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bourquin" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23708/fdi:010087876" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808204v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03216386v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583519v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cordier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Benoit" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Bigot" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Cuet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.11241376" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03245730v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard E Pelletier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433374v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brissebrat" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Andriatiana" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cheype" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01512559v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Menou" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Machmud Suruwaky" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ecsdiving2017.ciimarmadeira.org/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859844v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.36083.02086" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806377v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01416189v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Cheype" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ganachaud" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01394153v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fr.calameo.com/books/0009935960efb2fa8c885" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581756v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Menk&#232;s" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Chancerelle" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7796742" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03245768v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hoibian" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02565651v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir M Suruwaki" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosephine Tuti" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414805v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/aca.4.e64792" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>