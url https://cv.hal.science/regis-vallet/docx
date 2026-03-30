--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -368,549 +368,549 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04372387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetic signatures of urban structures: case study from Larsa (Iraq, 6th-1st millennium BC)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tell el-‘Uwaili (Dhi Qar province): Preliminary Report on the 2019 fieldwork seasons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Darras</w:t>
+                <w:t xml:space="preserve">Régis Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Baldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Padovani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">Sumer - Journal of Archaeology of Mesopotamia = سومر : مجلة بحث في آثار العراق القديم</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03505219v1</w:t>
+                <w:t xml:space="preserve">halshs-03088458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tell el-‘Uwaili (Dhi Qar province): Preliminary Report on the 2019 fieldwork seasons</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Magnetic signatures of urban structures: case study from Larsa (Iraq, 6th-1st millennium BC)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claire Padovani</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Darras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sumer - Journal of Archaeology of Mesopotamia = سومر : مجلة بحث في آثار العراق القديم</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press</w:t>
+              <w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03502861v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03505219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tell el-‘Uwaili (Dhi Qar province): Preliminary Report on the 2019 fieldwork seasons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Régis Vallet</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Baldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Padovani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sumer - Journal of Archaeology of Mesopotamia = سومر : مجلة بحث في آثار العراق القديم</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03088458v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03502861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preliminary Report on the XIVth and XVth Campaigns at Larsa</w:t>
+                <w:t xml:space="preserve">Town planning in 3rd millennium Mesopotamia: a view from the alluvial plain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Vallet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sumer - Journal of Archaeology of Mesopotamia = سومر : مجلة بحث في آثار العراق القديم</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 66, pp.133-175</w:t>
+              <w:t xml:space="preserve">Les Espaces Syro-mésopotamiens, Subartu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Circular Cities of Early Bronze Age Syria, XLII, pp.353-371</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03088166v1</w:t>
+                <w:t xml:space="preserve">hal-03088148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Town planning in 3rd millennium Mesopotamia: a view from the alluvial plain</w:t>
+                <w:t xml:space="preserve">Preliminary Report on the XIVth and XVth Campaigns at Larsa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Vallet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamal Abd-El-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rateb Al-Debs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Bachelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Charpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Espaces Syro-mésopotamiens, Subartu</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Circular Cities of Early Bronze Age Syria, XLII, pp.353-371</w:t>
+              <w:t xml:space="preserve">Sumer - Journal of Archaeology of Mesopotamia = سومر : مجلة بحث في آثار العراق القديم</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 66, pp.133-175</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03088148v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03088166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preliminary Report on the VIIIth And IXth Campaigns at Tell el-‘Uwaili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Baldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Padovani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafat Abd-El-Kadim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -955,260 +955,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03088168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Temple Ovale de Khafajeh : histoire et insertion urbaine</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The emergence of cultural identities and territorial policies in the longue durée: A view from the Zagros Piedmont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Baldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melania Zingarello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Sauvage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Naccaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archimède : archéologie et histoire ancienne</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Paléorient</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 45-2, pp.163-189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/paleorient.751⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03088142v1</w:t>
+                <w:t xml:space="preserve">hal-03879201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The emergence of cultural identities and territorial policies in the longue durée: A view from the Zagros Piedmont</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le Temple Ovale de Khafajeh : histoire et insertion urbaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paléorient</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Archimède : archéologie et histoire ancienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/paleorient.751⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03879201v1</w:t>
+                <w:t xml:space="preserve">hal-03088142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Temple Ovale de Khafajeh : histoire et insertion urbaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Vallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archimède : archéologie et histoire ancienne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 6, pp.239-249</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1440,64 +1440,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Evidence on the Uruk Expansion in Central Mesopotamia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Baldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Naccaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Rasheed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1565,51 +1565,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Evidence on the Uruk Expansion in Central Mesopotamia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Baldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Paléorient</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1647,51 +1647,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tribulations archéologiques. Du terrain à la publication des archives de la mission archéologique française de Tureng Tépé (Iran)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Bessenay-Prolonge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Vallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 145, pp.18--23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1907,51 +1907,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02187963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (9)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -2131,561 +2131,842 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04974013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les politiques de l'eau au Proche-Orient, de sumer à nos jours (2023-2026)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t>
+                <w:t xml:space="preserve">At the origins of the Ubaid world: Recent insights from Tell el-'Uwaili (southern Iraq)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Baldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Vallet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nele Ziegler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La gestion de l’eau dans les civilisations de l’Asie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société asiatique; Académie des Inscriptions et Belles-Lettres; Académie de l'eau, May 2024, Paris, France. pp.39-66</w:t>
+              <w:t xml:space="preserve">Proceedings of the 13th International Congress on the Archaeology of the Ancient Near East</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ingolf Thuesen; Scott Haddow; Camilla Mazzucato, May 2023, Copenhague, Denmark. pp.5-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05219644v1</w:t>
+                <w:t xml:space="preserve">halshs-04860751v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Hydraulic System of Larsa (South Iraq)</w:t>
+                <w:t xml:space="preserve">Approvisionnement et gestion de l'eau à Larsa (Iraq du sud), capitale de Basse Mésopotamie au IIe millénaire av. J.-C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Cez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Darras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Congress on the Archaeology of the Ancient Near East (ICAANE13)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Copenhaguen, May 2023, Copenhague, Denmark</w:t>
+              <w:t xml:space="preserve">La gestion de l’eau dans les civilisations de l’Asie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jean-Michel Mouton; Nicolas Grimal, Apr 2024, Paris (Académie des Belles lettres et des inscriptions), France. pp.67-88</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04473720v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04973989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entre canaux, jardins et monuments: signatures magnétiques des structures urbaines de Larsa, capitale mésopotamienne (Iraq, 6e-1er millénaires av.J.-C.)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les politiques de l'eau au Proche-Orient, de sumer à nos jours (2023-2026)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Matoïan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lionel Darras</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nele Ziegler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géophysique appliquée aux formations superficielles GEOFCAN 12</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2021, grenoble, France</w:t>
+              <w:t xml:space="preserve">La gestion de l’eau dans les civilisations de l’Asie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société asiatique; Académie des Inscriptions et Belles-Lettres; Académie de l'eau, May 2024, Paris, France. pp.39-66</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03505224v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05219644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent Excavations in the Plain of Chamchamal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Regis Vallet</w:t>
+                <w:t xml:space="preserve">Preliminary Results of the 2021-2022 Campaigns at Larsa, Iraq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Jacquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 3rd International Conference on Archaeology and Heritage of Kurdistan</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">13th International Congress on the Archaeology of the Ancient Near East</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ingolf Thuesen; Scott Haddow; Camilla Mazzucato, May 2023, Copenhagen, Denmark. pp.375 - 387, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13173/9783447123761.i⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03088171v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05540378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early Uruk Expansion in Iraqi Kurdistan: New Data from Girdi Qala and Logardan</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Hydraulic System of Larsa (South Iraq)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Cez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Darras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 11th International Conference on the Archaeology of the Ancient Near East</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Munich, Germany</w:t>
+              <w:t xml:space="preserve">13th International Congress on the Archaeology of the Ancient Near East (ICAANE13)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Copenhaguen, May 2023, Copenhague, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03088149v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04473720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geophysics in Iraqi Kurdistan: discovering the origins of urbanism</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Entre canaux, jardins et monuments: signatures magnétiques des structures urbaines de Larsa, capitale mésopotamienne (Iraq, 6e-1er millénaires av.J.-C.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Darras</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Régis Vallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Conference for Archaerological Prospection</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Bradford, United Kingdom. pp.58-59</w:t>
+              <w:t xml:space="preserve">Géophysique appliquée aux formations superficielles GEOFCAN 12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01824728v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03505224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recent Excavations in the Plain of Chamchamal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the 3rd International Conference on Archaeology and Heritage of Kurdistan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Erbil, Iraq</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03088171v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Early Uruk Expansion in Iraqi Kurdistan: New Data from Girdi Qala and Logardan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the 11th International Conference on the Archaeology of the Ancient Near East</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Munich, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03088149v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geophysics in Iraqi Kurdistan: discovering the origins of urbanism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Darras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Benech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12th International Conference for Archaerological Prospection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Bradford, United Kingdom. pp.58-59</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01824728v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tureng Tepe and its High Terrace: a reassessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Bessenay-Prolonge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2701,51 +2982,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le plateau iranien : Urbanisation, commerce, subsistance et production à l’âge du Bronze</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03088143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2755,202 +3036,202 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LARSA (IRAQ, 6th – 1st millennium BC): Discovering the city wall and its gates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Darras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Vallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th International Conference on Archaeological Prospection ICAP2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Gand, Belgium. Archeosciences, 49-1, pp.283-286, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/14nsc⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05272647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La découverte des remparts de Larsa (Iraq) par la géophysique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Darras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Vallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIIIe colloque du GMPCA : Archéométrie 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03690571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2960,215 +3241,215 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Iranian Plateau during the Bronze Age - Development of urbanisation, production and trade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan-Waalke Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Vila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjan Mashkour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Casanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Vallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MOM Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.momeditions.7816⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03088153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (19)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New look on the Iron Age fortified settlements of Tureng Tepe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3188,2422 +3469,2361 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christine Lorre; Régis Vallet; Marjan Mashkour; Julio Bendezu-Sarmiento. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Caspian Sea Shores: Contacts, Spaces, and Territories along the Caspian Sea during the Bronze and Iron Ages (Actes du colloque international, MAE (Nanterre) - MAN (Saint-Germain-en-Laye), 4-5 décembre 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Archeopress, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04629605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">At the origins of the Ubaid world: Recent insights from Tell el-'Uwaili (southern Iraq)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Baudouin</w:t>
+                <w:t xml:space="preserve">L'archéologie du Proche-Orient ancien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Huot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Butterlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Vallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Harrassowitz Verlag. </w:t>
+              <w:t xml:space="preserve">Alain Duplouy; Alain Schnapp. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 13th ICAANE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025</w:t>
+              <w:t xml:space="preserve">Uni dans sa diversité. L'école d'histoire de l'art et d'archéologie de La Sorbonne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions de la Sorbonne, pp.223-237, 2025, Histoire de la France aux XIXe et XXe siècles, 979-10-351-1064-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04860751v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03924945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approvisionnement et gestion de l'eau à Larsa (Iraq du sud), capitale de Basse Mésopotamie au IIe millénaire av. J.-C.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Hydraulic System of Larsa (South Iraq)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Cez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Darras</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Jean-Michel Mouton; Nicolas Grimal. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ingolf Thuesen; Scott Haddow; Camilla Mazzucato. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La gestion de l’eau dans les civilisations de l’Asie. Actes du colloque international organisé par l’Académie des Inscriptions et Belles-Lettres, la Société asiatique, le Collège de France et l’Académie de l’Eau</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Académie des inscriptions et belles-lettres, pp.67-88, 2025, Actes de colloque, 978-2-87754-717-8</w:t>
+              <w:t xml:space="preserve">Proceedings of the 13th International Congress on the Archaeology of the Ancient Near East</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harrassowitz Verlag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.93-106, 2025, 978-3-447-12342-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04973989v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05495478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les remparts de Larsa : Le mystère résolu ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Vallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">P. Butterlin, A. Cavigneaux, M. Salvini, A. Thomas (éds.). </w:t>
+              <w:t xml:space="preserve">Ariane Thomas; Pascal Butterlin; Antoine Cavigneaux; Nicole Chevalier; Mirjo Salvini. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mélanges en hommage à Béatrice André-Salvini</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, archaeopress, A paraître</w:t>
+              <w:t xml:space="preserve">De Babylone aux routes d’Arabie, portrait d’une orientaliste. Mélanges en hommage à Béatrice André-Salvini</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, archaeopress, pp.224-231, 2025, 978-1-80583-024-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04372433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’enseignement et la recherche en archéologie du Proche-Orient ancien</w:t>
+                <w:t xml:space="preserve">Larsa and Tell el-‘Uwaili (Iraq), Preliminary Results (2019-2021)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Vallet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Alain Schnapp et al. (éds). </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N. Marchetti, F. Cavaliere, E. Cirelli, C. D’Orazio, G. Giacosa, M. Guidetti, E. Mariani (eds). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Une histoire de l'école d'histoire de l'art et d'archéologie de La Sorbonne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, presse de la sorbonne, A paraître</w:t>
+              <w:t xml:space="preserve">Proceedings of the 12th International Congress on the Archaeology of the Ancient Near East</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2, Harrassowitz Verlag, pp.629-646, 2023, 978-3-447-11903-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03924945v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04372413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Larsa and Tell el-‘Uwaili (Iraq), Preliminary Results (2019-2021)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">From military structure to monumental complex. The Logardan fortress and chateau: A first tentative functional reconstruction of architectural spaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Baldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Vallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">N. Marchetti, F. Cavaliere, E. Cirelli, C. D’Orazio, G. Giacosa, M. Guidetti, E. Mariani (eds). </w:t>
+              <w:t xml:space="preserve">Barbara Couturaud, Jessica Giraud. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 12th International Congress on the Archaeology of the Ancient Near East</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2, Harrassowitz Verlag, pp.629-646, 2023, 978-3-447-11903-0</w:t>
+              <w:t xml:space="preserve">EBAIK - Early Bronze Age in Iraqi Kurdistan (Iraqi Kurdistan in the 3rd millennium BC). Proceedings of the workshop held at the 12th ICAANE, Bologna, 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l'Ifpo, In press, EBAIK - Early Bronze Age in Iraqi Kurdistan (Iraqi Kurdistan in the 3rd millennium BC). Proceedings of the workshop held at the 12th ICAANE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04372413v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03922442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Hydraulic System of Larsa (South Iraq).</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Larsa and Tell el ‘Uwaili (Iraq), preliminary results (2019-2021)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Vallet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...18 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 13th conference of International Congress on the Archaeology of the Ancient Near East (ICAANE), Theme 2C Water of Life, Copenhagen, 22-26 May 2023.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Harrassowitz Verlag, pp.93-106, 2023, Field Reports</w:t>
+              <w:t xml:space="preserve">Proceedings of the 12th ICAANE, Bologna 6-9 April 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05495478v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03924967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From military structure to monumental complex. The Logardan fortress and chateau: A first tentative functional reconstruction of architectural spaces</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Le Proche-Orient au Chalcolithique (5 cartes avec notice et bibliographie)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Baldi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...18 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EBAIK - Early Bronze Age in Iraqi Kurdistan (Iraqi Kurdistan in the 3rd millennium BC). Proceedings of the workshop held at the 12th ICAANE, Bologna, 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses de l'Ifpo, In press, EBAIK - Early Bronze Age in Iraqi Kurdistan (Iraqi Kurdistan in the 3rd millennium BC). Proceedings of the workshop held at the 12th ICAANE</w:t>
+              <w:t xml:space="preserve">Atlas historique du Proche-Orient ancien</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03922442v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03088156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Larsa and Tell el ‘Uwaili (Iraq), preliminary results (2019-2021)</w:t>
-[...16 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le Proche-Orient au Chalcolithique Moyen : l’expansion obeidienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Baldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Naccaro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sauvage Martin. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 12th ICAANE, Bologna 6-9 April 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press</w:t>
+              <w:t xml:space="preserve">Atlas historique du Proche-Orient ancien (AHPOA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions des Belles Lettres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 978-2-251-45113-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03924967v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03088476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’expansion urukienne au milieu du IVe millénaire av. J.-C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Baldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Vallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sauvage Martin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas historique du Proche-Orient ancien (AHPOA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditions des Belles Lettres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.35, 2020, 978-2-251-45113-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03088481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Proche-Orient au Chalcolithique (5 cartes avec notice et bibliographie)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">L’avènement du monde proto-urbain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Baldi</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Naccaro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sauvage Martin. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atlas historique du Proche-Orient ancien</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020</w:t>
+              <w:t xml:space="preserve">Atlas historique du Proche-Orient ancien (AHPOA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions des Belles Lettres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.34, 2020, 978-2-251-45113-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03088156v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03088479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Proche-Orient au Chalcolithique Moyen : l’expansion obeidienne</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Le Proche-Orient au Chalcolithique Ancien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Baldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Naccaro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sauvage Martin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas historique du Proche-Orient ancien (AHPOA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditions des Belles Lettres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 978-2-251-45113-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03088476v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03088474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’avènement du monde proto-urbain</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Le Chalcolithique Récent et la fin de l’Obeid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Baldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Naccaro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sauvage Martin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas historique du Proche-Orient ancien (AHPOA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditions des Belles Lettres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.34, 2020, 978-2-251-45113-8</w:t>
+              <w:t xml:space="preserve">, pp.33, 2020, 978-2-251-45113-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03088479v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03088477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Proche-Orient au Chalcolithique Ancien</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Une brique inscrite d'Adad-apla-iddina provenant de Larsa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lecompte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Vallet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Sauvage Martin. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philippe Abrahami; Laura Battini. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atlas historique du Proche-Orient ancien (AHPOA)</w:t>
+              <w:t xml:space="preserve">Ina dmarri u qan tuppi. Par la bêche et le stylet ! Cultures et sociétés syro-mésopotamiennes. Mélanges offerts à Olivier Rouault</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 978-2-251-45113-8</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Archaeopress Publishing Ltd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.77-80, 2019, 978-1-78969-282-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03088474v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Chalcolithique Récent et la fin de l’Obeid</w:t>
-[...45 lines deleted...]
-              <w:t xml:space="preserve">Sauvage Martin. </w:t>
+                <w:t xml:space="preserve">The urbanisation of the Iranian Plateau and adjacent areas during the Bronze Age: Concluding thoughts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan-Waalke Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Vila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjan Mashkour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jan-Waalke Meyer; Emmanuelle Vila; Marjan Mashkour; Michèle Casanova; Régis Vallet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atlas historique du Proche-Orient ancien (AHPOA)</w:t>
+              <w:t xml:space="preserve">The Iranian Plateau during the Bronze Age. Development of urbanisation, production and trade</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, pp.33, 2020, 978-2-251-45113-8</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">MOM Editions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.347-356., 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03088477v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03088172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The global context of the Bronze Age on the Iranian Plateau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Vila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjan Mashkour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Casanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan-Waalke Meyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jan-Waalke Meyer; Emmanuelle Vila; Marjan Mashkour; Michèle Casanova; Regis Vallet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le plateau iranien : Urbanisation, commerce, subsistance et production à l’âge du Bronze</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, éditions de la MOM, pp.3-6, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04629608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The urbanisation of the Iranian Plateau and adjacent areas during the Bronze Age: Concluding thoughts</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tell Feres (Hassake): New Evidences on the Development of Proto-Urban Societies in Northern Mesopotamia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...197 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Baldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Youssef Kanjou; Akira Tsuneki. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A History of Syria in One Hundred Sites</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Archaeopress, pp.91-97, 2016, Chapter 1: Prehistory, 978-1-78491-381-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04026988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (6)</w:t>
+        <w:t xml:space="preserve">Rapport (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Larsa-'Uwaili Annual Report 2021-2022</w:t>
+                <w:t xml:space="preserve">PRELIMINARY SHORT REPORT ON THE RESULTS OF THE XXTH CAMPAIGN AT LARSA AND THE XIITH CAMPAIGN AT TELL EL OUEILI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Vallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">State Board of Antiquities and Heritage of Iraq. 2022, pp.227</w:t>
+              <w:t xml:space="preserve">State Board of Antiquities and Heritage of Iraq. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03925003v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05540332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Report on the results of the XVIIIth campaign at Larsa</w:t>
+                <w:t xml:space="preserve">Larsa-'Oueili Annual Report 2022-2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Vallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">State Board of Antiquities and Heritage of Iraq. 2022</w:t>
+              <w:t xml:space="preserve">State Board of Antiquities and Heritage of Iraq. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03924989v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05540316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PRELIMINARY SHORT REPORT ON THE RESULTS OF THE XVIth CAMPAIGN AT LARSA AND THE Xth CAMPAIGN AT TELL EL ‘UWAILI</w:t>
+                <w:t xml:space="preserve">Larsa-'Uwaili Annual Report 2021-2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Vallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] SBAH &amp; MEAE. 2021</w:t>
+              <w:t xml:space="preserve">State Board of Antiquities and Heritage of Iraq. 2022, pp.227</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03505229v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03925003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Larsa-‘Uwaili Annual Report 2019</w:t>
+                <w:t xml:space="preserve">Report on the results of the XVIIIth campaign at Larsa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Vallet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...60 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] State Board of Antiquities and Heritage of Iraq. 2020</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">State Board of Antiquities and Heritage of Iraq. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03088144v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03924989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Report on the Fifth Season of Excavations at Girdi Qala and Logardan</w:t>
+                <w:t xml:space="preserve">PRELIMINARY SHORT REPORT ON THE RESULTS OF THE XVIth CAMPAIGN AT LARSA AND THE Xth CAMPAIGN AT TELL EL ‘UWAILI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Vallet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] SBAH &amp; MEAE. 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Odile Rousset</w:t>
-[...72 lines deleted...]
-                <w:t xml:space="preserve">hal-04634383v1</w:t>
+                <w:t xml:space="preserve">hal-03505229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Larsa-‘Uwaili Annual Report 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Lisein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Suire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Mura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Darras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] State Board of Antiquities and Heritage of Iraq. 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03088144v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Report on the Fifth Season of Excavations at Girdi Qala and Logardan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Odile Rousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saber Ahmad Saber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheima Abdulmassid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rateb Al-Debs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] General Directorate of Antiquities of Kurdistan Regional Government. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04634383v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Report on the Fifth Season of Excavations at Girdi Qala and Logardan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Odile Rousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saber Ahmad Saber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheima Abdulmassid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rateb Al-Debs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] General Directorate of Antiquities of Kurdistan Regional Government. 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03088141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId117"/>
+      <w:footerReference w:type="default" r:id="rId123"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5750,51 +5970,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372394v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Vallet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bachelot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Breniquet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Calvet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria de Casteja" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372387v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505219v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Darras" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03502861v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Baldi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Padovani" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03088458v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Vallet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088166v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Abd-El-Ali" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rateb Al-Debs" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Charpin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088148v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088168v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafat Abd-El-Kadim" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyne Douch&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088142v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879201v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melania Zingarello" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Sauvage" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Naccaro" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleorient.751" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02927582v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088137v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Baldi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Zingarello" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sauvage" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Naccaro" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088139v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973527v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Rasheed" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. A. Saber" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088138v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01564338v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bessenay-Prolonge" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01103697v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Kepinski" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet &#214;nal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Perello" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Vella" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/anata.2007.1241" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187963v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517133v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974013v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nele Ziegler" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Mato&#239;an" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jacob-Rousseau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05219644v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04473720v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505224v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088171v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088149v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824728v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Benech" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088143v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272647v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14nsc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690571v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088153v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-Waalke Meyer" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vila" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Mashkour" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Casanova" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/momeditions/7816" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.momeditions.7816" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629605v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04860751v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Baudouin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973989v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372433v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924945v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Huot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Butterlin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372413v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495478v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922442v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924967v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03088481v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lesbelleslettres.com/livre/4343-atlas-historique-du-proche-orient-ancien" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088156v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03088476v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03088479v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03088474v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03088477v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629608v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088172v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/momeditions/8211" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401809v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lecompte" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.archaeopress.com/ArchaeopressShop/Public/displayProductDetail.asp?id={8DCA8642-4FC2-466D-A3EF-D4B5E75FCD99}" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04026988v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925003v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924989v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505229v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088144v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Lisein" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Suire" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Mura" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634383v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Rousset" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saber Ahmad Saber" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheima Abdulmassid" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088141v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372394v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Vallet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bachelot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Breniquet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Calvet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria de Casteja" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372387v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03088458v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Vallet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Baldi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Padovani" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505219v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Darras" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03502861v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088148v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088166v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Abd-El-Ali" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rateb Al-Debs" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Charpin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088168v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafat Abd-El-Kadim" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyne Douch&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879201v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melania Zingarello" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Sauvage" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Naccaro" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleorient.751" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088142v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02927582v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088137v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Baldi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Zingarello" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sauvage" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Naccaro" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088139v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973527v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Rasheed" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. A. Saber" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088138v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01564338v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bessenay-Prolonge" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01103697v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Kepinski" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet &#214;nal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Perello" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Vella" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/anata.2007.1241" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187963v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517133v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974013v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nele Ziegler" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Mato&#239;an" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jacob-Rousseau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04860751v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Baudouin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973989v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05219644v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540378v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jacquet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13173/9783447123761.i" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04473720v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505224v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088171v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088149v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824728v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Benech" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088143v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272647v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14nsc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690571v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088153v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-Waalke Meyer" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vila" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Mashkour" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Casanova" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/momeditions/7816" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.momeditions.7816" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629605v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924945v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Huot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Butterlin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495478v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.harrassowitz-verlag.de/Proceedings_of_the_13th_International_Congress_on_the_Archaeology_of_the_Ancient_Near_East/titel_8423.ahtml" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372433v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372413v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922442v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924967v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088156v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03088476v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lesbelleslettres.com/livre/4343-atlas-historique-du-proche-orient-ancien" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03088481v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03088479v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03088474v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03088477v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401809v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lecompte" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.archaeopress.com/ArchaeopressShop/Public/displayProductDetail.asp?id={8DCA8642-4FC2-466D-A3EF-D4B5E75FCD99}" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088172v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/momeditions/8211" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629608v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04026988v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540332v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540316v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925003v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924989v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505229v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088144v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Lisein" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Suire" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Mura" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634383v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Rousset" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saber Ahmad Saber" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheima Abdulmassid" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088141v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>