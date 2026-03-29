--- v0 (2026-03-04)
+++ v1 (2026-03-29)
@@ -250,295 +250,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasmacytoid dendritic cells are dispensable or detrimental in murine systemic or respiratory viral infections</w:t>
+                <w:t xml:space="preserve">The meningeal–cerebellar axis: a new perspective on cerebellar development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clemence Ngo</w:t>
+                <w:t xml:space="preserve">Amnah Al-Sayyar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Pierini-Malosse</w:t>
+                <w:t xml:space="preserve">Laure Salvon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khalissa Rahmani</w:t>
+                <w:t xml:space="preserve">Narjess Haidar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Valente</w:t>
+                <w:t xml:space="preserve">Paul Schult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nils Collinet</w:t>
+                <w:t xml:space="preserve">Oussama Kassem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 26, pp.1962-1976. </w:t>
+              <w:t xml:space="preserve">Cellular and Molecular Life Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 82, </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41590-025-02288-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00018-025-05897-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05375534v1</w:t>
+                <w:t xml:space="preserve">hal-05494835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The meningeal–cerebellar axis: a new perspective on cerebellar development</w:t>
+                <w:t xml:space="preserve">Plasmacytoid dendritic cells are dispensable or detrimental in murine systemic or respiratory viral infections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amnah Al-Sayyar</w:t>
+                <w:t xml:space="preserve">Clemence Ngo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Salvon</w:t>
+                <w:t xml:space="preserve">Camille Pierini-Malosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Narjess Haidar</w:t>
+                <w:t xml:space="preserve">Khalissa Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Schult</w:t>
+                <w:t xml:space="preserve">Michael Valente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oussama Kassem</w:t>
+                <w:t xml:space="preserve">Nils Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellular and Molecular Life Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 82, </w:t>
+              <w:t xml:space="preserve">Nature Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 26, pp.1962-1976. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00018-025-05897-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41590-025-02288-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05494835v1</w:t>
+                <w:t xml:space="preserve">hal-05375534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of meningeal immunity in brain function and protection against pathogens</w:t>
               </w:r>
@@ -713,559 +713,559 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04834088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flow cytometry and immunohistochemistry of the mouse dural meninges for immunological and virological assessments</w:t>
+                <w:t xml:space="preserve">Key roles of glial cells in the encephalopathy of prematurity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annie Roussel-Queval</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Elisa Eme-Scolan</w:t>
+                <w:t xml:space="preserve">Juliette van Steenwinckel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurie Arnaud Paroutaud</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cindy Bokobza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Laforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle K Shearer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique E Miron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">STAR Protocols</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.xpro.2023.102119⟩</w:t>
+              <w:t xml:space="preserve">Glia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 72 (3), pp.475-503. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/glia.24474⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04236731v1</w:t>
+                <w:t xml:space="preserve">hal-04465806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RUFY3 regulates endolysosomes perinuclear positioning, antigen presentation and migration in activated phagocytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Char</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhuangzhuang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Jacqueline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Davieau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria-Graciela Delgado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 14 (1), pp.4290. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41467-023-40062-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04236779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel mouse models based on intersectional genetics to identify and characterize plasmacytoid dendritic cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Valente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thien-Phong Vu Manh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Popoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khalissa Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 24, pp.714 - 728. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41590-023-01454-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04235641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Key roles of glial cells in the encephalopathy of prematurity</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Flow cytometry and immunohistochemistry of the mouse dural meninges for immunological and virological assessments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle K Shearer</w:t>
+                <w:t xml:space="preserve">Annie Roussel-Queval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Rebejac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Eme-Scolan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veronique E Miron</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laurie Arnaud Paroutaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rejane Rua</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 72 (3), pp.475-503. </w:t>
+              <w:t xml:space="preserve">STAR Protocols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 4 (1), pp.102119. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/glia.24474⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.xpro.2023.102119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04465806v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04236731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pathogen metabolite checkpoint: NHR on guard</w:t>
               </w:r>
@@ -1336,295 +1336,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04204567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel mouse models based on intersectional genetics to identify and characterize plasmacytoid dendritic cells</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Khalissa Rahmani</w:t>
+                <w:t xml:space="preserve">Key roles of glial cells in the encephalopathy of prematurity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette van Steenwinckel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Bokobza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Laforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Shearer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Miron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41590-023-01454-9⟩</w:t>
+              <w:t xml:space="preserve">Glia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/glia.24474⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04479440v1</w:t>
+                <w:t xml:space="preserve">hal-04267377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Key roles of glial cells in the encephalopathy of prematurity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Novel mouse models based on intersectional genetics to identify and characterize plasmacytoid dendritic cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Valente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Collinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thien-Phong Vu Manh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette van Steenwinckel</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Veronique Miron</w:t>
+                <w:t xml:space="preserve">Dimitri Popoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khalissa Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/glia.24474⟩</w:t>
+              <w:t xml:space="preserve">Nature Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24 (4), pp.714-728. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41590-023-01454-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04267377v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04479440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meningeal macrophages protect against viral neuroinfection</w:t>
               </w:r>
@@ -1636,51 +1636,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Rebejac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Eme-Scolan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Arnaud Paroutaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Kharbouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3582,51 +3582,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6C3C7EB6"/>
+    <w:nsid w:val="A916DBC1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3813,51 +3813,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/rejane-rua" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4289-3498" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/179412809" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/309916387" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/GLQ-7139-2022" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375534v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Ngo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pierini-Malosse" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalissa Rahmani" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Valente" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Collinet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41590-025-02288-3" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05494835v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amnah Al-Sayyar" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Salvon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narjess Haidar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Schult" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Kassem" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-025-05897-1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946143v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rebejac" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Eme-Scolan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rejane Rua" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12950-023-00374-7" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04834088v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro da Mesquita" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;jane Rua" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.it.2024.03.007" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04236731v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Roussel-Queval" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Arnaud Paroutaud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xpro.2023.102119" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236779v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Char" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuangzhuang Liu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Jacqueline" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Davieau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Graciela Delgado" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-40062-x" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235641v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thien-Phong Vu Manh" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Popoff" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41590-023-01454-9" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04465806v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette van Steenwinckel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Bokobza" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Laforge" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle K Shearer" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique E Miron" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.24474" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204567v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pujol" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.immuni.2023.03.004" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479440v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267377v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Shearer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Miron" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867634v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Kharbouche" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matei Teleman" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.immuni.2022.10.005" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03763611v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikita Mikhailov" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Virenque" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kseniia Koroleva" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-12540-7" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981736v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41590-020-0792-4" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03183813v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alais Sandrine" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquier Amandine" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jegado Brice" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Journo Chlo&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rua R&#233;jane" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0006812" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02313509v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lambert" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Couteaudier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gouzil" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Richard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Montange" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1007293" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01764672v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Kwong" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanyuan Gao" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Flickinger" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Wang" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ni.3816" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181565v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolien Vermeire" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand Roesch" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sauter" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Hotter" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2016.09.023" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01414639v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gessain" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Buseyne" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2016.06.010" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01380758v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Betsem" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Mouinga-Ond&#233;m&#233;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirdad Kazanji" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.01798-15" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826381v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coviro.2014.12.003" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01372392v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Porrot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicoletta Casartelli" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.02098-15" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00924974v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1742-4690-11-S1-O71" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01426496v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.01801-14" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01108608v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Malbec" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Horwitz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Klein" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20131244" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01372487v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Lepelley" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Schwartz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.06235-11" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/rejane-rua" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4289-3498" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/179412809" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/309916387" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/GLQ-7139-2022" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05494835v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amnah Al-Sayyar" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Salvon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narjess Haidar" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Schult" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Kassem" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-025-05897-1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375534v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Ngo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pierini-Malosse" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalissa Rahmani" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Valente" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Collinet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41590-025-02288-3" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946143v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rebejac" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Eme-Scolan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rejane Rua" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12950-023-00374-7" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04834088v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro da Mesquita" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;jane Rua" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.it.2024.03.007" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04465806v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette van Steenwinckel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Bokobza" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Laforge" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle K Shearer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique E Miron" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.24474" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236779v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Char" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuangzhuang Liu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Jacqueline" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Davieau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Graciela Delgado" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-40062-x" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235641v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thien-Phong Vu Manh" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Popoff" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41590-023-01454-9" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04236731v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Roussel-Queval" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Arnaud Paroutaud" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xpro.2023.102119" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204567v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pujol" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.immuni.2023.03.004" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267377v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Shearer" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Miron" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479440v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867634v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Kharbouche" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matei Teleman" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.immuni.2022.10.005" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03763611v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikita Mikhailov" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Virenque" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kseniia Koroleva" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-12540-7" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981736v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41590-020-0792-4" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03183813v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alais Sandrine" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquier Amandine" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jegado Brice" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Journo Chlo&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rua R&#233;jane" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0006812" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02313509v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lambert" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Couteaudier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gouzil" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Richard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Montange" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1007293" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01764672v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Kwong" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanyuan Gao" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Flickinger" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Wang" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ni.3816" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181565v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolien Vermeire" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand Roesch" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sauter" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Hotter" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2016.09.023" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01414639v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gessain" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Buseyne" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2016.06.010" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01380758v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Betsem" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Mouinga-Ond&#233;m&#233;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirdad Kazanji" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.01798-15" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826381v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coviro.2014.12.003" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01372392v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Porrot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicoletta Casartelli" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.02098-15" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00924974v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1742-4690-11-S1-O71" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01426496v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.01801-14" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01108608v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Malbec" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Horwitz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Klein" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20131244" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01372487v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Lepelley" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Schwartz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.06235-11" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>