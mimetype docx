--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Rémi Bénos </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Enseignant-chercheur, Département SHS de l'INU Champollion Albi / Laboratoire UMR 56032 GEODE CNRS-Université Toulouse 2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CONTACT : remi (point) benos (at) univ (tiret6) jfc (point) fr</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Révéler et qualifier les paysages nocturnes du quotidien - L'obscurité comme dimension de l'habiter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Ronzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Carnets du paysage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 47, pp.21-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05272116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maîtriser et cueillir. Une pensée de la liberté à travers l'aménagement du milieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">- [.]anonyme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 97 (1), 36 p. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/geocarrefour.22704⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04581131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire et travailler un objet de recherche en interdisciplinarité : l’exemple de l’environnement nocturne à La Réunion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 22, pp.23-45. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/traces.14581⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au sein du CNRS, un Observatoire de l’environnement nocturne pour accompagner la territorialisation de la lutte contre la pollution lumineuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers Clairaut</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 178, pp.27-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03748363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting the rural-urban linkages in East Africa: Continuity or breakdown in the spatial model of rural development ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Charlery de La Masselière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Thibaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Belgeo : Revue Belge de Géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 2020 (1), </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/belgeo.38669⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03203152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le territoire comme aporie. De quelques questionnements libertaires sur la patrimonialisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers du CFPCI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 224 (7), pp.113-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04581139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fenêtres sur ciel étoilé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Alpe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paysanneries et patrimonialisation dans les Suds. Ressources, conflits, arrangements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Thibaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association de géographes français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Paysanneries et patrimonialisation dans les Suds, 94 (2), pp.187-191. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/bagf.1237⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vente itinérante et activités touristiques dans les montagnes de Tanzanie Les espaces d'« entre-deux » de jeunes ruraux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Racaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Thibaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Charlery de La Masselière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Afrique Contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 259, pp.59-73. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/afco.259.0059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02321985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des nuits blanches sous un ciel noir ? La protection de la nuit, nouvelle préoccupation des territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENA Hors les murs, magazine des anciens élèves de l'ENA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, dossier thématique « Voyages au bout de la nuit », 453, pp.30-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01235683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consider the Darkness. From an Environmental and Sociotechnical Controversy to Innovation in Urban Lighting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Articulo - Journal of Urban Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Urban night. A time space of innovation, 11, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/articulo.3064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01562900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles nuits, pour quels territoires ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes sociaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, http://sms.hypotheses.org/3697</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01147945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conservation, valorisation, labellisation : la mise en patrimoine des hauts-lieux pyrénéens et les recompositions de l'action territoriale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vertigo : Revue de cinéma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 16,, pp.1-17. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.13631⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00969231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspectives sur la gouvernance des Grands Sites de France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers du Réseau des grands sites de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00969218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel patrimoine naturel pour construire l'action publique ? La &amp;quot;politique&amp;quot; des Grands Sites dans le massif du Canigou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sud-Ouest Européen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 30, pp.5-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00691117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'intentionnalité en géographie : une notion &amp;quot; clé &amp;quot; ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Gallas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géodoc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 55, pp. 81-91</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00941605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (53)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light pollution, a complex real-world problem to be tackled through an interdisciplinary approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Brouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GA 2024: 32. IAU General Assembly, Session of the Executive Committee Working Group Dark and Quiet Sky Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IAU (International Astronomical Union), Aug 2024, Cape Town, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04671593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photographier et phonographier : garder trace des paysages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Farrugia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Mariton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Sociétés Images &amp; Sons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENSFEA; Université Toulouse - Jean Jaurès; UMR5193 LISST (équipe Dynamiques Rurales), Jan 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04392418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Observatoire de l’environnement nocturne du CNRS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Brouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire de la Fédération des Parcs naturels régionaux de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fédération des Parcs naturels régionaux de France, Jun 2023, À distance, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04392952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer les systèmes socio-écologiques nocturnes par les paysages sonores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Farrugia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de restitution de l’appel à projets 2022 “Sciences participatives en situation d’interdisciplinarité”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mission pour les initiatives transverses et interdisciplinaires (MITI) du CNRS, Jan 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04378763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habiter les paysages nocturnes dans les Hauts de La Réunion. Une expérimentation fondée sur l’approche mésologique de l’environnement nocturne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Brouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiquer l'océan Indien la nuit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de La Réunion, Nov 2023, Saint-Denis, La Réunion</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04377044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Observatoire réunionnais de l'environnement nocturne. Discussion autour d’une démarche collective et transdisciplinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Delsaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de la Fédération de Recherche "Environnement et Société"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fédération de Recherche "Environnement et Société" (FR CNRS 3041), May 2023, Corte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trames noires du Massif central. Une recherche interventionnelle pour accompagner la territorialisation de la préservation de l’environnement nocturne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine écologie, environnement et biodiversité | DiPEE Occitanie Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut écologie et environnement (InÉE) du CNRS, May 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03748592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potentiel de l’éco-acoustique pour l’étude des rythmes et paysages d’un socio-écosystème de montagne : le cas exploratoire de la vallée du Vicdessos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Farrugia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clélia Sirami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire annuel de l’OHM Pyrénées-Haut Vicdessos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, OHM Pyrénées-Haut Vicdessos; LabEx DRIIHM, Sep 2022, Toulouse, France. 24p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03784122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The nocturnal environment, a boundary object to structure an interdisciplinary research field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’Union géographique internationale (UGI | IGU)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Session “Considering, protecting and promoting the night-time environment: a new interface of tensions and projects between cities and the countryside” (sous la dir. de Milian, J., &amp; Challéat, S.), Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03748485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Darkness as a resource for collective action in rural areas: the IPAMAC network experience (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’Union géographique internationale (UGI | IGU)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Session “Considering, protecting and promoting the night-time environment: a new interface of tensions and projects between cities and the countryside” (sous la dir. de Milian, J., &amp; Challéat, S.), Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03748504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PANTONE® 19-3924, ou la &amp;quot;normatisation&amp;quot; de l’obscurité dans les espaces de faible densité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Ronzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium of Labex DRIIHM 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LabEx DRIIHM, Sep 2021, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03749223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environnement : éviter l'effondrement ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cafés Géographiques albigeois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04584404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sons et lumières du Vicdessos. Explorations méthodologiques pour l’étude d’un socio-écosystème nocturne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Farrugia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Laforge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ohmpyr2020 : Séminaire de restitution des projets 2018-2019 de l'OHM Pyrénées Haut Vicdessos 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS UMR 5602 GEODE, Jan 2020, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03012765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sons et lumières du Haut Vicdessos. La nuit au prisme d’une écologie du son et de la lumière artificielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Laforge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clélia Sirami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Farrugia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04615239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le pouvoir de la nuit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expériences de l’anticapitalisme II. Ontologies et épistémologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, École des Hautes Études en Sciences Sociales (EHESS), May 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01564049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paysanneries et patrimonialisation dans les Suds : ressources, conflits, arrangements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Thibaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association de géographes français (AGF)/CNFG, Paris, Institut de Géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02636368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environnement et nocturnité. Des pollutions lumineuses aux paysages nocturnes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Béringuier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Desailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Puel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée DiPEE CNRS-InEE Midi-Pyrénées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts des mesures de préservation des sites naturels exceptionnels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Clarimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Vlès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Hatt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Moulinié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche : Les sites exceptionnels : quelle contribution au développement local ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Plan urbanisme construction architecture (PUCA); Ministère de l'Écologie, du Développement durable et de l'Énergie; Ministère de l'Égalité des Territoires, du Logement et de la Ruralité, Mar 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02556137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carnet de géographes : des chercheurs français au Kilimandjaro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Charlery de La Masselière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cafés géographiques albigeois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01436539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles nuits, pour quels territoires ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cohabiter les nuits urbaines. Penser, sentir et narrer la vie nocturne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMRs Lab'Urba, Lavue, Prodig, Mar 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03748447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La nuit étoilée : cœur ou marge du tourisme durable ? Mise en protection et valorisation touristique des réserves de ciel étoilé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sixièmes Journées scientifiques du tourisme durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Internationale de Management du Tourisme Durable, Jun 2015, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01564903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrimonialiser la nuit ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cafés Géographiques de Toulouse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01088676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrimonialiser la nuit ? Une appropriation de la transition énergétique dans les territoires touristiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences sociales et transitions énergétiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR 5194 PACTE; UMR 8568 CIRED, May 2015, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01564783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les paysages nocturnes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire PTT (Paysages, Territoires, Transitions) du Ministère de l’Écologie, du Développement durable et de l’Énergie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ministère de l’Écologie, du Développement durable et de l’Énergie, Dec 2015, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Role of the Night & the Northern Lights in the Production of a New Touristic Imaginary of the North</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Dynamics of Darkness in the North</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Reykjavik, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01087637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les thermes, le ski, et puis la nuit. Des stations illuminées à la valorisation des ressources environnementales nocturnes dans les territoires touristiques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trajectoires des aires et stations touristiques : dynamiques d'innovation, mises en tension et enjeux prospectifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01148543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Gardiens des étoiles”. Revisiter le couple territoires/nuit par l’écologie politique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Poméon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La nuit se lève</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Nocturnes, groupe de recherche en Anthropologie de la nuit, UMR CNRS 7186 LESC, Dec 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01564747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Considérer la nuit étoilée. La construction d'une ressource touristique territoriale : la Réserve Internationale de Ciel Etoilé du Pic du Midi de Bigorre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Poméon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Colloque International de l'Association ASTRES " Le tourisme hors des sentiers battus : coulisses, interstices et nouveaux territoires touristiques "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association AsTRES., May 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01015610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émancipation spatiale VS Aliénation territoriale. Une controverse de nos sociétés mobiles mais immobiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lima</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20e Biennale de géographie d'Avignon - Géopoint 2014 - " Controverses et géographies "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01015593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuit(s) et Territoire(s) : pratiques nocturnes, sciences sociales diurnes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Poméon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude du Collectif RENOIR, “Nuit(s) et Territoire(s)”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collectif RENOIR, Jul 2014, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01088660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les territoires regardent la nuit étoilée : constitution et configuration d'une nouvelle ressource touristique territoriale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Anthropologie de la Nuit (sous la direction de Jacques Galinier et Aurore Monod Becquelin), Maison Archéologie et Ethnologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00967207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mutations organisationnelles dans les hauts lieux du tourisme en Midi-Pyrénées : l'action publique territoriale hors des sentiers battus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacinthe Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Rayssac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Colloque International de l'Association ASTRES " Le tourisme hors des sentiers battus : coulisses, interstices et nouveaux territoires touristiques "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01015611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la mise en lumière du patrimoine à la patrimonialisation de la nuit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lumière et patrimoine : dispositifs Lumineux et espaces publics, regards croisés.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Liège, Nov 2014, Liège, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01087613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conquérir la Nature pour nourrir le Monde ? Une controverse géographique sur les usages de la technique en agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gisclard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20e Biennale de géographie d'Avignon - Géopoint 2014 - " Controverses et géographies "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Avignon, France. 3 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01015595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalogne, France, Espagne : le rôle des cultures nationales dans la production de nature monumentale et la labellisation des territoires touristiques frontaliers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop "Tourisme transfrontalier et cultures dans l'Eurorégion Pyrénées-Méditerranée", Université de Toulouse II-Le Mirail, Universitat Pompeu Fabra, Universitat Autònoma de Barcelona</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2014, Albi &amp; Foix, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00967198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D’un tourisme &amp;quot;dans la nuit&amp;quot; à un tourisme &amp;quot;de la nuit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Dupuy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuit Blanche à Paris, Comptoir des Presses d’Universités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Comptoir des Presses d’Universités, Oct 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01088669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activités de pleine nature & Réactivités des territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Rendez-vous du CESEC Quelles retombées peut-on attendre des activités de pleine nature ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Eus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00932264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Même durable, le tourisme ne suffit pas - action publique et innovation territoriale dans les Pyrénées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International " 4iémes journées scientifiques du Tourisme Durable " Tourisme responsable, vecteur d'innovation environnementale, sociale, économique et territoriale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00940581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Labels, marques et territoires. Une entrée par les dispositifs spatiaux du tourisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Rayssac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Soulenq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoire(s) Tourisme(s) Gouvernance(s) - Regards croisés Galice - Midi-Pyrénées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00940580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territoire, tourisme, gouvernance. De la multiplication des dispositifs de valorisation à leur mise en œuvre locale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Gambino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Rayssac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoire(s) Tourisme(s) Gouvernance(s) - Regards croisés Galice - Midi-Pyrénées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00940579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrimoine Mondial et gouvernance locale dans les hauts lieux du tourisme en Midi-Pyrénées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Rayssac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Patrimoine Unesco et valorisation du territoire : Albi destination et itinéraire touristique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00940578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse des 14èmes Rencontres des Grands Sites de France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Quelle gouvernance et quelle organisation pour la gestion des Grands Sites"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Vernet-les-Bains, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00969214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D'un versant à l'autre. Quinze ans de gestion du site transfrontalier Pyrénées-Mont Perdu classé au Patrimoine Mondial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Rayssac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40e anniversaire de la Convention du patrimoine mondial (1972-2012). L'invention de la " valeur universelle exceptionnelle "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00940577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse réflexive de la production de connaissances dans des thèses CIFRE en géographie-aménagement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Lenormand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spatialités et modernité : lieux, milieux et territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00704774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle(s) conception(s) du développement dans les Parcs Naturels Régionaux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Soulenq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de la Maison des Sciences de l'Homme et de la Société de Toulouse, "Les Implicites du développement"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00941572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conservation, Valorisation, Labellisation : mise en patrimoine des hauts lieux pyrénéens et recompositions de l'action territoriale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Patrimonialiser la nature : valeurs et processus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00704763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des postures du chercheur au travail du chargé de mission : le cas des bourses CIFRE dans l'action publique territoriale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Lenormand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les implicites de la recherche sur et pour le développement : expertise, recherche-action et observation participante</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00704762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cacher ces traces que je ne saurais voir&amp;quot; : travaux de revégétalisation et processus de patrimonialisation dans le Grand Site du massif du Canigó</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les plantes de montagne : regards et débats sur un patrimoine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Toulouse, France. pp.1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00704769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le point de vue des jeunes diplômés interdisciplinaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juhane Dascon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée NSS-Dialogues "Les formations interdisciplinaires : expériences, problèmes, perspectives"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00704752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'intentionnalité : une notion &amp;quot; clé &amp;quot; ? Eclairage pour l'analyse du rapport acteur/territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Gallas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude "Appréhender l'acteur en géographie"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00941581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PYRENEES-MONT PERDU PATRIMOINE MONDIAL: UN ESPACE MONTAGNARD A L'EPREUVE DE LA PROTECTION ET DE SA GESTION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Cazenave-Piarrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PYRENEES-MONT PERDU PATRIMOINE MONDIAL: UN ESPACE MONTAGNARD A L'EPREUVE DE LA PROTECTION ET DE SA GESTION</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, BAEZA, Espagne. pp.47-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00374871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction collective d'un sujet de recherche personnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire annuel du laboratoire DYNAMIQUES RURALES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00704732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moments de terrain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Gallas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Grosso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire interdisciplinaire de la MSH-T "Le chercheur et son terrain"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2006, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00704741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer les systèmes socio-écologiques nocturnes par les paysages sonores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Farrugia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de restitution de l’appel à projets 2022 “Sciences participatives en situation d’interdisciplinarité”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04378738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sons et lumières du Haut Vicdessos. La nuit au prisme d'une écologie du son et de la lumière artificielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Laforge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Farrugia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clélia Sirami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire annuel du LabEx DRIIHM (Dispositif de Recherche Interdisciplinaire sur les Interactions Hommes-Milieux)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Marseille, France. , </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.18803.58409⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01893285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La nuit étoilée, nouvel horizon des rapports des territoires à l’environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Festival International de Géographie de Saint-Dié-des-Vosges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Saint-Dié-des-Vosges, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique de l'anthropocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Argounès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Blanchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Blot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS, 927 p., 2020, 978-2-271-12427-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03267349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultures du risque en montagne - Le Pays Toy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Barrue-Pastor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Faraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Barrué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Itinéraires géographiques, 978-2-343-02327-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05248715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réfugié climatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pelletier Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique de l'anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, pp.701-704, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03282185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingénierie écologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique de l'anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, pp.483-486, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03282163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GP 2I (Grands Projets Inutiles et imposés)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Lebeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milanesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Pelenc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique de l'anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, pp.444-445, 2020, 978-2-271-12427-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03282141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utopie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique de l'anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, pp.794-798, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03299858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecologie sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pelletier Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique de l'anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, pp.314-316, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03282106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecologisme(s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique de l'anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, pp.296-300, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03282096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réfugié environnemental</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pelletier Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique de l'anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, pp.705-706, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03299856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrimoine naturel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique de l'anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, pp.623-626, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03282180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaginaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique de l'anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, pp.469-472, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03282144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neiges du Kilimandjaro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique de l'anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, pp.579-582, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03282175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géo-ingénierie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique de l'anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, pp.432-435, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03282135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compter ou conter la nature ? Production de données environnementales et enjeux de pouvoir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Blot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana G. Besteiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Coumel; Raphaël Morera; Alexis Vrignon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pouvoirs et environnement. Entre confiance et défiance, XVe-XXIe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, http://www.pur-editions.fr/detail.php?idOuv=4568, 2018, Pouvoirs et environnement. Entre confiance et défiance, XVe-XXIe siècle, 978-2-7535-6507-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03133923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La protection de la nuit d'un haut lieu touristique de montagne : la Réserve internationale de ciel étoilé du Pic du Midi comme nouvelle ressource territoriale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Poméon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie Delaplace; Maria Gravari-Barbas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouveaux territoires touristiques : invention, reconfigurations, repositionnements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses de l'Université du Québec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.55-82, 2016, Tourisme, 978-2-7605-4625-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01659157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chronique de l'histoire des risques dans le canton de Luz-Saint-Sauveur, ou l'évolution des rapports à la nature face au développement touristique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Monique Barrué-Pastor. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures du risque en montagne : Le Pays Toy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.159-170, 2014, Itinéraires géographiques, 978-2-343-02327-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00997838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le risque au coeur de la ressource touristique ? L'exemple des sports de montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Monique Barrué-Pastor. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures du risque en montagne : Le Pays Toy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.543-566, 2014, Itinéraires géographiques, 978-2-343-02327-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00997841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action publique et gestion des risques naturels en montagne : le canton de Luz-Saint-Sauveur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Monique Barrué-Pastor,. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures du risque en montagne : Le Pays Toy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.509-542, 2014, Itinéraires géographiques, 978-2-343-02327-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00997839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Table ronde ATECOPOL. Commission d'enquête sur le montage juridique et financier du projet d'autoroute A69</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cassou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milanesi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04584396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modes de vie et consommation énergétique des ménages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Lalanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Courcelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Jalaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02890288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La nuit est-elle un patrimoine comme les autres ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01015605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Pôles d'Excellence Rurale : processus, gouvernance et plus-value dans les trajectoires de développement des territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Bacconnier-Baylet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Barrue-Pastor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Barthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacinthe Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, 135 p. : annexes, graph., tabl</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00463775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobiliser la notion d'acteur en géographie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Debarbieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lajarge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Aldhuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Labussiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008, pp.126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00695014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note sur les « effets structurants » de l'A69, le « projet de territoire » et le « désenclavement » de Castres-Mazamet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Taulelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04133304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The nocturnal social-ecological systems of Réunion Island: challenges of knowledge and perspectives for action. Pre-proposal for a project in response to the AAPG2024 of the ANR.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Godet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04376952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet OUTRENOIR : Participation des populations habitantes à la caractérisation des socio-écosystèmes nocturnes des territoires réunionnais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Farrugia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04392494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Observatoire de l’environnement nocturne de La Réunion, un dispositif partenarial de recherche-action territorialisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Olivette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Prévost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03815890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OUTRENOIR, une exploration des paysages sonores nocturnes à Cilaos et au Tévelave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Farrugia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magalie Franchomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Mariton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Observatoire de l'environnement nocturne; CNRS; Mission pour les initiatives transverses et interdisciplinaires (MITI). 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport scientifique et financier de l'année 1 du projet OUTRENOIR : participation des populations habitantes à la caractérisation des socio-écosystèmes nocturnes des territoires réunionnais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Farrugia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04392509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase 1 du programme &amp;quot;Trames noires du Massif central&amp;quot; (IPAMAC). Compte-rendu intermédiaire. Visite du Parc naturel régional du Morvan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] IPAMAC (Association inter-Parcs du Massif central); Région Auvergne-Rhône-Alpes; ANCT (Agence nationale de la cohésion des territoires); UMR5602 GÉODE (CNRS); Collectif RENOIR / Observatoire de l'environnement nocturne. 2022, pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03749162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme-cadre FENOIR (Figurations de l’environnement nocturne des territoires réunionnais). Rapport d’étape pour le Parc national de La Réunion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Ronzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Parc national de La Réunion; CNRS; Observatoire de l'environnement nocturne. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03747762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase 1 du programme &amp;quot;Trames noires du Massif central&amp;quot; (IPAMAC). Compte-rendu intermédiaire. Visite du Parc naturel régional des Monts d'Ardèche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] IPAMAC (Association inter-Parcs du Massif central); Région Auvergne-Rhône-Alpes; ANCT (Agence nationale de la cohésion des territoires); UMR5602 GÉODE (CNRS); Collectif RENOIR / Observatoire de l'environnement nocturne. 2022, pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03749153v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de l'atelier de lancement de la Phase 1 du programme &amp;quot;Trames noires du Massif central&amp;quot; (IPAMAC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Association Inter-Parcs du Massif central (IPAMAC); Région Auvergne-Rhône-Alpes; FNADT (Fonds National d'Aménagement et de Développement du Territoire); Union Européenne; UMR5602 GÉODE (CNRS); Collectif RENOIR / Observatoire de l'environnement nocturne. 2022, pp.30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03749115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase 1 du programme &amp;quot;Trames noires du Massif central&amp;quot; (IPAMAC). Compte-rendu intermédiaire. Visite du Parc naturel régional Périgord-Limousin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] IPAMAC (Association inter-Parcs du Massif central); Région Auvergne-Rhône-Alpes; ANCT (Agence nationale de la cohésion des territoires); Union Européenne; UMR5602 GÉODE (CNRS); Collectif RENOIR / Observatoire de l'environnement nocturne. 2022, pp.26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03749170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase 1 du programme &amp;quot;Trames noires du Massif central&amp;quot; (IPAMAC, 2020). Compte-rendu intermédiaire. Visite du Parc naturel régional du Pilat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] IPAMAC (Association inter-Parcs du Massif central); Région Auvergne-Rhône-Alpes; ANCT (Agence nationale de la cohésion des territoires); Union Européenne; UMR5602 GÉODE (CNRS); Collectif RENOIR / Observatoire de l'environnement nocturne. 2022, pp.42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03749174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase 1 du programme &amp;quot;Trames noires du Massif central&amp;quot; (IPAMAC). Compte-rendu intermédiaire. Visite du Parc national des Cévennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] IPAMAC (Association inter-Parcs du Massif central); Région Auvergne-Rhône-Alpes; ANCT (Agence nationale de la cohésion des territoires); Union Européenne; UMR5602 GÉODE (CNRS); Collectif RENOIR / Observatoire de l'environnement nocturne. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03749127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase 2 du programme &amp;quot;Trames noires du Massif central&amp;quot; (IPAMAC). Compte-rendu intermédiaire. Visite du Parc naturel régional de l'Aubrac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] IPAMAC (Association inter-Parcs du Massif central); Région Auvergne-Rhône-Alpes; ANCT (Agence nationale de la cohésion des territoires); Union Européenne; UMR5602 GÉODE (CNRS); Collectif RENOIR / Observatoire de l'environnement nocturne. 2021, pp.38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03749133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase 2 du programme &amp;quot;Trames noires du Massif central&amp;quot; (IPAMAC). Compte-rendu intermédiaire. Visite du Parc naturel régional Livradois-Forez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] IPAMAC (Association inter-Parcs du Massif central); Région Auvergne-Rhône-Alpes; ANCT (Agence nationale de la cohésion des territoires); UMR5602 GÉODE (CNRS); Collectif RENOIR / Observatoire de l'environnement nocturne. 2021, pp.26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03749137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase 2 du programme &amp;quot;Trames noires du Massif central&amp;quot; (IPAMAC, 2020). Compte-rendu intermédiaire. Visite du Parc naturel régional de Millevaches en Limousin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] IPAMAC (Association inter-Parcs du Massif central); Région Auvergne-Rhône-Alpes; ANCT (Agence nationale de la cohésion des territoires); UMR5602 GÉODE (CNRS); Collectif RENOIR / Observatoire de l'environnement nocturne. 2020, pp.52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03749147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts des mesures de préservation des grands sites naturels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Vlès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Clarimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatt Emeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Piriou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Ministère de l'écologie et du développement durable; Ministère du logement; Plan Urbanisme Construction et Architecture. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01465068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport scientifique intermédiaire 2015. Impacts des mesures de préservation des grands sites naturels.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Vlès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Clarimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Hatt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Piriou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] UMR CERTOP 5044. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01288187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les hauts lieux du tourisme en Midi-Pyrénées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Rayssac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Barthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacinthe Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Gambino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Université Fédérale de Toulouse; Université Toulouse - Jean Jaurès; CNRS ; UMR CERTOP; UMR Dynamiques Rurales; ISTHIA. 2015, 163 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01278583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrimonialisation de la montagne et action publique territorialisée : la politique &amp;quot;Grand site&amp;quot; dans le massif du Canigou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographie. Université Toulouse le Mirail - Toulouse II, 2011. Français. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2011TOU20137⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00694209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId207"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Rémi Bénos </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Enseignant-chercheur, Département SHS de l'INU Champollion Albi / Laboratoire UMR 56032 GEODE CNRS-Université Toulouse 2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CONTACT : remi (point) benos (at) univ (tiret6) jfc (point) fr</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Révéler et qualifier les paysages nocturnes du quotidien - L'obscurité comme dimension de l'habiter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Ronzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Carnets du paysage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 47, pp.21-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05272116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maîtriser et cueillir. Une pensée de la liberté à travers l'aménagement du milieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">- [.]anonyme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 97 (1), 36 p. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/geocarrefour.22704⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04581131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire et travailler un objet de recherche en interdisciplinarité : l’exemple de l’environnement nocturne à La Réunion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 22, pp.23-45. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/traces.14581⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au sein du CNRS, un Observatoire de l’environnement nocturne pour accompagner la territorialisation de la lutte contre la pollution lumineuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers Clairaut</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 178, pp.27-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03748363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting the rural-urban linkages in East Africa: Continuity or breakdown in the spatial model of rural development ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Charlery de La Masselière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Thibaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Belgeo : Revue Belge de Géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 2020 (1), </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/belgeo.38669⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03203152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le territoire comme aporie. De quelques questionnements libertaires sur la patrimonialisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers du CFPCI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 224 (7), pp.113-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04581139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fenêtres sur ciel étoilé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Alpe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paysanneries et patrimonialisation dans les Suds. Ressources, conflits, arrangements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Thibaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association de géographes français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Paysanneries et patrimonialisation dans les Suds, 94 (2), pp.187-191. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/bagf.1237⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vente itinérante et activités touristiques dans les montagnes de Tanzanie Les espaces d'« entre-deux » de jeunes ruraux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Racaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Thibaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Charlery de La Masselière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Afrique Contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 259, pp.59-73. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/afco.259.0059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02321985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consider the Darkness. From an Environmental and Sociotechnical Controversy to Innovation in Urban Lighting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Articulo - Journal of Urban Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Urban night. A time space of innovation, 11, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/articulo.3064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01562900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des nuits blanches sous un ciel noir ? La protection de la nuit, nouvelle préoccupation des territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENA Hors les murs, magazine des anciens élèves de l'ENA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, dossier thématique « Voyages au bout de la nuit », 453, pp.30-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01235683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles nuits, pour quels territoires ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes sociaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, http://sms.hypotheses.org/3697</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01147945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conservation, valorisation, labellisation : la mise en patrimoine des hauts-lieux pyrénéens et les recompositions de l'action territoriale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vertigo : Revue de cinéma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 16,, pp.1-17. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.13631⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00969231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspectives sur la gouvernance des Grands Sites de France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers du Réseau des grands sites de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00969218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel patrimoine naturel pour construire l'action publique ? La &amp;quot;politique&amp;quot; des Grands Sites dans le massif du Canigou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sud-Ouest Européen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 30, pp.5-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00691117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'intentionnalité en géographie : une notion &amp;quot; clé &amp;quot; ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Gallas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géodoc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 55, pp. 81-91</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00941605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (53)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photographier et phonographier : garder trace des paysages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Farrugia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Mariton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Sociétés Images &amp; Sons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENSFEA; Université Toulouse - Jean Jaurès; UMR5193 LISST (équipe Dynamiques Rurales), Jan 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04392418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light pollution, a complex real-world problem to be tackled through an interdisciplinary approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Brouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GA 2024: 32. IAU General Assembly, Session of the Executive Committee Working Group Dark and Quiet Sky Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IAU (International Astronomical Union), Aug 2024, Cape Town, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04671593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Observatoire de l’environnement nocturne du CNRS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Brouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire de la Fédération des Parcs naturels régionaux de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fédération des Parcs naturels régionaux de France, Jun 2023, À distance, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04392952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habiter les paysages nocturnes dans les Hauts de La Réunion. Une expérimentation fondée sur l’approche mésologique de l’environnement nocturne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Brouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiquer l'océan Indien la nuit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de La Réunion, Nov 2023, Saint-Denis, La Réunion</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04377044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer les systèmes socio-écologiques nocturnes par les paysages sonores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Farrugia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de restitution de l’appel à projets 2022 “Sciences participatives en situation d’interdisciplinarité”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mission pour les initiatives transverses et interdisciplinaires (MITI) du CNRS, Jan 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04378763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Observatoire réunionnais de l'environnement nocturne. Discussion autour d’une démarche collective et transdisciplinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Delsaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de la Fédération de Recherche "Environnement et Société"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fédération de Recherche "Environnement et Société" (FR CNRS 3041), May 2023, Corte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potentiel de l’éco-acoustique pour l’étude des rythmes et paysages d’un socio-écosystème de montagne : le cas exploratoire de la vallée du Vicdessos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Farrugia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clélia Sirami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire annuel de l’OHM Pyrénées-Haut Vicdessos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, OHM Pyrénées-Haut Vicdessos; LabEx DRIIHM, Sep 2022, Toulouse, France. 24p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03784122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The nocturnal environment, a boundary object to structure an interdisciplinary research field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’Union géographique internationale (UGI | IGU)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Session “Considering, protecting and promoting the night-time environment: a new interface of tensions and projects between cities and the countryside” (sous la dir. de Milian, J., &amp; Challéat, S.), Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03748485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trames noires du Massif central. Une recherche interventionnelle pour accompagner la territorialisation de la préservation de l’environnement nocturne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine écologie, environnement et biodiversité | DiPEE Occitanie Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut écologie et environnement (InÉE) du CNRS, May 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03748592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Darkness as a resource for collective action in rural areas: the IPAMAC network experience (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’Union géographique internationale (UGI | IGU)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Session “Considering, protecting and promoting the night-time environment: a new interface of tensions and projects between cities and the countryside” (sous la dir. de Milian, J., &amp; Challéat, S.), Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03748504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environnement : éviter l'effondrement ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cafés Géographiques albigeois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04584404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PANTONE® 19-3924, ou la &amp;quot;normatisation&amp;quot; de l’obscurité dans les espaces de faible densité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Ronzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium of Labex DRIIHM 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LabEx DRIIHM, Sep 2021, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03749223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sons et lumières du Vicdessos. Explorations méthodologiques pour l’étude d’un socio-écosystème nocturne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Farrugia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Laforge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ohmpyr2020 : Séminaire de restitution des projets 2018-2019 de l'OHM Pyrénées Haut Vicdessos 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS UMR 5602 GEODE, Jan 2020, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03012765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sons et lumières du Haut Vicdessos. La nuit au prisme d’une écologie du son et de la lumière artificielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Laforge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clélia Sirami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Farrugia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04615239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le pouvoir de la nuit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expériences de l’anticapitalisme II. Ontologies et épistémologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, École des Hautes Études en Sciences Sociales (EHESS), May 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01564049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paysanneries et patrimonialisation dans les Suds : ressources, conflits, arrangements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Thibaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association de géographes français (AGF)/CNFG, Paris, Institut de Géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02636368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environnement et nocturnité. Des pollutions lumineuses aux paysages nocturnes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Béringuier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Desailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Puel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée DiPEE CNRS-InEE Midi-Pyrénées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts des mesures de préservation des sites naturels exceptionnels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Clarimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Vlès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Hatt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Moulinié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche : Les sites exceptionnels : quelle contribution au développement local ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Plan urbanisme construction architecture (PUCA); Ministère de l'Écologie, du Développement durable et de l'Énergie; Ministère de l'Égalité des Territoires, du Logement et de la Ruralité, Mar 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02556137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carnet de géographes : des chercheurs français au Kilimandjaro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Charlery de La Masselière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cafés géographiques albigeois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01436539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles nuits, pour quels territoires ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cohabiter les nuits urbaines. Penser, sentir et narrer la vie nocturne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMRs Lab'Urba, Lavue, Prodig, Mar 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03748447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La nuit étoilée : cœur ou marge du tourisme durable ? Mise en protection et valorisation touristique des réserves de ciel étoilé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sixièmes Journées scientifiques du tourisme durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Internationale de Management du Tourisme Durable, Jun 2015, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01564903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrimonialiser la nuit ? Une appropriation de la transition énergétique dans les territoires touristiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences sociales et transitions énergétiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR 5194 PACTE; UMR 8568 CIRED, May 2015, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01564783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrimonialiser la nuit ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cafés Géographiques de Toulouse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01088676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Role of the Night & the Northern Lights in the Production of a New Touristic Imaginary of the North</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Dynamics of Darkness in the North</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Reykjavik, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01087637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les paysages nocturnes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire PTT (Paysages, Territoires, Transitions) du Ministère de l’Écologie, du Développement durable et de l’Énergie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ministère de l’Écologie, du Développement durable et de l’Énergie, Dec 2015, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les thermes, le ski, et puis la nuit. Des stations illuminées à la valorisation des ressources environnementales nocturnes dans les territoires touristiques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trajectoires des aires et stations touristiques : dynamiques d'innovation, mises en tension et enjeux prospectifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01148543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Gardiens des étoiles”. Revisiter le couple territoires/nuit par l’écologie politique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Poméon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La nuit se lève</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Nocturnes, groupe de recherche en Anthropologie de la nuit, UMR CNRS 7186 LESC, Dec 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01564747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les territoires regardent la nuit étoilée : constitution et configuration d'une nouvelle ressource touristique territoriale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Anthropologie de la Nuit (sous la direction de Jacques Galinier et Aurore Monod Becquelin), Maison Archéologie et Ethnologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00967207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuit(s) et Territoire(s) : pratiques nocturnes, sciences sociales diurnes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Poméon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude du Collectif RENOIR, “Nuit(s) et Territoire(s)”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collectif RENOIR, Jul 2014, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01088660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Considérer la nuit étoilée. La construction d'une ressource touristique territoriale : la Réserve Internationale de Ciel Etoilé du Pic du Midi de Bigorre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Poméon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Colloque International de l'Association ASTRES " Le tourisme hors des sentiers battus : coulisses, interstices et nouveaux territoires touristiques "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association AsTRES., May 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01015610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émancipation spatiale VS Aliénation territoriale. Une controverse de nos sociétés mobiles mais immobiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lima</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20e Biennale de géographie d'Avignon - Géopoint 2014 - " Controverses et géographies "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01015593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mutations organisationnelles dans les hauts lieux du tourisme en Midi-Pyrénées : l'action publique territoriale hors des sentiers battus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacinthe Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Rayssac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Colloque International de l'Association ASTRES " Le tourisme hors des sentiers battus : coulisses, interstices et nouveaux territoires touristiques "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01015611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la mise en lumière du patrimoine à la patrimonialisation de la nuit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lumière et patrimoine : dispositifs Lumineux et espaces publics, regards croisés.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Liège, Nov 2014, Liège, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01087613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conquérir la Nature pour nourrir le Monde ? Une controverse géographique sur les usages de la technique en agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gisclard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20e Biennale de géographie d'Avignon - Géopoint 2014 - " Controverses et géographies "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Avignon, France. 3 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01015595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalogne, France, Espagne : le rôle des cultures nationales dans la production de nature monumentale et la labellisation des territoires touristiques frontaliers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop "Tourisme transfrontalier et cultures dans l'Eurorégion Pyrénées-Méditerranée", Université de Toulouse II-Le Mirail, Universitat Pompeu Fabra, Universitat Autònoma de Barcelona</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2014, Albi &amp; Foix, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00967198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D’un tourisme &amp;quot;dans la nuit&amp;quot; à un tourisme &amp;quot;de la nuit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Dupuy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuit Blanche à Paris, Comptoir des Presses d’Universités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Comptoir des Presses d’Universités, Oct 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01088669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territoire, tourisme, gouvernance. De la multiplication des dispositifs de valorisation à leur mise en œuvre locale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Gambino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Rayssac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoire(s) Tourisme(s) Gouvernance(s) - Regards croisés Galice - Midi-Pyrénées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00940579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Même durable, le tourisme ne suffit pas - action publique et innovation territoriale dans les Pyrénées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International " 4iémes journées scientifiques du Tourisme Durable " Tourisme responsable, vecteur d'innovation environnementale, sociale, économique et territoriale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00940581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Labels, marques et territoires. Une entrée par les dispositifs spatiaux du tourisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Rayssac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Soulenq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoire(s) Tourisme(s) Gouvernance(s) - Regards croisés Galice - Midi-Pyrénées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00940580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activités de pleine nature & Réactivités des territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Rendez-vous du CESEC Quelles retombées peut-on attendre des activités de pleine nature ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Eus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00932264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrimoine Mondial et gouvernance locale dans les hauts lieux du tourisme en Midi-Pyrénées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Rayssac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Patrimoine Unesco et valorisation du territoire : Albi destination et itinéraire touristique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00940578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse des 14èmes Rencontres des Grands Sites de France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Quelle gouvernance et quelle organisation pour la gestion des Grands Sites"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Vernet-les-Bains, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00969214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D'un versant à l'autre. Quinze ans de gestion du site transfrontalier Pyrénées-Mont Perdu classé au Patrimoine Mondial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Rayssac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40e anniversaire de la Convention du patrimoine mondial (1972-2012). L'invention de la " valeur universelle exceptionnelle "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00940577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse réflexive de la production de connaissances dans des thèses CIFRE en géographie-aménagement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Lenormand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spatialités et modernité : lieux, milieux et territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00704774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle(s) conception(s) du développement dans les Parcs Naturels Régionaux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Soulenq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de la Maison des Sciences de l'Homme et de la Société de Toulouse, "Les Implicites du développement"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00941572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conservation, Valorisation, Labellisation : mise en patrimoine des hauts lieux pyrénéens et recompositions de l'action territoriale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Patrimonialiser la nature : valeurs et processus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00704763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des postures du chercheur au travail du chargé de mission : le cas des bourses CIFRE dans l'action publique territoriale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Lenormand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les implicites de la recherche sur et pour le développement : expertise, recherche-action et observation participante</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00704762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cacher ces traces que je ne saurais voir&amp;quot; : travaux de revégétalisation et processus de patrimonialisation dans le Grand Site du massif du Canigó</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les plantes de montagne : regards et débats sur un patrimoine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Toulouse, France. pp.1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00704769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le point de vue des jeunes diplômés interdisciplinaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juhane Dascon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée NSS-Dialogues "Les formations interdisciplinaires : expériences, problèmes, perspectives"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00704752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'intentionnalité : une notion &amp;quot; clé &amp;quot; ? Eclairage pour l'analyse du rapport acteur/territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Gallas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude "Appréhender l'acteur en géographie"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00941581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PYRENEES-MONT PERDU PATRIMOINE MONDIAL: UN ESPACE MONTAGNARD A L'EPREUVE DE LA PROTECTION ET DE SA GESTION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Cazenave-Piarrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PYRENEES-MONT PERDU PATRIMOINE MONDIAL: UN ESPACE MONTAGNARD A L'EPREUVE DE LA PROTECTION ET DE SA GESTION</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, BAEZA, Espagne. pp.47-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00374871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction collective d'un sujet de recherche personnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire annuel du laboratoire DYNAMIQUES RURALES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00704732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moments de terrain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Gallas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Grosso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire interdisciplinaire de la MSH-T "Le chercheur et son terrain"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2006, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00704741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer les systèmes socio-écologiques nocturnes par les paysages sonores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Farrugia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de restitution de l’appel à projets 2022 “Sciences participatives en situation d’interdisciplinarité”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04378738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sons et lumières du Haut Vicdessos. La nuit au prisme d'une écologie du son et de la lumière artificielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Laforge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Farrugia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clélia Sirami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire annuel du LabEx DRIIHM (Dispositif de Recherche Interdisciplinaire sur les Interactions Hommes-Milieux)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Marseille, France. , </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.18803.58409⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01893285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La nuit étoilée, nouvel horizon des rapports des territoires à l’environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Festival International de Géographie de Saint-Dié-des-Vosges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Saint-Dié-des-Vosges, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique de l'anthropocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Argounès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Blanchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Blot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS, 927 p., 2020, 978-2-271-12427-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03267349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultures du risque en montagne - Le Pays Toy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Barrue-Pastor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Faraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Barrué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Itinéraires géographiques, 978-2-343-02327-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05248715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réfugié climatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pelletier Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique de l'anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, pp.701-704, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03282185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingénierie écologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique de l'anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, pp.483-486, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03282163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GP 2I (Grands Projets Inutiles et imposés)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Lebeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milanesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Pelenc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique de l'anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, pp.444-445, 2020, 978-2-271-12427-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03282141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utopie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique de l'anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, pp.794-798, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03299858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecologie sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pelletier Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique de l'anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, pp.314-316, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03282106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecologisme(s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique de l'anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, pp.296-300, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03282096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réfugié environnemental</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pelletier Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique de l'anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, pp.705-706, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03299856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrimoine naturel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique de l'anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, pp.623-626, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03282180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaginaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique de l'anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, pp.469-472, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03282144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neiges du Kilimandjaro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique de l'anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, pp.579-582, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03282175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géo-ingénierie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique de l'anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, pp.432-435, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03282135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compter ou conter la nature ? Production de données environnementales et enjeux de pouvoir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Blot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana G. Besteiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Coumel; Raphaël Morera; Alexis Vrignon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pouvoirs et environnement. Entre confiance et défiance, XVe-XXIe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, http://www.pur-editions.fr/detail.php?idOuv=4568, 2018, Pouvoirs et environnement. Entre confiance et défiance, XVe-XXIe siècle, 978-2-7535-6507-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03133923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La protection de la nuit d'un haut lieu touristique de montagne : la Réserve internationale de ciel étoilé du Pic du Midi comme nouvelle ressource territoriale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Poméon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie Delaplace; Maria Gravari-Barbas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouveaux territoires touristiques : invention, reconfigurations, repositionnements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses de l'Université du Québec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.55-82, 2016, Tourisme, 978-2-7605-4625-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01659157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le risque au coeur de la ressource touristique ? L'exemple des sports de montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Monique Barrué-Pastor. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures du risque en montagne : Le Pays Toy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.543-566, 2014, Itinéraires géographiques, 978-2-343-02327-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00997841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chronique de l'histoire des risques dans le canton de Luz-Saint-Sauveur, ou l'évolution des rapports à la nature face au développement touristique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Monique Barrué-Pastor. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures du risque en montagne : Le Pays Toy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.159-170, 2014, Itinéraires géographiques, 978-2-343-02327-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00997838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action publique et gestion des risques naturels en montagne : le canton de Luz-Saint-Sauveur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Monique Barrué-Pastor,. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures du risque en montagne : Le Pays Toy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.509-542, 2014, Itinéraires géographiques, 978-2-343-02327-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00997839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Table ronde ATECOPOL. Commission d'enquête sur le montage juridique et financier du projet d'autoroute A69</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cassou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milanesi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04584396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modes de vie et consommation énergétique des ménages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Lalanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Courcelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Jalaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02890288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La nuit est-elle un patrimoine comme les autres ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01015605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Pôles d'Excellence Rurale : processus, gouvernance et plus-value dans les trajectoires de développement des territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Bacconnier-Baylet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Barrue-Pastor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Barthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacinthe Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, 135 p. : annexes, graph., tabl</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00463775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobiliser la notion d'acteur en géographie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Debarbieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lajarge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Aldhuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Labussiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008, pp.126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00695014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note sur les « effets structurants » de l'A69, le « projet de territoire » et le « désenclavement » de Castres-Mazamet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Taulelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04133304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The nocturnal social-ecological systems of Réunion Island: challenges of knowledge and perspectives for action. Pre-proposal for a project in response to the AAPG2024 of the ANR.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Godet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04376952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet OUTRENOIR : Participation des populations habitantes à la caractérisation des socio-écosystèmes nocturnes des territoires réunionnais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Farrugia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04392494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Observatoire de l’environnement nocturne de La Réunion, un dispositif partenarial de recherche-action territorialisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Olivette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Prévost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03815890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OUTRENOIR, une exploration des paysages sonores nocturnes à Cilaos et au Tévelave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Farrugia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magalie Franchomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Mariton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Observatoire de l'environnement nocturne; CNRS; Mission pour les initiatives transverses et interdisciplinaires (MITI). 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport scientifique et financier de l'année 1 du projet OUTRENOIR : participation des populations habitantes à la caractérisation des socio-écosystèmes nocturnes des territoires réunionnais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Farrugia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04392509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase 1 du programme &amp;quot;Trames noires du Massif central&amp;quot; (IPAMAC). Compte-rendu intermédiaire. Visite du Parc naturel régional du Morvan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] IPAMAC (Association inter-Parcs du Massif central); Région Auvergne-Rhône-Alpes; ANCT (Agence nationale de la cohésion des territoires); UMR5602 GÉODE (CNRS); Collectif RENOIR / Observatoire de l'environnement nocturne. 2022, pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03749162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme-cadre FENOIR (Figurations de l’environnement nocturne des territoires réunionnais). Rapport d’étape pour le Parc national de La Réunion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Ronzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Parc national de La Réunion; CNRS; Observatoire de l'environnement nocturne. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03747762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase 1 du programme &amp;quot;Trames noires du Massif central&amp;quot; (IPAMAC). Compte-rendu intermédiaire. Visite du Parc naturel régional des Monts d'Ardèche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] IPAMAC (Association inter-Parcs du Massif central); Région Auvergne-Rhône-Alpes; ANCT (Agence nationale de la cohésion des territoires); UMR5602 GÉODE (CNRS); Collectif RENOIR / Observatoire de l'environnement nocturne. 2022, pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03749153v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de l'atelier de lancement de la Phase 1 du programme &amp;quot;Trames noires du Massif central&amp;quot; (IPAMAC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Association Inter-Parcs du Massif central (IPAMAC); Région Auvergne-Rhône-Alpes; FNADT (Fonds National d'Aménagement et de Développement du Territoire); Union Européenne; UMR5602 GÉODE (CNRS); Collectif RENOIR / Observatoire de l'environnement nocturne. 2022, pp.30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03749115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase 1 du programme &amp;quot;Trames noires du Massif central&amp;quot; (IPAMAC). Compte-rendu intermédiaire. Visite du Parc naturel régional Périgord-Limousin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] IPAMAC (Association inter-Parcs du Massif central); Région Auvergne-Rhône-Alpes; ANCT (Agence nationale de la cohésion des territoires); Union Européenne; UMR5602 GÉODE (CNRS); Collectif RENOIR / Observatoire de l'environnement nocturne. 2022, pp.26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03749170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase 1 du programme &amp;quot;Trames noires du Massif central&amp;quot; (IPAMAC, 2020). Compte-rendu intermédiaire. Visite du Parc naturel régional du Pilat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] IPAMAC (Association inter-Parcs du Massif central); Région Auvergne-Rhône-Alpes; ANCT (Agence nationale de la cohésion des territoires); Union Européenne; UMR5602 GÉODE (CNRS); Collectif RENOIR / Observatoire de l'environnement nocturne. 2022, pp.42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03749174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase 2 du programme &amp;quot;Trames noires du Massif central&amp;quot; (IPAMAC). Compte-rendu intermédiaire. Visite du Parc naturel régional Livradois-Forez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] IPAMAC (Association inter-Parcs du Massif central); Région Auvergne-Rhône-Alpes; ANCT (Agence nationale de la cohésion des territoires); UMR5602 GÉODE (CNRS); Collectif RENOIR / Observatoire de l'environnement nocturne. 2021, pp.26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03749137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase 2 du programme &amp;quot;Trames noires du Massif central&amp;quot; (IPAMAC). Compte-rendu intermédiaire. Visite du Parc naturel régional de l'Aubrac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] IPAMAC (Association inter-Parcs du Massif central); Région Auvergne-Rhône-Alpes; ANCT (Agence nationale de la cohésion des territoires); Union Européenne; UMR5602 GÉODE (CNRS); Collectif RENOIR / Observatoire de l'environnement nocturne. 2021, pp.38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03749133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase 1 du programme &amp;quot;Trames noires du Massif central&amp;quot; (IPAMAC). Compte-rendu intermédiaire. Visite du Parc national des Cévennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] IPAMAC (Association inter-Parcs du Massif central); Région Auvergne-Rhône-Alpes; ANCT (Agence nationale de la cohésion des territoires); Union Européenne; UMR5602 GÉODE (CNRS); Collectif RENOIR / Observatoire de l'environnement nocturne. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03749127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase 2 du programme &amp;quot;Trames noires du Massif central&amp;quot; (IPAMAC, 2020). Compte-rendu intermédiaire. Visite du Parc naturel régional de Millevaches en Limousin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Challéat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dany Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] IPAMAC (Association inter-Parcs du Massif central); Région Auvergne-Rhône-Alpes; ANCT (Agence nationale de la cohésion des territoires); UMR5602 GÉODE (CNRS); Collectif RENOIR / Observatoire de l'environnement nocturne. 2020, pp.52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03749147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport scientifique intermédiaire 2015. Impacts des mesures de préservation des grands sites naturels.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Vlès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Clarimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Hatt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Piriou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] UMR CERTOP 5044. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01288187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts des mesures de préservation des grands sites naturels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Vlès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Clarimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatt Emeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Piriou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Ministère de l'écologie et du développement durable; Ministère du logement; Plan Urbanisme Construction et Architecture. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01465068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les hauts lieux du tourisme en Midi-Pyrénées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Rayssac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Barthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacinthe Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Gambino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Université Fédérale de Toulouse; Université Toulouse - Jean Jaurès; CNRS ; UMR CERTOP; UMR Dynamiques Rurales; ISTHIA. 2015, 163 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01278583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrimonialisation de la montagne et action publique territorialisée : la politique &amp;quot;Grand site&amp;quot; dans le massif du Canigou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Bénos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographie. Université Toulouse le Mirail - Toulouse II, 2011. Français. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2011TOU20137⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00694209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId207"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272116v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Milian" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Ronzani" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Chall&#233;at" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi B&#233;nos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581131v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- [.]anonyme" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.22704" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160274v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Lapostolle" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Barr&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.14581" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748363v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203152v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Charlery de La Masseli&#232;re" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bart" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Thibaud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/belgeo.38669" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581139v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062125v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02618509v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.1237" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321985v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Racaud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/afco.259.0059" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01235683v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Dupuy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01562900v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/articulo.3064" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147945v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00969231v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.13631" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00969218v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00691117v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00941605v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Gallas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04671593v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Renaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Brouat" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04392418v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Farrugia" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Mariton" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04392952v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04378763v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04377044v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04098055v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Delsaut" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748592v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03784122v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Sirami" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748485v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748504v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749223v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584404v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012765v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Laforge" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04615239v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01564049v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02636368v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563933v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#233;ringuier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Desailly" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Puel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02556137v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Clarimont" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vl&#232;s" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Hatt" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Moulini&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01436539v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748447v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Girard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01564903v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088676v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01564783v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563930v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01087637v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01148543v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01564747v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pom&#233;on" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01015610v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01015593v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lima" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088660v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00967207v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01015611v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacinthe Bessi&#232;re" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rayssac" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01087613v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01015595v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gisclard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00967198v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088669v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00932264v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00940581v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00940580v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Soulenq" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00940579v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gambino" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00940578v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00969214v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00940577v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00704774v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lenormand" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00941572v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00704763v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00704762v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00704769v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00704752v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juhane Dascon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00941581v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374871v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cazenave-Piarrot" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00704732v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00704741v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Grosso" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04378738v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01893285v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.18803.58409" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563918v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267349v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Alexandre" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Argoun&#232;s" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Blanchon" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Blot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248715v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Barrue-Pastor" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Faraut" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Barru&#233;" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/cultures-du-risque-en-montagne/31659" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282185v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pelletier Philippe" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Roussel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282163v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282141v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Lebeau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Milanesi" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Pelenc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03299858v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282106v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282096v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03299856v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282180v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282144v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282175v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282135v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03133923v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Blot" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana G. Besteiro" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4568" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01659157v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puq.ca/catalogue/livres/nouveaux-territoires-touristiques-3089.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00997838v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00997841v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00997839v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584396v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bigo" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cassou" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890288v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Lalanne" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Courcelle" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jalaudin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Martin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01015605v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00463775v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bacconnier-Baylet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Barthe" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00695014v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Debarbieux" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lajarge" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aldhuy" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Labussiere" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04133304v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Taulelle" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04376952v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Godet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04392494v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03815890v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Olivette" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Pr&#233;vost" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04531481v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Franchomme" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04392509v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749162v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03747762v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749153v2" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749115v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749170v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749174v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749127v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749133v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749137v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749147v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465068v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatt Emeline" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Piriou" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288187v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278583v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00694209v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011TOU20137" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272116v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Milian" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Ronzani" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Chall&#233;at" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi B&#233;nos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581131v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- [.]anonyme" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.22704" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160274v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Lapostolle" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Barr&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.14581" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748363v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203152v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Charlery de La Masseli&#232;re" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bart" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Thibaud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/belgeo.38669" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581139v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062125v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02618509v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.1237" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321985v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Racaud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/afco.259.0059" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01562900v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/articulo.3064" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01235683v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Dupuy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147945v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00969231v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.13631" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00969218v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00691117v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00941605v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Gallas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04392418v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Farrugia" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Mariton" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04671593v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Renaud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Brouat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04392952v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04377044v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04378763v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04098055v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Delsaut" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03784122v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Sirami" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748485v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748592v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748504v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584404v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749223v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012765v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Laforge" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04615239v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01564049v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02636368v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563933v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#233;ringuier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Desailly" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Puel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02556137v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Clarimont" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vl&#232;s" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Hatt" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Moulini&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01436539v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748447v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Girard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01564903v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01564783v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088676v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01087637v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563930v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01148543v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01564747v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pom&#233;on" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00967207v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088660v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01015610v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01015593v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lima" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01015611v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacinthe Bessi&#232;re" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rayssac" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01087613v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01015595v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gisclard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00967198v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088669v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00940579v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gambino" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00940581v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00940580v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Soulenq" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00932264v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00940578v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00969214v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00940577v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00704774v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lenormand" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00941572v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00704763v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00704762v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00704769v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00704752v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juhane Dascon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00941581v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374871v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cazenave-Piarrot" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00704732v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00704741v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Grosso" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04378738v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01893285v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.18803.58409" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563918v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267349v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Alexandre" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Argoun&#232;s" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Blanchon" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Blot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248715v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Barrue-Pastor" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Faraut" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Barru&#233;" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/cultures-du-risque-en-montagne/31659" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282185v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pelletier Philippe" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Roussel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282163v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282141v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Lebeau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Milanesi" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Pelenc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03299858v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282106v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282096v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03299856v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282180v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282144v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282175v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282135v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03133923v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Blot" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana G. Besteiro" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4568" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01659157v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puq.ca/catalogue/livres/nouveaux-territoires-touristiques-3089.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00997841v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00997838v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00997839v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584396v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bigo" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cassou" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890288v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Lalanne" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Courcelle" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jalaudin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Martin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01015605v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00463775v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bacconnier-Baylet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Barthe" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00695014v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Debarbieux" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lajarge" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aldhuy" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Labussiere" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04133304v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Taulelle" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04376952v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Godet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04392494v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03815890v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Olivette" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Pr&#233;vost" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04531481v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Franchomme" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04392509v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749162v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03747762v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749153v2" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749115v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749170v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749174v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749137v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749133v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749127v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749147v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288187v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Piriou" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465068v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatt Emeline" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278583v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00694209v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011TOU20137" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>