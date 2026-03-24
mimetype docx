--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -351,295 +351,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04719137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Between Valleys and Mountains. The Dzedzvebi Plateau as an Intermediate Settlement Site of Late Chalcolithic and Early Bronze Age Communities in the Lesser Caucasus</w:t>
+                <w:t xml:space="preserve">Predictive use of modern reference osteological collections for disentangling the shape of Eurasian equid cheek teeth and metapodials in archaeological material</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Stöllner</w:t>
+                <w:t xml:space="preserve">Azadeh F Mohaseb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irina Gambashidze</w:t>
+                <w:t xml:space="preserve">Raphaël Cornette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ihab Al-Oumaoui</w:t>
+                <w:t xml:space="preserve">Michaela I Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tobias Baldus</w:t>
+                <w:t xml:space="preserve">Hossein Davoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archaeologia Austriaca</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 107, pp.65 - 136. </w:t>
+              <w:t xml:space="preserve">International Journal of Osteoarchaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1553/archaeologia107s65⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/oa.3255⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04353069v1</w:t>
+                <w:t xml:space="preserve">hal-04244998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predictive use of modern reference osteological collections for disentangling the shape of Eurasian equid cheek teeth and metapodials in archaeological material</w:t>
+                <w:t xml:space="preserve">Between Valleys and Mountains. The Dzedzvebi Plateau as an Intermediate Settlement Site of Late Chalcolithic and Early Bronze Age Communities in the Lesser Caucasus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Azadeh F Mohaseb</w:t>
+                <w:t xml:space="preserve">Thomas Stöllner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Cornette</w:t>
+                <w:t xml:space="preserve">Irina Gambashidze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michaela I Zimmermann</w:t>
+                <w:t xml:space="preserve">Ihab Al-Oumaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hossein Davoudi</w:t>
+                <w:t xml:space="preserve">Tobias Baldus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Osteoarchaeology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">Archaeologia Austriaca</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 107, pp.65 - 136. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/oa.3255⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1553/archaeologia107s65⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04244998v1</w:t>
+                <w:t xml:space="preserve">hal-04353069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are petrous bones just a repository of ancient biomolecules? Investigating biosystematic signals in sheep petrous bones using 3D geometric morphometrics</w:t>
               </w:r>
@@ -753,563 +753,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03806416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New data and perspectives on the early stages of the Neolithic in the Middle Kura River Valley (South Caucasus). The 2017–2019 excavations at Kiçik Tepe, Western Azerbaijan</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Extending the scale of obsidian studies: Towards a high‐resolution investigation of obsidian prehistoric circulation patterns in the southern Caucasus and north‐western Iran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Orange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giulio Palumbi</w:t>
+                <w:t xml:space="preserve">François-Xavier Le Bourdonnec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Farhad Guliyev</w:t>
+                <w:t xml:space="preserve">Damase Mouralis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Astruc</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Rémi Berthon</w:t>
+                <w:t xml:space="preserve">Bernard Gratuze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archaeological Research in Asia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ara.2021.100308⟩</w:t>
+              <w:t xml:space="preserve">Archaeometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 63 (5), pp.923-940. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/arcm.12660⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03432319v1</w:t>
+                <w:t xml:space="preserve">hal-03177295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonal calving in European Prehistoric cattle and its impacts on milk availability and cheese-making</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">EvoSheep : The Makeup of Sheep Breeds in the Ancient Near East</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Vila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Balasse</w:t>
+                <w:t xml:space="preserve">Philippe Abrahami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rosalind Gillis</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Lenka Kovačiková</w:t>
+                <w:t xml:space="preserve">Moussab Albesso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agraw Amane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-87674-1⟩</w:t>
+              <w:t xml:space="preserve">Antiquity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 95 (379), pp.e2, 1-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15184/aqy.2020.247⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03198672v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03402639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extending the scale of obsidian studies: Towards a high‐resolution investigation of obsidian prehistoric circulation patterns in the southern Caucasus and north‐western Iran</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie Orange</w:t>
+                <w:t xml:space="preserve">New data and perspectives on the early stages of the Neolithic in the Middle Kura River Valley (South Caucasus). The 2017–2019 excavations at Kiçik Tepe, Western Azerbaijan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulio Palumbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farhad Guliyev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François-Xavier Le Bourdonnec</w:t>
+                <w:t xml:space="preserve">Laurence Astruc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bernard Gratuze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archaeometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/arcm.12660⟩</w:t>
+              <w:t xml:space="preserve">Archaeological Research in Asia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27, pp.100308. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ara.2021.100308⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03177295v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03432319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EvoSheep : The Makeup of Sheep Breeds in the Ancient Near East</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Seasonal calving in European Prehistoric cattle and its impacts on milk availability and cheese-making</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Balasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Vila</w:t>
+                <w:t xml:space="preserve">Rosalind Gillis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Abrahami</w:t>
+                <w:t xml:space="preserve">Ivana Živaljević</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moussab Albesso</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Camille Bader</w:t>
+                <w:t xml:space="preserve">Lenka Kovačiková</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antiquity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 95 (379), pp.e2, 1-8. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15184/aqy.2020.247⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-87674-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03402639v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03198672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tracking the Near Eastern origins and European dispersal of the western house mouse</w:t>
               </w:r>
@@ -1691,333 +1691,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05464860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la domestication à l'hybridation, une brève histoire des relations entre les sociétés humaines et les camélidés à deux bosses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New light on the Late Prehistory of the South Caucasus: Data from the recent excavation campaings at Kültepe I in Nakhchivan, Azerbaijan (2012-2018)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Marro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veli Bakhshaliyev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjan Mashkour</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Canan Çakirlar</w:t>
+                <w:t xml:space="preserve">Judith Thomalsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ethnozootechnie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Paléorient</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 45 (1), pp.81-113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/paleorient.589⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02489772v1</w:t>
+                <w:t xml:space="preserve">hal-02489738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New light on the Late Prehistory of the South Caucasus: Data from the recent excavation campaings at Kültepe I in Nakhchivan, Azerbaijan (2012-2018)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">De la domestication à l'hybridation, une brève histoire des relations entre les sociétés humaines et les camélidés à deux bosses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Judith Thomalsky</w:t>
+                <w:t xml:space="preserve">Marjan Mashkour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pamela Burger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Canan Çakirlar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paléorient</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Ethnozootechnie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 106, pp.7-11</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02489738v1</w:t>
+                <w:t xml:space="preserve">hal-02489772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integration of Linearbandkeramik cattle husbandry in the forested landscape of the mid-Holocene climate optimum: Seasonal-scale investigations in Bohemia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lenka Kovačiková</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tresset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Balasse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Anthropological Archaeology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 51, pp.16-27. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2155,51 +2155,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yilmaz S Erdal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjan Mashkour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gülriz Kozbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2240,256 +2240,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02137071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A reply to G. Palumbi and C. Chataigner</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Veli Bakhshaliyev</w:t>
+                <w:t xml:space="preserve">Ritual and Identity in Rural Mesopotamia: Hirbemerdon Tepe and the Upper Tigris River Valley in the Middle Bronze Age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola Laneri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason Ur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anacleto D’agostino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paléorient</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">American Journal of Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 119 (4), pp.533-564. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3764/aja.119.4.0533⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01861806v1</w:t>
+                <w:t xml:space="preserve">hal-02137965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ritual and Identity in Rural Mesopotamia: Hirbemerdon Tepe and the Upper Tigris River Valley in the Middle Bronze Age</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Anacleto D’agostino</w:t>
+                <w:t xml:space="preserve">On the Genesis of the Kura-Araxes phenomenon: New evidence from Nakhchivan (Azerbaijan)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Marro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veli Bakhshaliyev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Archaeology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Paléorient</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 40-2, pp.131-154</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3764/aja.119.4.0533⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02137965v1</w:t>
+                <w:t xml:space="preserve">hal-01861805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Animal Resources in the Late Uruk Period Food Practices</w:t>
               </w:r>
@@ -2538,51 +2538,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02137055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Genesis of the Kura-Araxes phenomenon: New evidence from Nakhchivan (Azerbaijan)</w:t>
+                <w:t xml:space="preserve">A reply to G. Palumbi and C. Chataigner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Marro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veli Bakhshaliyev</w:t>
@@ -2591,354 +2591,354 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Paléorient</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 40-2, pp.131-154</w:t>
+              <w:t xml:space="preserve">, 2015, 41-2, pp.157-162</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01861805v1</w:t>
+                <w:t xml:space="preserve">hal-01861806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caravans, camel wrestling and cowrie shells: towards a social zooarchaeology of camel hybridization in Anatolia and adjacent regions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">Provisioning an Urban Center under Foreign Occupation. Zooarchaeological Insights into the Hittite Presence in Late Fourteenth-Century BCE Alalakh</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Canan Çakirlar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Gourichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Birch Suzanne Pilaar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murat Akar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anthropozoologica</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Eastern Mediterranean Archaeology &amp; Heritage Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2 (4), pp.259-276</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02138376v1</w:t>
+                <w:t xml:space="preserve">hal-02195100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Provisioning an Urban Center under Foreign Occupation. Zooarchaeological Insights into the Hittite Presence in Late Fourteenth-Century BCE Alalakh</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Past, Current and Future Contribution of Zooarchaeology to the Knowledge of the Neolithic and Chalcolithic Cultures in South Caucasus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Eastern Mediterranean Archaeology &amp; Heritage Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 2 (4), pp.259-276</w:t>
+              <w:t xml:space="preserve">Studies in Caucasian Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02195100v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02136934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Past, Current and Future Contribution of Zooarchaeology to the Knowledge of the Neolithic and Chalcolithic Cultures in South Caucasus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Caravans, camel wrestling and cowrie shells: towards a social zooarchaeology of camel hybridization in Anatolia and adjacent regions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Canan Çakirlar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Studies in Caucasian Archaeology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Anthropozoologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 49 (2), pp.237-252. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5252/az2014n2a06⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02136934v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02138376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the trail of Neolithic mice and men towards Transcaucasia: zooarchaeological clues from Nakhchivan (Azerbaijan)</w:t>
               </w:r>
@@ -3186,252 +3186,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02044013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Animal Remains from Tilbeşar Excavations, Southeast Anatolia, Turkey</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The Hirbemerdon Tepe Archaeological Project 2006-2007</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola Laneri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason Ur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Valentini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anacleto D’agostino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anatolia antiqua = Eski anadolu</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 16 (1), pp.23-51. </w:t>
+              <w:t xml:space="preserve">Anatolica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 34, pp.177-239. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3406/anata.2008.1248⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2143/ANA.34.0.2031567⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02138478v1</w:t>
+                <w:t xml:space="preserve">hal-02138508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Hirbemerdon Tepe Archaeological Project 2006-2007</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Animal Remains from Tilbeşar Excavations, Southeast Anatolia, Turkey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Berthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjan Mashkour</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anatolica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 34, pp.177-239. </w:t>
+              <w:t xml:space="preserve">Anatolia antiqua = Eski anadolu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 16 (1), pp.23-51. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2143/ANA.34.0.2031567⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3406/anata.2008.1248⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02138508v1</w:t>
+                <w:t xml:space="preserve">hal-02138478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (44)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3695,51 +3695,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Vuillien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jwana Chahoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hossein Davoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homa Fathi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3775,286 +3775,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05076513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why Migrations, Mobility and Innovations? A few words about the cultural-historical context of Late Prehistoric Caucasus and nearby regions</w:t>
+                <w:t xml:space="preserve">Anatomy of the Kültepe I culture. Its significance for unravelling the formation processes of the Caucasian Neolithic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Marro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">François-Xavier Le Bourdonnec</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Decaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veli Bakhshaliyev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Migrations, Mobility and Innovations: interpreting change between the Neolithic and the Early Bronze Age in the South Caucasus and Northern Iran (ca. 6200-2400 BCE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Catherine Marro; Rémi Berthon; Céline Bon; François-Xavier le Bourdonnec, Nov 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">World Neolithic Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Sanliurfa, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05525705v1</w:t>
+                <w:t xml:space="preserve">hal-05472444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anatomy of the Kültepe I culture. Its significance for unravelling the formation processes of the Caucasian Neolithic</w:t>
+                <w:t xml:space="preserve">Why Migrations, Mobility and Innovations? A few words about the cultural-historical context of Late Prehistoric Caucasus and nearby regions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Marro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Veli Bakhshaliyev</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Le Bourdonnec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Neolithic Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Sanliurfa, Turkey</w:t>
+              <w:t xml:space="preserve">Migrations, Mobility and Innovations: interpreting change between the Neolithic and the Early Bronze Age in the South Caucasus and Northern Iran (ca. 6200-2400 BCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Catherine Marro; Rémi Berthon; Céline Bon; François-Xavier le Bourdonnec, Nov 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05472444v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05525705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isotopic approach to animal biographies. Its potential and limits to investigate pastoral mobilities in the South Caucasus and Northwestern Iran from the Neolithic to the Bronze Age</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjan Mashkour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shiva Sheikhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4122,51 +4122,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Over the mountain and the vale. Modern reference datasets for documenting pastoral practices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjan Mashkour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4198,1075 +4198,1075 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03705562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are petrous bones just a repository of ancient molecules? Investigating biosystematic signals in caprine petrous bone using 3D virtual morphology</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Resolution and limits of isotopic approaches to puzzle out seasonal herd mobility. A modern case study from Azerbaijan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Giblin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Balasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjan Mashkour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Thévenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th symposium national de morphométrie et évolution des formes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ISEM, Montpellier, Jun 2021, Montpellier (France), France</w:t>
+              <w:t xml:space="preserve">EAA 2021 Widening horizons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Kiel (Visioconférence), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03992152v1</w:t>
+                <w:t xml:space="preserve">hal-03447167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polysource procurement at Nakhchivan Tepe (Azerbaijan, Chalcolithic): first insights into the obsidian consumption patterns of a Dalma site recently discovered in the Southern Caucasus</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Plant and animal consumption in Northwest Iran during the Bronze Age: an insight from Aliabad Tepe and Qaleh Sardar Bukan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolyne Douché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Decaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Decruyenaere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Homa Fathi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hossein Davoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Obsidian Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Sárospatak, Hungary. pp.121-132</w:t>
+              <w:t xml:space="preserve">27th Annual Meeting of the European Association of Archaeologists</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Kiel, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02157366v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03447043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seasonal calving in European prehistoric cattle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Balasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosalind E Gillis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivana Živaljević</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lenka Kovacikova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAA 2021 Widening horizons</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Kiel (Viosioconférence), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03447053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plant and animal consumption in Northwest Iran during the Bronze Age: an insight from Aliabad Tepe and Qaleh Sardar Bukan</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nature concepts et enjeux des référentiels isotopiques pour décrire les systèmes d’élevage du passé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Balasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Berthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zazzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjan Mashkour</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th Annual Meeting of the European Association of Archaeologists</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Kiel, Germany</w:t>
+              <w:t xml:space="preserve">Référentiels : nature et pratiques en archéométrie. Journées thématiques des réseaux CAI-RN et DIM MAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03447043v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03446984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resolution and limits of isotopic approaches to puzzle out seasonal herd mobility. A modern case study from Azerbaijan</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Human settlement in the highlands of southern Caucasus during Chalcolithic and Bronze Age through archeozoology, stable isotopes and cementochronology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Vautrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Balasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Michaël Thévenin</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Fiorillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irina Gambaschidze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAA 2021 Widening horizons</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Kiel (Visioconférence), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03447167v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03447224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human settlement in the highlands of southern Caucasus during Chalcolithic and Bronze Age through archeozoology, stable isotopes and cementochronology</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Did herders’ resilience drown the environmental signal out? A reflection on the evolution of animal resources’ exploitation in the Caucasus from the VIth to the IIIrd millennia BC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAA 2021 Widening horizons</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Kiel (Visioconférence), Germany</w:t>
+              <w:t xml:space="preserve">Crises, Collapse and Change in the Occupation Patterns of the Caucasus during the Holocene: Environmental and Human Factors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03447224v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03705617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nature concepts et enjeux des référentiels isotopiques pour décrire les systèmes d’élevage du passé</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">EVOSHEEP project: Documenting morphological diversity of early sheep 'breeds' in Southwest Asian societies (6th - 1rst millennia BC) using 3D geometric morphometric of appendicular bones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Vuillien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Vila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jwana Chahoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussab Albesso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agraw Amane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Référentiels : nature et pratiques en archéométrie. Journées thématiques des réseaux CAI-RN et DIM MAP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">9ème réunion du groupe de travail en Archéozoologie, Génétique, Protéomiques et Morphométriques (AGPM – ICAZ) - Université d'Oulu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Oulu, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03446984v1</w:t>
+                <w:t xml:space="preserve">hal-03510766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Did herders’ resilience drown the environmental signal out? A reflection on the evolution of animal resources’ exploitation in the Caucasus from the VIth to the IIIrd millennia BC</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Are petrous bones just a repository of ancient molecules? Investigating biosystematic signals in caprine petrous bone using 3D virtual morphology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jwana Chahoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjan Mashkour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crises, Collapse and Change in the Occupation Patterns of the Caucasus during the Holocene: Environmental and Human Factors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">11th symposium national de morphométrie et évolution des formes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISEM, Montpellier, Jun 2021, Montpellier (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03705617v1</w:t>
+                <w:t xml:space="preserve">hal-03992152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EVOSHEEP project: Documenting morphological diversity of early sheep 'breeds' in Southwest Asian societies (6th - 1rst millennia BC) using 3D geometric morphometric of appendicular bones</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Polysource procurement at Nakhchivan Tepe (Azerbaijan, Chalcolithic): first insights into the obsidian consumption patterns of a Dalma site recently discovered in the Southern Caucasus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Orange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veli Bakhshaliyev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Berthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Marro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Le Bourdonnec</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème réunion du groupe de travail en Archéozoologie, Génétique, Protéomiques et Morphométriques (AGPM – ICAZ) - Université d'Oulu</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Oulu, Finland</w:t>
+              <w:t xml:space="preserve">International Obsidian Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Sárospatak, Hungary. pp.121-132</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03510766v1</w:t>
+                <w:t xml:space="preserve">hal-02157366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping herd mobilities and evaluating their role in exchange networks, a preliminary view from Ovçular Tepesi (Nakhchivan, Azerbaijan)</w:t>
               </w:r>
@@ -5304,51 +5304,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gadebois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Bouzid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Giblin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The integration of the mountains into the Caucasian agro-pastoral systems between the Neolithic and the Bronze Age</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5373,64 +5373,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pastoral activities and the search for mineral resources: Insights and new approaches from Late Chalcolithic and Early Bronze Age Transcaucasus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Stöllner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irina Gambaschidze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5511,90 +5511,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isotopic evidence for the appearance of vertical herd mobility in the Southern Caucasus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjan Mashkour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Vautrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiorillo Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Balasse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The integration of the mountains into the Caucasian agro-pastoral systems between the Neolithic and the Bronze Age</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5613,277 +5613,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03134432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Excavations and researches at Kiçik Tepe (Azerbaidjan). New data on the Neolithic of the Middle Kura Valley</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Baudoin</w:t>
+                <w:t xml:space="preserve">The formation of the Caucasian Neolithic as seen from Kültepe I - New data (2012-2018)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Marro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veli Bakhshaliyev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Neolithization processes of the Caucasus: a reassessment in the light of recent archaeological, bioarchaeological and environmental data</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Istanbul, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02543666v1</w:t>
+                <w:t xml:space="preserve">hal-02543647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of obsidian consumption between Nakhchivan and Northwestern Iran: a long-term perspective (6200 2300 BC)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François-Xavier Le Bourdonnec</w:t>
+                <w:t xml:space="preserve">Sharing taste and know-how: Regional distribution of animal exploitation patterns and pastoral strategies in the Southern Caucasus and Northwestern Iran from the Neolithic to the Early Bronze Age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Judith Thomalsky</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Veli Bakhshaliyev</w:t>
+                <w:t xml:space="preserve">Marjan Mashkour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hossein Davoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Homa Fathi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azadeh Fatemeh Mohaseb Karimlu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Araxes Rivers in Late Prehistory: Bridge or Border?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02153192v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02153199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Domestication, diffusion et hybridation du chameau à partir de données archéozoologiques</w:t>
               </w:r>
@@ -5895,64 +5865,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marian Mashkour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Canan Çakirlar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pamela Burger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire et actualité des Camélidés d’Afrique du Nord et du Moyen-Orient - Journée d’étude de la Société d’Ethnozootechnie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5971,1489 +5941,1519 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02153168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sharing taste and know-how: Regional distribution of animal exploitation patterns and pastoral strategies in the Southern Caucasus and Northwestern Iran from the Neolithic to the Early Bronze Age</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dynamics of obsidian consumption between Nakhchivan and Northwestern Iran: a long-term perspective (6200 2300 BC)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Orange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Le Bourdonnec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Thomalsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Azadeh Fatemeh Mohaseb Karimlu</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veli Bakhshaliyev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Araxes Rivers in Late Prehistory: Bridge or Border?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02153199v1</w:t>
+                <w:t xml:space="preserve">hal-02153192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herding and hunting in north-western Iran and adjacent areas from Late Neolithic to Early Bronze Age</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hossein Davoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjan Mashkour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akbar Abedi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sepideh Maziar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roghiyeh Rahimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Araxes Rivers in Late Prehistory: Bridge or Border?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02153209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The formation of the Caucasian Neolithic as seen from Kültepe I - New data (2012-2018)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Environmental determinism or cultural choice ? The contribution of herding strategies to the shaping of Neolithic identities in the Caucasus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Neolithization processes of the Caucasus: a reassessment in the light of recent archaeological, bioarchaeological and environmental data</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Istanbul, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02543647v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02543651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental determinism or cultural choice ? The contribution of herding strategies to the shaping of Neolithic identities in the Caucasus</w:t>
+                <w:t xml:space="preserve">Herds on their way to the pastures: Zooarchaeological results of Uçan Ağıl campsite (5th-3rd mill. BC / Nakhchivan - Azerbaijan)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Decruyenaere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Neolithization processes of the Caucasus: a reassessment in the light of recent archaeological, bioarchaeological and environmental data</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Istanbul, Turkey</w:t>
+              <w:t xml:space="preserve">XIVth ASWA(AA) Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02543651v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02153186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Herds on their way to the pastures: Zooarchaeological results of Uçan Ağıl campsite (5th-3rd mill. BC / Nakhchivan - Azerbaijan)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hidden hybrids: Camels and cultural blending in the Ancient Near East</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Canan Çakirlar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pamela Burger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erkut Mehmet Kara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Figen Sevil Kilimci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIVth ASWA(AA) Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02153186v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02153182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hidden hybrids: Camels and cultural blending in the Ancient Near East</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Canan Çakirlar</w:t>
+                <w:t xml:space="preserve">Excavations and researches at Kiçik Tepe (Azerbaidjan). New data on the Neolithic of the Middle Kura Valley</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulio Palumbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farhad Guliyev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Astruc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Baudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Figen Sevil Kilimci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIVth ASWA(AA) Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Barcelona, Spain</w:t>
+              <w:t xml:space="preserve">The Neolithization processes of the Caucasus: a reassessment in the light of recent archaeological, bioarchaeological and environmental data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Istanbul, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02153182v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02543666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New data on the protohistoric exploitation of obsidian in Nakhchivan: first provenance results from the PAST-OBS project</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Judith Thomalsky</w:t>
+                <w:t xml:space="preserve">Des pratiques d'élevage aux systèmes socio-économiques de la Préhistoire récente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Balasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bréhard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th UISPP World Congress, X-1. Archaeometry of prehistoric and protohistoric stone, metal, ceramics and glass</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">L’Archéologie au Muséum, Journées du Département Homme et Environnement, MNHN (11 octobre 2018, Paris)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02007245v1</w:t>
+                <w:t xml:space="preserve">hal-02410206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des pratiques d'élevage aux systèmes socio-économiques de la Préhistoire récente</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">Seasonal vertical mobility of Chalcolithic herds in Nakhchivan (Azerbaijan) and current practices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Berthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Giblin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Balasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiorillo Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bellefroid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’Archéologie au Muséum, Journées du Département Homme et Environnement, MNHN (11 octobre 2018, Paris)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Humans and Caprines: from mountain to steppe, from hunting to husbandry. 39èmes Rencontres Internationales d’Archéologie et d’Histoire d’Antibes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Antibes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02410206v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02365002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonal vertical mobility of Chalcolithic herds in Nakhchivan (Azerbaijan) and current practices</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Looking north: first insights into the consumption of obsidian from the Neolithic to the Bronze Age in Nakhchivan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Orange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Le Bourdonnec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Thomalsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Eric Bellefroid</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veli Bakhshaliyev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Humans and Caprines: from mountain to steppe, from hunting to husbandry. 39èmes Rencontres Internationales d’Archéologie et d’Histoire d’Antibes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Antibes, France</w:t>
+              <w:t xml:space="preserve">11th International Congress on the Archaeology of the Ancient Near East</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02365002v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01995266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Looking north: first insights into the consumption of obsidian from the Neolithic to the Bronze Age in Nakhchivan</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Judith Thomalsky</w:t>
+                <w:t xml:space="preserve">The Neolithization processes of the Caucasus: new archaeological and environmental evidence from Nakhchivan (Azerbaijan)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Marro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veli Bakhshaliyev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Veli Bakhshaliyev</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Decaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Congress on the Archaeology of the Ancient Near East</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Munich, Germany</w:t>
+              <w:t xml:space="preserve">18e congrès de l'UISPP:"Adaptation et durabilité des sociétés préhistoriques et protohistoriques face aux variations climatiques"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01995266v1</w:t>
+                <w:t xml:space="preserve">hal-01884014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Neolithization processes of the Caucasus: new archaeological and environmental evidence from Nakhchivan (Azerbaijan)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine Marro</w:t>
+                <w:t xml:space="preserve">New data on the protohistoric exploitation of obsidian in Nakhchivan: first provenance results from the PAST-OBS project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Orange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Le Bourdonnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veli Bakhshaliyev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Thomalsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18e congrès de l'UISPP:"Adaptation et durabilité des sociétés préhistoriques et protohistoriques face aux variations climatiques"</w:t>
+              <w:t xml:space="preserve">18th UISPP World Congress, X-1. Archaeometry of prehistoric and protohistoric stone, metal, ceramics and glass</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01884014v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02007245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The PAST-OBS project: ‘From transhumance to the mine: the role of nomadic pastoralists in the protohistoric exploitation of obsidian in Iran and the Caucasus’</w:t>
+                <w:t xml:space="preserve">Sourcing obsidian from Ovçular Tepesi (Nakhchivan, Azerbaijan): application of an analytical strategy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Orange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Le Bourdonnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Marro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veli Bakhshaliyev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Symposium on the Archaeology and Archaeometry of the Chalcolithic and Bronze Ages in Northwest Iran and South Caucasus</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Tabriz, Iran</w:t>
+              <w:t xml:space="preserve">11th International Symposium on Knappable Materials – From toolstone to stone tools</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Buenos Aires, Argentina</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01892983v1</w:t>
+                <w:t xml:space="preserve">hal-01910623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sourcing obsidian from Ovçular Tepesi (Nakhchivan, Azerbaijan): application of an analytical strategy</w:t>
+                <w:t xml:space="preserve">The PAST-OBS project: ‘From transhumance to the mine: the role of nomadic pastoralists in the protohistoric exploitation of obsidian in Iran and the Caucasus’</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Orange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Le Bourdonnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Marro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Thomalsky</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Symposium on Knappable Materials – From toolstone to stone tools</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Buenos Aires, Argentina</w:t>
+              <w:t xml:space="preserve">The International Symposium on the Archaeology and Archaeometry of the Chalcolithic and Bronze Ages in Northwest Iran and South Caucasus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Tabriz, Iran</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01910623v1</w:t>
+                <w:t xml:space="preserve">hal-01892983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of herding strategies in the exploitation of natural resources by early mining communities in the Caucasus</w:t>
               </w:r>
@@ -7584,290 +7584,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02137981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Building a modern isotopic reference collection for the study of ancient pastoralism in the Zagros and South Caucasus</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Animal husbandry during the 5th and 3rd millennia in the Caucasus: New results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Coming of Age? Stable Isotopes in Archaeology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, Kiel, Germany</w:t>
+              <w:t xml:space="preserve">On Salt, Copper and Gold. On the beginnings of Early Metallurgy in the Caucasus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Bochum, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02138054v1</w:t>
+                <w:t xml:space="preserve">hal-02137000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Animal exploitation, social organization and economic strategies in the «Kura-Araxes» cultural complex (South Caucasus, Eastern Anatolia and Northwestern Iran)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Building a modern isotopic reference collection for the study of ancient pastoralism in the Zagros and South Caucasus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjan Mashkour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Thévenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solmaz Amiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margareta Tengberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Urbanisation, Trade, Subsistence and Production during the Bronze Age on the Iranian Plateau</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2014, Lyon, France</w:t>
+              <w:t xml:space="preserve">Coming of Age? Stable Isotopes in Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Kiel, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02137010v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02138054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Animal husbandry during the 5th and 3rd millennia in the Caucasus: New results</w:t>
+                <w:t xml:space="preserve">Animal exploitation, social organization and economic strategies in the «Kura-Araxes» cultural complex (South Caucasus, Eastern Anatolia and Northwestern Iran)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">On Salt, Copper and Gold. On the beginnings of Early Metallurgy in the Caucasus</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2014, Bochum, Germany</w:t>
+              <w:t xml:space="preserve">Urbanisation, Trade, Subsistence and Production during the Bronze Age on the Iranian Plateau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02137000v1</w:t>
+                <w:t xml:space="preserve">hal-02137010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From the animals to the meals. The contribution of zooarchaeology to the knowledge of alimentary practices during the Uruk period</w:t>
               </w:r>
@@ -7916,221 +7916,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02137029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social diversity in LBIIA Amuq: a zooarchaeological study of recently excavated LBIIA contexts in ancient Alalakh</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interactions between Human Societies and Animals during the Chalcolithic Period: New Evidence from Ovçular Tepesi (Nakhchivan, Azerbaijan)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International ASWA Meeting. Archaeozoology of Southwestern Asia and Adjacent Areas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Haifa (Israël), Israel</w:t>
+              <w:t xml:space="preserve">Archaeology and Ethnography of Azerbaijan in the Independent Period</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Baku, Azerbaijan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02195069v1</w:t>
+                <w:t xml:space="preserve">hal-02136917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions between Human Societies and Animals during the Chalcolithic Period: New Evidence from Ovçular Tepesi (Nakhchivan, Azerbaijan)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Social diversity in LBIIA Amuq: a zooarchaeological study of recently excavated LBIIA contexts in ancient Alalakh</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Canan Çakirlar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murat Akar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Gourichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mara Horowitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archaeology and Ethnography of Azerbaijan in the Independent Period</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Baku, Azerbaijan</w:t>
+              <w:t xml:space="preserve">11th International ASWA Meeting. Archaeozoology of Southwestern Asia and Adjacent Areas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Haifa (Israël), Israel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02136917v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02195069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Refuse disposals in the Chalcolithic pits of Ovchular Tepesi (Nakhchivan, Azerbaijan)</w:t>
               </w:r>
@@ -8299,51 +8299,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Orange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Moore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Le Bourdonnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8392,333 +8392,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04086054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracking the first sheep breed in Southwest Asia: a 3D morphometric investigation on astragalus</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Agraw Amane</w:t>
+                <w:t xml:space="preserve">L’exploitation des ressources minérales en milieu montagnard entre le Néolithique et l’Âge du Bronze : vers une étude à haute résolution des réseaux de l’obsidienne dans le sud du Caucase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Orange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Le Bourdonnec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Berthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gratuze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veli Bakhshaliyev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASWA 15th International meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Tokyo, Japan</w:t>
+              <w:t xml:space="preserve">23e colloque du Groupe des Méthodes Pluridisciplinaires Contribuant à l’Archéologie (GMPCA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05076728v1</w:t>
+                <w:t xml:space="preserve">hal-03680309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’exploitation des ressources minérales en milieu montagnard entre le Néolithique et l’Âge du Bronze : vers une étude à haute résolution des réseaux de l’obsidienne dans le sud du Caucase</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Veli Bakhshaliyev</w:t>
+                <w:t xml:space="preserve">Tracking the first sheep breed in Southwest Asia: a 3D morphometric investigation on astragalus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Vuillien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Vila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jwana Chahoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussab Albesso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agraw Amane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23e colloque du Groupe des Méthodes Pluridisciplinaires Contribuant à l’Archéologie (GMPCA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Chambéry, France</w:t>
+              <w:t xml:space="preserve">ASWA 15th International meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03680309v1</w:t>
+                <w:t xml:space="preserve">hal-05076728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Explorer les stratégies et modalités d’exploitation préhistorique de l’obsidienne au Caucase, du Néolithique à l’Âge du Bronze : les projets PAST-OBS (2016-2018) et SCOPE (2018-2021)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Orange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Le Bourdonnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Thomalsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8834,233 +8834,212 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02137090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Animal exploitation of pastoral and wild resources during the Bronze Age in Aliabad, a settlement in north-west Iran (West Azerbaijan Province)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Delphine Decruyenaere</w:t>
+                <w:t xml:space="preserve">The Exploitation of Salt in the Caucasus; A Key resource in the Formation of Mountain Economies during Late Prehistory ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Marro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...43 lines deleted...]
-              <w:t xml:space="preserve">Roger Alcàntara Fors, Maria Saña Seguí, and Carlos Tornero Dacasa. </w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Orange</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Francesco Carrer, Martin Callanan, Philippe Della Casa, Federica Fontana, Sabine Reinhold, Hayley Saul. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archaeozoology of the Near East XIV, Proceedings of the 14e international Symposium of the ICAZ, Archaeozoology of Southwest Asia and Adjacent Areas Working Group</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Oxford Handbook of Mountain Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, Oxford University Press, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/oxfordhb/9780197608005.013.34⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05034194v1</w:t>
+                <w:t xml:space="preserve">hal-05543483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kura-Araxes Mobility: Search for Pastures and Raw Materials?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Stöllner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irina Gambashidze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iman Mostafapour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9126,921 +9105,1050 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05057633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Animal exploitation of pastoral and wild resources during the Bronze Age in Aliabad, a rural settlement in north west of Iran (west Azerbaijan province)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId146" w:history="1">
+                <w:t xml:space="preserve">Animal exploitation of pastoral and wild resources during the Bronze Age in Aliabad, a settlement in north-west Iran (West Azerbaijan Province)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Decruyenaere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hossein Davoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azadeh Fatemeh Mohaseb Karimlu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Azadeh Fatemeh Mohaseb</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nader Faraji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Hassanzadeh Y., Faraji N. (Eds.). </w:t>
+              <w:t xml:space="preserve">Roger Alcàntara Fors, Maria Saña Seguí, and Carlos Tornero Dacasa. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceeding of stratigraphy Excavation at Bronze Age site of Aliabad, Boukan, North west Iran</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Research Institute of Cultural Heritage and Tourism, In press</w:t>
+              <w:t xml:space="preserve">Archaeozoology of the Near East XIV, Proceedings of the 14e international Symposium of the ICAZ, Archaeozoology of Southwest Asia and Adjacent Areas Working Group</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, BAR Publishing, pp.111-140, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03104687v1</w:t>
+                <w:t xml:space="preserve">hal-05034194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Over mountain and vale documenting pastoral practices in the Gedebey and Semkir districts, (South-western Azerbaijan)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marjan Mashkour</w:t>
+                <w:t xml:space="preserve">Animal exploitation of pastoral and wild resources during the Bronze Age in Aliabad, a rural settlement in north west of Iran (west Azerbaijan province)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Decruyenaere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Berthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hossein Davoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarieh Amiri</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">Averbouh A., Nejma G. &amp; Méry S. (eds.). </w:t>
+                <w:t xml:space="preserve">Azadeh Fatemeh Mohaseb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nader Faraji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hassanzadeh Y., Faraji N. (Eds.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nomad lives: from Prehistoric Times to the Present Day</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Proceeding of stratigraphy Excavation at Bronze Age site of Aliabad, Boukan, North west Iran</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Research Institute of Cultural Heritage and Tourism, In press</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03453505v1</w:t>
+                <w:t xml:space="preserve">hal-03104687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environment and Subsistence Economies at Iron Age Ulug-depe, South-eastern Turkmenistan: First Results from the Archaeobotanical and Archaeozoological Studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margareta Tengberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Daujat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjan Mashkour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Decaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shiva Sheikhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Archaeology of Central Asia during the 1st Millennium BC From the Beginning of the Iron Age to the Hellenistic Period. Proceedings of the Workshop held at the 10th ICAANE in Vienna, April 201</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 18, Austrian Academy of Sciences Press, pp.49-70, 2021, OREA, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1553/978OEAW84492⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03453541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of herding strategies in the exploitation of natural resources by early mining communities in the Caucasus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Over mountain and vale documenting pastoral practices in the Gedebey and Semkir districts, (South-western Azerbaijan)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Thévenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjan Mashkour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarieh Amiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...53 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Averbouh A., Nejma G. &amp; Méry S. (eds.). </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">On salt, copper and gold</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, MOM Éditions, pp.263-284, 2021, </w:t>
+              <w:t xml:space="preserve">Nomad lives: from Prehistoric Times to the Present Day</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paris : Muséum national d’Histoire naturelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp. 361-383, 2021, 978-2-85653-966-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.momeditions.12602⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5852/nes04⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03448054v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03453505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domestication, diffusion and hybridization of the Bactrian camel</w:t>
+                <w:t xml:space="preserve">The role of herding strategies in the exploitation of natural resources by early mining communities in the Caucasus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Canan Çakirlar</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Giblin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Balasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiorillo Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bellefroid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les vaisseaux du désert et des steppes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, MOM Éditions, pp.21-26, 2020, </w:t>
+              <w:t xml:space="preserve">On salt, copper and gold</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MOM Éditions, pp.263-284, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.momeditions.8527⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/books.momeditions.12602⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02543931v1</w:t>
+                <w:t xml:space="preserve">hal-03448054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward a definition of the Kura-Araxes agropastoral systems</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Domestication, diffusion and hybridization of the Bactrian camel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Margareta Tengberg</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjan Mashkour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pamela Burger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Canan Çakirlar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Iranian Plateau during the Bronze Age</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/books.momeditions.8016⟩</w:t>
+              <w:t xml:space="preserve">Les vaisseaux du désert et des steppes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MOM Éditions, pp.21-26, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.momeditions.8527⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02543626v1</w:t>
+                <w:t xml:space="preserve">hal-02543931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Toward a definition of the Kura-Araxes agropastoral systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Decaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Berthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatemeh A. Mohaseb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margareta Tengberg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Iranian Plateau during the Bronze Age</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MOM Éditions, pp.89-98, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.momeditions.8016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02543626v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Kura-Araxes Exploitation of Animal Resources in Northwestern Iran and Nakhchivan. In Archaeozoology of the Near East 12. (Çakirlar C., Chahoud J., Berthon R., Pilaar Birch S. Eds.) Proceedings of the Groningen 2015 ASWA conference. Groningen Archaeological Series. Groingen. 91-108.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hossein Davoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azadeh Fatemeh Mohaseb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shiva Sheikhi Seno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akbar Abedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archaeozoology of the Near East 12. (Çakirlar C., Chahoud J., Berthon R., Pilaar Birch S. Eds.) Proceedings of the Groningen 2015 ASWA conference. Groningen Archaeological Series. Groingen. 91-108.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02407374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId233"/>
+      <w:footerReference w:type="default" r:id="rId235"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10187,51 +10295,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343876v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin G Daly" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria E Mullin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J Hare" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;ine Halpin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Mattiangeli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adn2094" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04719137v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veli Bakhshaliyev" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Marro" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Berthon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Orange" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31857/S0869606323030054" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353069v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas St&#246;llner" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Gambashidze" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ihab Al-Oumaoui" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Baldus" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1553/archaeologia107s65" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244998v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azadeh F Mohaseb" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cornette" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela I Zimmermann" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Davoudi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oa.3255" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806416v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bader" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mallet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jwana Chahoud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agraw Amane" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bea de Cupere" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2022.103447" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432319v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Palumbi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farhad Guliyev" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Astruc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Baudouin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ara.2021.100308" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198672v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Balasse" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalind Gillis" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana &#381;ivaljevi&#263;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Kova&#269;ikov&#225;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-87674-1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177295v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Le Bourdonnec" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damase Mouralis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gratuze" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/arcm.12660" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402639v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vila" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Abrahami" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussab Albesso" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2020.247" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863651v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cucchi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Papayianni" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cersoy" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Aznar-Cormano" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zazzo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-64939-9" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160229v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Laneri" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bakhtiyar Jalilov" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yilmaz S Erdal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Valentini" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modwene Poulmarc'H" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/ANA.46.0.3288921" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05464860v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489772v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Mashkour" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Burger" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Canan &#199;akirlar" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489738v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Thomalsky" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleorient.589" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-DTD0ZGBD-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125939v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tresset" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaa.2018.05.002" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137818v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2017.10.015" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137071v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;lriz Kozbe" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2015.196" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861806v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137965v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Schwartz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Ur" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anacleto D&#8217;agostino" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3764/aja.119.4.0533" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137055v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861805v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138376v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/az2014n2a06" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195100v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gourichon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birch Suzanne Pilaar" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murat Akar" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136934v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043993v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zs&#243;fia Eszter Kov&#225;cs" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Orth" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bonhomme" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bij.12004" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044013v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Decaix" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim van Neer" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margareta Tengberg" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1749631413Y.0000000005" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138478v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/anata.2008.1248" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138508v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/ANA.34.0.2031567" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472449v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Farahani" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinder Neef" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nana Rusishvili" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472409v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076513v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bray" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Vuillien" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Homa Fathi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525705v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472444v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705583v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiva Sheikhi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Vautrin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sepideh Maziar" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705562v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992152v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157366v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447053v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalind E Gillis" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Kovacikova" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447043v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyne Douch&#233;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Decaix" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Decruyenaere" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447167v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Giblin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Th&#233;venin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447224v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Fiorillo" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Gambaschidze" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446984v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705617v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510766v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134441v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Claude" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gadebois" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Bouzid" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134455v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgi Gogochuri" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Klein" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134432v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiorillo Denis" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543666v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Baudoin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153192v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153168v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Mashkour" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153199v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azadeh Fatemeh Mohaseb Karimlu" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153209v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akbar Abedi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roghiyeh Rahimi" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543647v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543651v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153186v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153182v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erkut Mehmet Kara" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Figen Sevil Kilimci" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007245v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410206v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Br&#233;hard" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365002v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bellefroid" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995266v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01884014v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Andrieu-Ponel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892983v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910623v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138006v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137981v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian B&#259;l&#259;&#351;escu" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138054v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solmaz Amiri" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137010v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137000v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137029v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195069v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mara Horowitz" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136917v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02993592v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Willcox" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086054v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Moore" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076728v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680309v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157328v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137090v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034194v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Faraji" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057633v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iman Mostafapour" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolas Heil" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104687v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azadeh Fatemeh Mohaseb" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453505v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarieh Amiri" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/mnhn/10035?lang=en" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/nes04" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453541v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Daujat" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1553/978OEAW84492" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448054v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.momeditions.12602" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543931v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.momeditions.8527" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543626v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatemeh A. Mohaseb" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.momeditions.8016" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407374v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiva Sheikhi Seno" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343876v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin G Daly" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria E Mullin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J Hare" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;ine Halpin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Mattiangeli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adn2094" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04719137v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veli Bakhshaliyev" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Marro" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Berthon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Orange" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31857/S0869606323030054" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244998v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azadeh F Mohaseb" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cornette" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela I Zimmermann" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Davoudi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oa.3255" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353069v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas St&#246;llner" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Gambashidze" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ihab Al-Oumaoui" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Baldus" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1553/archaeologia107s65" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806416v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bader" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mallet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jwana Chahoud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agraw Amane" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bea de Cupere" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2022.103447" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177295v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Le Bourdonnec" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damase Mouralis" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gratuze" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/arcm.12660" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402639v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vila" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Abrahami" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussab Albesso" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2020.247" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432319v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Palumbi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farhad Guliyev" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Astruc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Baudouin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ara.2021.100308" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198672v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Balasse" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalind Gillis" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana &#381;ivaljevi&#263;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Kova&#269;ikov&#225;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-87674-1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863651v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cucchi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Papayianni" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cersoy" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Aznar-Cormano" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zazzo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-64939-9" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160229v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Laneri" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bakhtiyar Jalilov" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yilmaz S Erdal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Valentini" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modwene Poulmarc'H" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/ANA.46.0.3288921" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05464860v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489738v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Thomalsky" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleorient.589" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-DTD0ZGBD-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489772v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Mashkour" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Burger" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Canan &#199;akirlar" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125939v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tresset" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaa.2018.05.002" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137818v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2017.10.015" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137071v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;lriz Kozbe" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2015.196" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137965v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Schwartz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Ur" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anacleto D&#8217;agostino" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3764/aja.119.4.0533" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861805v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137055v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861806v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195100v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gourichon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birch Suzanne Pilaar" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murat Akar" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136934v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138376v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/az2014n2a06" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043993v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zs&#243;fia Eszter Kov&#225;cs" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Orth" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bonhomme" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bij.12004" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044013v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Decaix" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim van Neer" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margareta Tengberg" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1749631413Y.0000000005" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138508v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/ANA.34.0.2031567" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138478v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/anata.2008.1248" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472449v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Farahani" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinder Neef" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nana Rusishvili" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472409v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076513v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bray" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Vuillien" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Homa Fathi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472444v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525705v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705583v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiva Sheikhi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Vautrin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sepideh Maziar" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705562v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447167v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Giblin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Th&#233;venin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447043v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyne Douch&#233;" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Decaix" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Decruyenaere" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447053v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalind E Gillis" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Kovacikova" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446984v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447224v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Fiorillo" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Gambaschidze" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705617v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510766v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992152v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157366v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134441v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Claude" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gadebois" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Bouzid" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134455v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgi Gogochuri" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Klein" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134432v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiorillo Denis" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543647v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153199v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azadeh Fatemeh Mohaseb Karimlu" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153168v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Mashkour" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153192v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153209v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akbar Abedi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roghiyeh Rahimi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543651v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153186v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153182v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erkut Mehmet Kara" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Figen Sevil Kilimci" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543666v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Baudoin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410206v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Br&#233;hard" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365002v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bellefroid" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995266v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01884014v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Andrieu-Ponel" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007245v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910623v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892983v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138006v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137981v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian B&#259;l&#259;&#351;escu" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137000v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138054v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solmaz Amiri" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137010v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137029v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136917v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195069v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mara Horowitz" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02993592v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Willcox" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086054v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Moore" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680309v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076728v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157328v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137090v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05543483v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780197608005.013.34" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057633v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iman Mostafapour" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolas Heil" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034194v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Faraji" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104687v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azadeh Fatemeh Mohaseb" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453541v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Daujat" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1553/978OEAW84492" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453505v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarieh Amiri" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/mnhn/10035?lang=en" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/nes04" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448054v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.momeditions.12602" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543931v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.momeditions.8527" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543626v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatemeh A. Mohaseb" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.momeditions.8016" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407374v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiva Sheikhi Seno" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>