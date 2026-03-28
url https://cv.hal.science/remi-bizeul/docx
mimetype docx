--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -577,295 +577,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04925623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uncontrolled deforestation and population growth threaten a tropical island’s water and land resources in only 10 years</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sensitivity of source sediment fingerprinting to tracer selection methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Rabiet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Cerdan</w:t>
+                <w:t xml:space="preserve">Thomas Chalaux-Clergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Bizeul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Landemaine</w:t>
+                <w:t xml:space="preserve">Pedro V G Batista</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Martínez-Carreras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Patrick Laceby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciadv.adn5941⟩</w:t>
+              <w:t xml:space="preserve">Soil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10 (1), pp.109 - 138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/soil-10-109-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04672484v1</w:t>
+                <w:t xml:space="preserve">hal-04493425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity of source sediment fingerprinting to tracer selection methods</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pedro V G Batista</w:t>
+                <w:t xml:space="preserve">Uncontrolled deforestation and population growth threaten a tropical island’s water and land resources in only 10 years</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Núria Martínez-Carreras</w:t>
+                <w:t xml:space="preserve">Laura Rabiet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cerdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Patrick Laceby</w:t>
+                <w:t xml:space="preserve">Valentin Landemaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 10 (1), pp.109 - 138. </w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10 (33), </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/soil-10-109-2024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.adn5941⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04493425v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantifying pesticide-contaminated sediment sources in tropical coastal environments (Galion Bay, French West Indies)</w:t>
               </w:r>
@@ -977,238 +977,363 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04675605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rate of soil denudation from plot scale to river system in different social and physical environments</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude du transfert potentiel de chlordécone de parcelles à parcelles par ruissellement et érosion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Allongout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bazajet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Bizeul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Cerdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Gaillot</w:t>
+                <w:t xml:space="preserve">Jean-François Desprats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2024</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Chlordécone, comprendre et agir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2026, Schoelcher (Martinique), France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04474291v1</w:t>
+                <w:t xml:space="preserve">hal-05520284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Rate of soil denudation from plot scale to river system in different social and physical environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cerdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remi Bizeul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Evrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Gaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU General Assembly 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EGU, European Geosciences Union, Apr 2024, Vienne, Austria. pp.abstract EGU24-16804, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-16804⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04474291v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Microplastics in sediment deposited along the Seine River after a major flood event (February 2021)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Bouzid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Bizeul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1230,70 +1355,70 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Vienne (AUT), Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-12562⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04008464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1303,203 +1428,203 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Runoff and soil erosion modelling at catchment scale in a tropical volcanic Island (Martinique, Lesser Antilles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosalie Vandromme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Bizeul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Grangeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Nachbaur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04971069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Was the 137Cs contained in Saharan dust deposited across Europe in March 2022 emitted by French nuclear tests in Algeria?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octave Bryskere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Skonieczny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1521,209 +1646,209 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Bizeul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geoscience Union General Assembly 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Vienne (Autriche), Austria. 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-1303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04078065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microplastiques dans les laisses de crue de la Seine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Bouzid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Bizeul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Ayrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ième rencontre du GDR Polymères &amp; Océans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03709989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId57"/>
+      <w:footerReference w:type="default" r:id="rId61"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1791,51 +1916,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="DDFC082A"/>
+    <w:nsid w:val="5D617D89"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2022,51 +2147,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/remi-bizeul" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4103-9839" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05507162v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Evrard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Bizeul" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yangjunjie Xu-Yang" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Huon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Callonnec" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hazadv.2026.101072" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04830927v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Lajoie" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cerdan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lai Ting Pak" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Foucher" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.125412" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04925623v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Skonieczny" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Barbier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adr9192" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672484v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Rabiet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Landemaine" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adn5941" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493425v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chalaux-Clergue" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro V G Batista" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Mart&#237;nez-Carreras" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Patrick Laceby" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/soil-10-109-2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04675605v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Callonec" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-024-03883-x" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04474291v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Bizeul" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Evrard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Gaillot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-16804" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04008464v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bouzid" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-12562" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04971069v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalie Vandromme" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Grangeon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Nachbaur" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04078065v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octave Bryskere" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-1303" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709989v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/remi-bizeul" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4103-9839" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05507162v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Evrard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Bizeul" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yangjunjie Xu-Yang" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Huon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Callonnec" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hazadv.2026.101072" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04830927v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Lajoie" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cerdan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lai Ting Pak" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Foucher" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.125412" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04925623v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Skonieczny" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Barbier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adr9192" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493425v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chalaux-Clergue" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro V G Batista" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Mart&#237;nez-Carreras" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Patrick Laceby" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/soil-10-109-2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672484v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Rabiet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Landemaine" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adn5941" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04675605v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Callonec" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-024-03883-x" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520284v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Allongout" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bazajet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Desprats" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04474291v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Bizeul" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Evrard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Gaillot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-16804" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04008464v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bouzid" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-12562" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04971069v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalie Vandromme" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Grangeon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Nachbaur" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04078065v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octave Bryskere" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-1303" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709989v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>