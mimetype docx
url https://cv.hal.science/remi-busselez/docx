--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1120,265 +1120,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01905173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular dynamics of pyrene based discotic liquid crystals confined in nanopores probed by incoherent quasielastic neutron scattering</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Structural heterogeneities at the origin of acoustic and transport anomalies in glycerol glass-former</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Busselez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Pezeril</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vitali Goussev</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C4RA13032D⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 140 (23), pp.234505. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4883504⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01084195v1</w:t>
+                <w:t xml:space="preserve">hal-01906157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural heterogeneities at the origin of acoustic and transport anomalies in glycerol glass-former</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Molecular dynamics of pyrene based discotic liquid crystals confined in nanopores probed by incoherent quasielastic neutron scattering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Makha Ndao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Cerclier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Busselez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Morineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 140 (23), pp.234505. </w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 4 (103), pp.59358-59369. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4883504⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C4RA13032D⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01906157v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01084195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discotic columnar liquid crystal studied in the bulk and nanoconfined states by molecular dynamics simulation</w:t>
               </w:r>
@@ -1416,51 +1416,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ndao Makha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Ghoufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 141 (13), pp.134902. </w:t>
@@ -1645,77 +1645,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure and Phase Behavior of a Discotic Columnar Liquid Crystal Confined in Nanochannels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole V. Cerclier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Makha Ndao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Busselez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2043,51 +2043,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The non-Gaussian dynamics of glycerol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Busselez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Ghoufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2323,77 +2323,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure and dynamics of a Gay-Berne liquid crystal confined in cylindrical nanopores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qing Ji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Busselez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Morineau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 130 (23), pp.234501-234501-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2440,90 +2440,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular dynamics simulation of nanoconfined glycerol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Busselez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qing Ji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Affouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Morineau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 11 (47), pp.11127-33. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2582,51 +2582,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular dynamics of glycerol and glycerol-trehalose bioprotectant solutions nanoconfined in porous silicon.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Busselez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Guendouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2742,64 +2742,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Ecolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Guégan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Morineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Nanotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 5 (6/7/8), pp.867-884. </w:t>
@@ -3007,51 +3007,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioprotectant glassforming solutions confined in porous silicon nanocapillaries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Busselez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qing Ji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3288,51 +3288,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361470v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Busselez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0284303" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228772v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Levchuk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Busselez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Vaudel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Ruello" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Juv&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/j5qv-5w9j" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125392v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Levchuk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ruello" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Juv&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Arnaud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.107.174305" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047097v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ievgeniia F Chaban" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Klieber" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Busselez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith A Nelson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pezeril" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5135982" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352104v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyun D Shin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitali Goussev" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/adv.2018.650" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906193v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4993132" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906138v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.D. Vu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firas Krichen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Barr&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Adil" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2016.01.005" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-07TNZSDB-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01905173v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delorme" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Souheib Chebil" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vignaud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Houerou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bardeau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2015-15056-9" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084195v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makha Ndao" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Lefort" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Cerclier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Morineau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4RA13032D" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906157v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4883504" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082685v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cerclier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ndao Makha" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Ghoufi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4896052" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906093v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arantxa Arbe" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvina Cerveny" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Capponi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Colmenero" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4746020" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734817v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole V. Cerclier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Grelet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp303690q" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906175v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Alvarez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Frick" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3533771" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906154v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Capponi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3592560" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00697059v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Beuneu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/23/50/505102" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910870v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helle Svendsen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Overgaard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Arnaud" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rabiller" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0108767310014236" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-N83XM3K3-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00665948v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qing Ji" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3148889" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00665708v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Affouard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b911859d" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-BMWWHZTX-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00356033v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Guendouz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Merdrignac-Conanec" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3147222" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00136920v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Ecolivet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Gu&#233;gan" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJNT.2008.018704" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506637v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Delorme" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355950v2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Chahine" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361470v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Busselez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0284303" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228772v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Levchuk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Busselez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Vaudel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Ruello" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Juv&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/j5qv-5w9j" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125392v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Levchuk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ruello" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Juv&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Arnaud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.107.174305" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047097v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ievgeniia F Chaban" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Klieber" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Busselez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith A Nelson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pezeril" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5135982" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352104v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyun D Shin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitali Goussev" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/adv.2018.650" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906193v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4993132" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906138v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.D. Vu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firas Krichen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Barr&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Adil" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2016.01.005" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-07TNZSDB-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01905173v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delorme" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Souheib Chebil" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vignaud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Houerou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bardeau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2015-15056-9" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906157v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4883504" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084195v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makha Ndao" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Lefort" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Cerclier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Morineau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4RA13032D" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082685v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cerclier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ndao Makha" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Ghoufi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4896052" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906093v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arantxa Arbe" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvina Cerveny" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Capponi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Colmenero" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4746020" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734817v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole V. Cerclier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Grelet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp303690q" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906175v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Alvarez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Frick" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3533771" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906154v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Capponi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3592560" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00697059v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Beuneu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/23/50/505102" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910870v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helle Svendsen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Overgaard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Arnaud" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rabiller" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0108767310014236" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-N83XM3K3-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00665948v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qing Ji" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3148889" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00665708v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Affouard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b911859d" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-BMWWHZTX-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00356033v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Guendouz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Merdrignac-Conanec" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3147222" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00136920v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Ecolivet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Gu&#233;gan" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJNT.2008.018704" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506637v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Delorme" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355950v2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Chahine" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>