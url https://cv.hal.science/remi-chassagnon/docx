--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -66,2886 +66,4647 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (21)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (34)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gold Nanorod Growth and Etching Activated by Femtosecond Irradiation and Surface Plasmon Resonance</w:t>
+                <w:t xml:space="preserve">Study of the effect of ultrasonication on MnO2: Morphological evolution from nanosheets to nanofibers and its implications for biomedical redox modulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adem Dahi</w:t>
+                <w:t xml:space="preserve">Mahran Bechetnia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Rogemont</w:t>
+                <w:t xml:space="preserve">Oumaima Hajlaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoann Brûlé</w:t>
+                <w:t xml:space="preserve">Julien Boudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Labbez</w:t>
+                <w:t xml:space="preserve">Michaële Herbst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remi Chassagnon</w:t>
+                <w:t xml:space="preserve">R. Chassagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 128 (7), pp.3074-3081. </w:t>
+              <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 735, pp.139481. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.3c08272⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2026.139481⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04800026v1</w:t>
+                <w:t xml:space="preserve">hal-05452278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functionalization of SBA-15 mesoporous silica for highly efficient adsorption of glutathione: Characterization and modeling studies</w:t>
+                <w:t xml:space="preserve">Ensuring colloidal stability of cisplatin-loaded mesoporous silica nanoparticles: from synthesis to cytotoxicity assays</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laroussi Chaabane</w:t>
+                <w:t xml:space="preserve">Eduardo Hernando Abad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
+                <w:t xml:space="preserve">Florence Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Weber</w:t>
+                <w:t xml:space="preserve">Igor Bezverkhyy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Chassagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Igor Bezverkhyy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Remi Chassagnon</w:t>
+                <w:t xml:space="preserve">Nicolas Geoffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Taiwan Institute of Chemical Engineers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 152, pp.105169. </w:t>
+              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 687, pp.126395. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jtice.2023.105169⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2025.126395⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04239679v1</w:t>
+                <w:t xml:space="preserve">hal-05387462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid Materials Based on Imidazo[4,5-b]porphyrins for Catalytic Oxidation of Sulfides</w:t>
+                <w:t xml:space="preserve">Gold Nanorod Growth and Etching Activated by Femtosecond Irradiation and Surface Plasmon Resonance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inna Abdulaeva</w:t>
+                <w:t xml:space="preserve">Adem Dahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kirill Birin</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Arnaud Rogemont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Brûlé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Labbez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Chassagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Catalysts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/catal13020402⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 128 (7), pp.3074-3081. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.3c08272⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04264046v1</w:t>
+                <w:t xml:space="preserve">hal-04800026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of absorber and heterojunction in the pure sulphide kesterite</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Biological and physico-chemical characterization of human norovirus-like particles under various environmental conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Heintz</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Nicole Abou-Hamad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Estienney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Chassagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aymeric Leray</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Bon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Daval-Frerot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Boletín de la Sociedad Española de Cerámica y Vidrio</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bsecv.2020.05.004⟩</w:t>
+              <w:t xml:space="preserve">Colloids and Surfaces B: Biointerfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 231, pp.113545. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.colsurfb.2023.113545⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03032110v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04229196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the Interfacial Zone Between a HIPed Fe-Based Alloy and a Stainless Steel Container</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Functionalization of SBA-15 mesoporous silica for highly efficient adsorption of glutathione: Characterization and modeling studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-P. Chateau-Cornu</w:t>
+                <w:t xml:space="preserve">Laroussi Chaabane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Chassagnon</w:t>
+                <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-M. Fiorani</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Guy Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Bezverkhyy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remi Chassagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Engineering and Performance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 29 (6), pp.3800-3811. </w:t>
+              <w:t xml:space="preserve">Journal of the Taiwan Institute of Chemical Engineers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 152, pp.105169. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11665-020-04897-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jtice.2023.105169⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04023793v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04239679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of titanium alloy Ti6242S oxidation behaviour in air at 560°C: Effect of oxygen dissolution on lattice parameters</w:t>
+                <w:t xml:space="preserve">Hybrid Materials Based on Imidazo[4,5-b]porphyrins for Catalytic Oxidation of Sulfides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Berthaud</w:t>
+                <w:t xml:space="preserve">Inna Abdulaeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Popa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">R. Chassagnon</w:t>
+                <w:t xml:space="preserve">Kirill Birin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remi Chassagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Heintz</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alla G. Bessmertnykh-Lemeune</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Corrosion Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.corsci.2019.06.004⟩</w:t>
+              <w:t xml:space="preserve">Catalysts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (2), pp.402. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/catal13020402⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03489502v1</w:t>
+                <w:t xml:space="preserve">hal-04264046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loading of Cisplatin into Mesoporous Silica Nanoparticles: Effect of Surface Functionalization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Epidemiological Impact of GII.17 Human Noroviruses Associated With Attachment to Enterocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Estienney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Tarris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Abou-Hamad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Varache</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Guy Weber</w:t>
+                <w:t xml:space="preserve">Alain Rouleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucien Saviot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Remi Chassagnon</w:t>
+                <w:t xml:space="preserve">Wilfrid Boireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 35 (27), pp.8984-8995. </w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, pp.858245. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.9b00954⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2022.858245⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03023892v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03669610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photo-induced cubic-to-hexagonal polytype transition in silicon nanowires</w:t>
+                <w:t xml:space="preserve">Hot Carriers-Induced Nonlinear Photoluminescence in Thin Indium Tin Oxide Layer Patterned by Ga Ion Beam Milling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Rodichkina</w:t>
+                <w:t xml:space="preserve">Florian Dell'Ova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Lysenko</w:t>
+                <w:t xml:space="preserve">Konstantin Malchow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Chassagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Belarouci</w:t>
+                <w:t xml:space="preserve">Olivier Heintz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Bezverkhyy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">R. Chassagnon</w:t>
+                <w:t xml:space="preserve">Nicolas Pocholle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CrystEngComm</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, </w:t>
+              <w:t xml:space="preserve">ACS Applied Optical Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C9CE00562E⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsaom.2c00046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02237058v1</w:t>
+                <w:t xml:space="preserve">hal-03784092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced engineering of single-crystal gold nanoantennas</w:t>
+                <w:t xml:space="preserve">Investigation of absorber and heterojunction in the pure sulphide kesterite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Méjard</w:t>
+                <w:t xml:space="preserve">Charif Tamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Verdy</w:t>
+                <w:t xml:space="preserve">Denis Chaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Heintz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remi Chassagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Demichel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">L. Markey</w:t>
+                <w:t xml:space="preserve">Aymeric Leray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Materials Express</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OME.7.001157⟩</w:t>
+              <w:t xml:space="preserve">Boletín de la Sociedad Española de Cerámica y Vidrio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 60 (6), pp.380. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bsecv.2020.05.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03546193v1</w:t>
+                <w:t xml:space="preserve">hal-03032110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of surface finishing on the oxidation behaviour of a ferritic stainless steel</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of the Interfacial Zone Between a HIPed Fe-Based Alloy and a Stainless Steel Container</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Tellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. R. Ardigo-Besnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.R. Ardigo-Besnard</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">J.-P. Chateau-Cornu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Chassagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Vilasi</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">J.-M. Fiorani</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 412, pp.196-206. </w:t>
+              <w:t xml:space="preserve">Journal of Materials Engineering and Performance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 29 (6), pp.3800-3811. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2017.03.280⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11665-020-04897-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04022607v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04023793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxide or carbide nanoparticles synthesized by laser ablation of a bulk Hf target in liquids and their structural, optical, and dielectric properties</w:t>
+                <w:t xml:space="preserve">Study of titanium alloy Ti6242S oxidation behaviour in air at 560°C: Effect of oxygen dissolution on lattice parameters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nikolaos Semaltianos</w:t>
+                <w:t xml:space="preserve">M. Berthaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Friedt</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">I. Popa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Chassagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Moutarlier</w:t>
+                <w:t xml:space="preserve">O. Heintz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Blondeau-Patissier</w:t>
+                <w:t xml:space="preserve">J. Lavková</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 119 (20), 204903 (10 p.). </w:t>
+              <w:t xml:space="preserve">Corrosion Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 164, pp.108049 -. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4951740⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.corsci.2019.06.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01446391v1</w:t>
+                <w:t xml:space="preserve">hal-03489502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subphthalocyanines: addressing water-solubility, nano-encapsulation, and activation for optical imaging of B16 melanoma cells</w:t>
+                <w:t xml:space="preserve">Loading of Cisplatin into Mesoporous Silica Nanoparticles: Effect of Surface Functionalization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Bernhard</w:t>
+                <w:t xml:space="preserve">Mathieu Varache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Bezverkhyy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Winckler</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Lucien Saviot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Chassagnon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Élodie Gigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c4cc05503a⟩</w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 35 (27), pp.8984-8995. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.9b00954⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03262940v1</w:t>
+                <w:t xml:space="preserve">hal-03023892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast and continuous synthesis of nanostructured iron spinel in supercritical water: influence of cations and citrates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Photo-induced cubic-to-hexagonal polytype transition in silicon nanowires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Rodichkina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Lysenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Maurizi</w:t>
+                <w:t xml:space="preserve">A. Belarouci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Bouyer</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">I. Bezverkhyy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Chassagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C4RA08562K⟩</w:t>
+              <w:t xml:space="preserve">CrystEngComm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C9CE00562E⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02163438v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02237058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural characterization and electrochemical hydrogen storage properties of Ti2LxZrxNi (x [ 0, 0.1, 0.2) alloys prepared by mechanical alloying</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Titanate Nanotubes Engineered with Gold Nanoparticles and Docetaxel to Enhance Radiotherapy on Xenografted Prostate Tumors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Boudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Oudot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xianda Li</w:t>
+                <w:t xml:space="preserve">Mathieu Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Omar El Kedim</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Romain Boidot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2013.03.098⟩</w:t>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (12), pp.1962. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cancers11121962⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00931006v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02735286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synergistic effects of multiwalled carbon nanotubes and Al on the electrochemical hydrogen storage properties of Mg2Ni-type alloy prepared by mechanical alloying</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nanodiamond‐Palladium Core–Shell Organohybrid Synthesis: A Mild Vapor‐Phase Procedure Enabling Nanolayering Metal onto Functionalized sp 3 ‐Carbon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Gunawan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oana Moncea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. W. Huang</w:t>
+                <w:t xml:space="preserve">Didier Poinsot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Elkedim</w:t>
+                <w:t xml:space="preserve">Mariem Keskes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Nowak</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Bruno Domenichini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 37, pp.1538--1545. </w:t>
+              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 28 (13), </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2011.10.045⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/adfm.201705786⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00761235v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04563438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mg2-xTixNi (x=0, 0.5) alloys prepared by mechanical alloying for electrochemical hydrogen storage: Experiments and first-principles calculations</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M. Nowak</w:t>
+                <w:t xml:space="preserve">Effect of surface finishing on the oxidation behaviour of a ferritic stainless steel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.R. Ardigo-Besnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Popa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Heintz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remi Chassagnon</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">R. Chassagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Vilasi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2012.07.036⟩</w:t>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 412, pp.196-206. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2017.03.280⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00761624v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04022607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coexistence of several structural phases in MOCVD TiO2 layers: evolution from nanometre to micrometre thick films;</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Advanced engineering of single-crystal gold nanoantennas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.-C. Marco de Lucas</w:t>
+                <w:t xml:space="preserve">R. Méjard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Potin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">R. Chassagnon</w:t>
+                <w:t xml:space="preserve">A. Verdy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Imhoff</w:t>
+                <w:t xml:space="preserve">O. Demichel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0022-3727/42/17/175302⟩</w:t>
+              <w:t xml:space="preserve">Optical Materials Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (4), pp.1157. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OME.7.001157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00414764v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03546193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal alumina scales on FeCrAl: characterization and growth mechanism</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of Ni content on the structure and hydrogenation property of mechanically alloyed TiMgNix ternary alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Galerie</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Zhao Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar El Kedim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Balcerzak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Jurczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Chassagnon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Crisci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science Forum</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 42 (37), pp.23751 - 23758. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2017.03.051⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00382079v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02300275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and characterization of palladium nanoparticle/polypyrrole composites.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Nature and origin of natural Zn clay minerals from the Bou Arhous Zn ore deposit: Evidence from electron microscopy (SEM-TEM) and stable isotope compositions (H and O)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Buatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavien Choulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine C. Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Chassagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">O. Heintz</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Torsten Vennemann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jp805423t⟩</w:t>
+              <w:t xml:space="preserve">Applied Clay Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 132-133, pp.377 - 390. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.clay.2016.07.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-00467820v1</w:t>
+                <w:t xml:space="preserve">hal-01664647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interfacial reaction during MOCVD growth revealed by in situ ARXPS.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Oxide or carbide nanoparticles synthesized by laser ablation of a bulk Hf target in liquids and their structural, optical, and dielectric properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolaos Semaltianos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Friedt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Chassagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">B. Domenichini</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Moutarlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Blondeau-Patissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surface and Interface Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/sia.2293⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 119 (20), 204903 (10 p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4951740⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00475605v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01446391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Improving structural stability of water-dispersed MCM-41 silica nanoparticles through post-synthesis pH aging process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Varache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Bezverkhyy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Bouyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Chassagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Baras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Nanoparticle Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 17 (9), pp.356. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11051-015-3147-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04933577v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structural and hydrogenation study on the ball milled TiH2eMgeNi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xianda Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar El Kedim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fermin Cuevas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Chassagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 40, pp.4212 - 4218. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2015.01.118⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02963409v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nanovectorization of TRAIL with single wall carbon nanotubes enhances tumor cell killing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Al Batoul Zakaria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Picaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Rattier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Pudlo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Saviot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 15 (2), [Epub ahead of print]. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/nl503565t⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01113419v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Subphthalocyanines: addressing water-solubility, nano-encapsulation, and activation for optical imaging of B16 melanoma cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bernhard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Winckler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remi Chassagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Gigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 50 (90), pp.13975-13978. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c4cc05503a⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03262940v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fast and continuous synthesis of nanostructured iron spinel in supercritical water: influence of cations and citrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Maurizi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bouyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ariane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Chassagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Millot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 4 (86), pp.45673-45678. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C4RA08562K⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02163438v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structural characterization and electrochemical hydrogen storage properties of Ti2LxZrxNi (x [ 0, 0.1, 0.2) alloys prepared by mechanical alloying</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xianda Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar El Kedim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Jurczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Chassagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 38, pp.12126 - 12132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2013.03.098⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00931006v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Synergistic effects of multiwalled carbon nanotubes and Al on the electrochemical hydrogen storage properties of Mg2Ni-type alloy prepared by mechanical alloying</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. W. Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Elkedim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Nowak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Jurczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Chassagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 37, pp.1538--1545. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2011.10.045⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00761235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mg2-xTixNi (x=0, 0.5) alloys prepared by mechanical alloying for electrochemical hydrogen storage: Experiments and first-principles calculations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. W. Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Elkedim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Nowak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remi Chassagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Jurczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 37, pp.14248--14256. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2012.07.036⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00761624v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coexistence of several structural phases in MOCVD TiO2 layers: evolution from nanometre to micrometre thick films;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Brevet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-C. Marco de Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Potin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Chassagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Imhoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 42, pp.175302-175308. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0022-3727/42/17/175302⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00414764v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of Reaction Parameters on Composition and Morphology of Titanate Nanomaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Papa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Millot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Saviot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Chassagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Heintz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 113 (29), pp.12682-12689. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp903195h⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00404290v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermal alumina scales on FeCrAl: characterization and growth mechanism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Galerie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Heintz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Chassagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Crisci</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Materials Science Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 595-598 (1-2), pp.915-922</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00382079v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Synthesis and characterization of palladium nanoparticle/polypyrrole composites.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Vasilyeva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. A. Vorotyntsev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Bezverkhyy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Chassagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Heintz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 112, pp.19878-19885. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp805423t⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00467820v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interfacial reaction during MOCVD growth revealed by in situ ARXPS.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Brevet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Chassagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Imhoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-C. Marco de Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Domenichini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Surface and Interface Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 38, pp.579-582. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/sia.2293⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00475605v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Crystallization kinetics of amorphous SiC films : Influence of substrate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E.R. Fotsing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Borchardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Chassagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Surface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 252, pp.1460-1470. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.apsusc.2005.02.116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00015461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2955,821 +4716,946 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biological and Physico-chemical characterization of Human norovirus-like-particles under different environmental conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abou-Hamad, N</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estienney, M</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Chassagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bon, M</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis de Rougemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Calicivirus Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Rotterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05289775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal alumina scales on FeCrAl: characterization and growth mechanism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Galerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Heintz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Chassagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Crisci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VIIth Symposium on High Temperature Corrosion and Protection of Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00388697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rôle des alumines de transition sur la résistance a l'oxydation de matériaux alumino-formeurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Molins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Galerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Heintz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Chassagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38èmes Journées d'Etude sur la Cinétique Hétérogène</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2007, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00194707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les premiers instants de la croissance de films minces d'oxydes métalliques par MOCVD : Etude in situ de l'interface TiO2/Si par XPS-ARXPS.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Brevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Heintz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Chassagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Imhoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-C. Marco de Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème Conférence Francophone sur les Spectroscopies d'Electrons (ELSPEC 2006)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2006, Saclay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00475376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (2)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a new hybrid material: silicate human norovirus-like particles for biomedical and agri-food uses.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId125" w:history="1">
+                <w:t xml:space="preserve">Development and material properties of a new hybrid silicate human norovirus-like particles for biomedical and agri-food uses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abou-Hamad, N</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Estienney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Chassagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis de Rougemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7 th International Conference on Multifunctional, Hybrid and Nanomaterials.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Genoa, Italy</w:t>
+              <w:t xml:space="preserve">5èmes Journées Plénières du Groupement De Recherche Bioingénéierie des Interfaces (GDR CNRS 3751 B2I)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290015v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and material properties of a new hybrid silicate human norovirus-like particles for biomedical and agri-food uses</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId125" w:history="1">
+                <w:t xml:space="preserve">Design of a new hybrid material: silicate human norovirus-like particles for biomedical and agri-food uses.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abou-Hamad, N</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Estienney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Chassagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis de Rougemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5èmes Journées Plénières du Groupement De Recherche Bioingénéierie des Interfaces (GDR CNRS 3751 B2I)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Dijon, France</w:t>
+              <w:t xml:space="preserve">7 th International Conference on Multifunctional, Hybrid and Nanomaterials.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Genoa, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05290293v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290015v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Microstructure impact on high temperature corrosion behavior of AISI 316L stainless steel additively manufactured by Selective Laser Melting (AM-SLM)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Siri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioana Popa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Chassagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Langlade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Vion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">C'NANO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Dijon, France. 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03169227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId137"/>
+      <w:footerReference w:type="default" r:id="rId212"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3916,51 +5802,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800026v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adem Dahi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Rogemont" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Br&#251;l&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labbez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Chassagnon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.3c08272" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239679v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laroussi Chaabane" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Nikolantonaki" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Weber" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Bezverkhyy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtice.2023.105169" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264046v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inna Abdulaeva" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill Birin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alla G. Bessmertnykh-Lemeune" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal13020402" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032110v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charif Tamin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Chaumont" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Heintz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Leray" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bsecv.2020.05.004" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04023793v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tellier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. R. Ardigo-Besnard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Chateau-Cornu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chassagnon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Fiorani" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11665-020-04897-5" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489502v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berthaud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Popa" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Heintz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lavkov&#225;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2019.06.004" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023892v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Varache" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Saviot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b00954" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02237058v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rodichkina" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lysenko" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Belarouci" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bezverkhyy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9CE00562E" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546193v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M&#233;jard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Verdy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Demichel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Petit" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Markey" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.7.001157" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04022607v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Ardigo-Besnard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vilasi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2017.03.280" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446391v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaos Semaltianos" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Friedt" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Moutarlier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Blondeau-Patissier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4951740" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03262940v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bernhard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Winckler" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Richard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Gigot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4cc05503a" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163438v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Maurizi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouyer" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ariane" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Millot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4RA08562K" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00931006v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianda Li" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar El Kedim" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jurczyk" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2013.03.098" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q4HPVC6F-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761235v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. W. Huang" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Elkedim" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nowak" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2011.10.045" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T1J8Q19P-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761624v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2012.07.036" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DTB14QG4-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414764v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brevet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Marco de Lucas" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Potin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Imhoff" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/42/17/175302" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-7S3SGXFL-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00382079v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chevalier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Galerie" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Crisci" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467820v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vasilyeva" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Vorotyntsev" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp805423t" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-4KS748F7-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00475605v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Domenichini" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sia.2293" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8F9H6X74-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015461v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Schmidt" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.R. Fotsing" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Borchardt" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2005.02.116" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DPC6B580-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289775v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abou-Hamad, N" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estienney, M" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chassagnon, R" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bon, M" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis de Rougemont" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00388697v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00194707v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Molins" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00475376v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290015v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guyot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290293v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452278v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahran Bechetnia" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima Hajlaoui" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boudon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;le Herbst" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chassagnon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2026.139481" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387462v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Hernando Abad" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bouyer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Bezverkhyy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Geoffroy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2025.126395" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800026v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adem Dahi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Rogemont" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Br&#251;l&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labbez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Chassagnon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.3c08272" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04229196v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Abou-Hamad" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Estienney" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Bon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Daval-Frerot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2023.113545" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239679v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laroussi Chaabane" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Nikolantonaki" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Weber" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtice.2023.105169" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264046v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inna Abdulaeva" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill Birin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alla G. Bessmertnykh-Lemeune" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal13020402" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03669610v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Tarris" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rouleau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Boireau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.858245" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784092v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Dell'Ova" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Malchow" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Heintz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pocholle" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaom.2c00046" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032110v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charif Tamin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Chaumont" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Leray" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bsecv.2020.05.004" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04023793v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tellier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. R. Ardigo-Besnard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Chateau-Cornu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Fiorani" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11665-020-04897-5" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489502v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berthaud" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Popa" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Heintz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lavkov&#225;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2019.06.004" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023892v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Varache" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Saviot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b00954" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02237058v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rodichkina" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lysenko" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Belarouci" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bezverkhyy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9CE00562E" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02735286v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Loiseau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Oudot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Moreau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Boidot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers11121962" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563438v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Gunawan" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oana Moncea" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Poinsot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Keskes" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Domenichini" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201705786" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04022607v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Ardigo-Besnard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vilasi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2017.03.280" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X4PT4HSG-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546193v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M&#233;jard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Verdy" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Demichel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Petit" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Markey" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.7.001157" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300275v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhao Zhang" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar El Kedim" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Balcerzak" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Jurczyk" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2017.03.051" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZT1K5B1H-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664647v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Buatier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Choulet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine C. Petit" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Vennemann" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2016.07.004" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T4C57VDR-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446391v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaos Semaltianos" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Friedt" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Moutarlier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Blondeau-Patissier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4951740" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933577v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Baras" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11051-015-3147-6" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963409v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianda Li" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fermin Cuevas" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2015.01.118" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FSC74CP2-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01113419v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al Batoul Zakaria" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Picaud" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Rattier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pudlo" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl503565t" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03262940v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bernhard" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Winckler" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Richard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Gigot" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4cc05503a" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163438v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Maurizi" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouyer" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ariane" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Millot" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4RA08562K" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00931006v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jurczyk" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2013.03.098" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q4HPVC6F-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761235v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. W. Huang" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Elkedim" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nowak" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2011.10.045" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T1J8Q19P-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761624v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2012.07.036" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DTB14QG4-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414764v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brevet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Marco de Lucas" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Potin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Imhoff" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/42/17/175302" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-7S3SGXFL-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404290v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Papa" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Millot" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp903195h" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00382079v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chevalier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Galerie" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Crisci" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467820v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vasilyeva" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Vorotyntsev" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp805423t" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-4KS748F7-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00475605v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Domenichini" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sia.2293" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8F9H6X74-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015461v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Schmidt" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.R. Fotsing" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Borchardt" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2005.02.116" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DPC6B580-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05289775v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abou-Hamad, N" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estienney, M" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bon, M" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis de Rougemont" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00388697v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00194707v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Molins" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00475376v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290293v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guyot" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290015v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169227v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Siri" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Popa" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Langlade" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vion" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>