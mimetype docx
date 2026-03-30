--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -1249,2102 +1249,2102 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03481537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Growth and co-growth in negatively curved groups</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SMF. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Groupes agissant sur des fractales, hyperbolicité et self-similarité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 63, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SMF</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.115-143, 2025, Panoramas et Synthèses, 978-2-37905-215-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05382412v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (21)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Twisted Patterson-Sullivan measures and applications to amenability and coverings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rhiannon Dougall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Schapira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Tapie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Memoirs of the American Mathematical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 305 (1539), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1090/memo/1539⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01881897v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the importance of illustration for mathematical research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Dorfsman-Hopkins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edmund Harriss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Skrodzki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katherine Stange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Notices of the American Mathematical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 71 (01), pp.105-115. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1090/noti2839⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04235296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patterson-Sullivan theory for groups with a strongly contracting element</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ergodic Theory and Dynamical Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, pp.1-56. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/etds.2024.10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03698536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le dessous des cartes du rulpidon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Benzoni-Gavage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pour la science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04797831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Examples of groups whose automorphisms have exotic growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Algebraic and Geometric Topology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 22 (4), pp.1497-1510. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2140/agt.2022.22.1497⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02343939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Product set growth in Burnside groups</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Steenbock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de l'École polytechnique — Mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 9, pp.463-504. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5802/jep.187⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03149864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ray-marching Thurston geometries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabetta Matsumoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henry Segerman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steve Trettel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Mathematics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 31 (4), pp.1197-1277. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/10586458.2022.2030262⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02983618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automorphisms and endomorphisms of lacunary hyperbolic groups</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Guirardel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Groups, Geometry, and Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 13 (1), pp.131-148. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4171/GGD/488⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01327448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Small cancellation theory over Burnside groups</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominik Gruber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Mathematics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 353, pp.722-775. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.aim.2019.05.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01535646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A non-residually finite group acting uniformly properly on a hyperbolic space</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Osin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de l'École polytechnique — Mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 6, pp.19-30. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5802/jep.86⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01773629v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Growth gap in hyperbolic groups and amenability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Dal'Bo-Milonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Sambusetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geometric And Functional Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 28 (5), pp.1260-1320. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00039-018-0459-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01591471v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farrell-Jones via Dehn fillings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yago Antolín</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Gandini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Topology and Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 10 (4), pp.873-895. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S1793525318500292⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01237052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detecting trivial elements of periodic groups</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la société mathématique de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 146 (4), pp.745-806. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.24033/bsmf.2772⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01662863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Growth and order of automorphisms of free groups and free Burnside groups</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Hilion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geometry and Topology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 21 (4), pp.1969 - 2014. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2140/gt.2017.21.1969⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01066572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théorie de la petite simplification : une approche géométrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Asterisque</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 380, pp.1-33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01358613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Cartan-Hadamard type result for relatively hyperbolic groups</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Hull</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Curtis Kent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geometriae Dedicata</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 180 (1), pp.339-371. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10711-015-0105-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01261981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Partial periodic quotients of groups acting on a hyperbolic on a hyperbolic space</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de l'Institut Fourier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 66 (5), pp.1773 - 1857. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5802/aif.3050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01398797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the geometry of burnside quotients of torsion free hyperbolic groups</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Algebra and Computation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 24 (03), pp.251 - 345. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1142/S0218196714500143⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01662850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Outer automorphisms of free Burnside groups</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Commentarii Mathematici Helvetici</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 88 (4), pp.789 - 811. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4171/CMH/303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01662844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Growth of periodic quotients of hyperbolic groups</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Algebraic and Geometric Topology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 13 (6), pp.3111 - 3133. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2140/agt.2013.13.3111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01662877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asphericity and small cancellation theory for rotation families of groups</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Groups, Geometry, and Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, pp.729 - 765. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4171/GGD/146⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01662843v1</w:t>
-              </w:r>
-[...129 lines deleted...]
-                <w:t xml:space="preserve">hal-05382412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3696,51 +3696,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503677v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mae Mavromatis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Gaugne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Coulon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gouranton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943528v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#233; Mavromatis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VRW66409.2025.00054" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914651v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0013150900003912" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465726v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta A. Matsumoto" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Segerman" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Trettel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465731v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233887v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Fournier Facio" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meng-Che Turbo Ho" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05325144v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Sisto" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Wilton" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403402v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Hilion" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Horbez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Levitt" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235294v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360626v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Fournier-Facio" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898778v4" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481537v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zlil Sela" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01881897v4" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhiannon Dougall" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Schapira" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Tapie" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/memo/1539" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235296v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Dorfsman-Hopkins" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmund Harriss" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Skrodzki" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Stange" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/noti2839" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698536v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/etds.2024.10" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797831v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Benzoni-Gavage" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343939v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/agt.2022.22.1497" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03149864v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Steenbock" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/jep.187" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983618v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Matsumoto" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10586458.2022.2030262" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01327448v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guirardel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/GGD/488" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535646v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Gruber" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aim.2019.05.029" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773629v3" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Osin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/jep.86" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01591471v3" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Dal'Bo-Milonet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Sambusetti" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00039-018-0459-6" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237052v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yago Antol&#237;n" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Gandini" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S1793525318500292" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662863v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24033/bsmf.2772" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01066572v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/gt.2017.21.1969" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358613v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01261981v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hull" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Curtis Kent" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10711-015-0105-5" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398797v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/aif.3050" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662850v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218196714500143" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662844v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/CMH/303" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662877v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/agt.2013.13.3111" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662843v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/GGD/146" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382412v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Marchand" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smf.emath.fr/publications/groupes-agissant-sur-des-fractales-hyperbolicite-et-self-similarite" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04967828v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00489295v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010STRA6057" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503677v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mae Mavromatis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Gaugne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Coulon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gouranton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943528v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#233; Mavromatis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VRW66409.2025.00054" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914651v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0013150900003912" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465726v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta A. Matsumoto" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Segerman" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Trettel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465731v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233887v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Fournier Facio" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meng-Che Turbo Ho" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05325144v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Sisto" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Wilton" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403402v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Hilion" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Horbez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Levitt" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235294v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360626v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Fournier-Facio" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898778v4" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481537v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zlil Sela" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382412v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Marchand" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smf.emath.fr/publications/groupes-agissant-sur-des-fractales-hyperbolicite-et-self-similarite" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01881897v4" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhiannon Dougall" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Schapira" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Tapie" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/memo/1539" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235296v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Dorfsman-Hopkins" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmund Harriss" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Skrodzki" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Stange" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/noti2839" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698536v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/etds.2024.10" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797831v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Benzoni-Gavage" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343939v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/agt.2022.22.1497" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03149864v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Steenbock" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/jep.187" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983618v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Matsumoto" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10586458.2022.2030262" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01327448v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guirardel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/GGD/488" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535646v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Gruber" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aim.2019.05.029" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773629v3" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Osin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/jep.86" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01591471v3" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Dal'Bo-Milonet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Sambusetti" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00039-018-0459-6" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237052v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yago Antol&#237;n" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Gandini" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S1793525318500292" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662863v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24033/bsmf.2772" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01066572v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/gt.2017.21.1969" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358613v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01261981v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hull" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Curtis Kent" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10711-015-0105-5" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398797v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/aif.3050" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662850v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218196714500143" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662844v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/CMH/303" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662877v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/agt.2013.13.3111" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662843v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/GGD/146" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04967828v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00489295v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010STRA6057" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>