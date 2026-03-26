--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1465,178 +1465,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04748040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déposition de particules solides dans un échangeur thermique à tubes ailetés : analyse numérique via une approche Euler–Lagrange</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Preparation of robust carbon monoliths derived from phenolic resin for CO2 separation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Euliser Mosquera Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Delbecq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Daouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Berthauld-Drelich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khashayar Saleh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée thématique de la Société Française de Thermique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Formula XI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04201208v1</w:t>
+                <w:t xml:space="preserve">hal-04417408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement de charbon actif à partir de résine phénolique pour la séparation du CO2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liana Delevingne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Euliser Mosquera Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Delbecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1668,212 +1685,195 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Chimie Durable 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Division de Chimie Durable de la SCF, Sep 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04757555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparation of robust carbon monoliths derived from phenolic resin for CO2 separation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Déposition de particules solides dans un échangeur thermique à tubes ailetés : analyse numérique via une approche Euler–Lagrange</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kousseila Atsaid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souria Hamidouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Russeil</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Formula XI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Lille, France</w:t>
+              <w:t xml:space="preserve">Journée thématique de la Société Française de Thermique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04417408v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04201208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of nitrogen-enriched porous carbons from polybenzoxazines for CO2 separation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Euliser Mosquera Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Delbecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2065,176 +2065,172 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04199103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of nitrogen-enriched porous carbons from polybenzoxazines for CO2 separation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">SÉCHAGE D’UN MILIEU POREUX GRANULAIRE PAR CONDUCTION ET CONVECTION FORCÉE – APPLICATION AU SÉCHAGE DES NOYAUX INORGANIQUES DE FONDERIE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souraya Osman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bougeard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Carquin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de Formulation 2022 de la Société Chimique de France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Limoges, France</w:t>
+              <w:t xml:space="preserve">XIIème Colloque Interuniversitaire Franco-Québécois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04417584v1</w:t>
+                <w:t xml:space="preserve">hal-04199437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SÉCHAGE D’UN MILIEU POREUX GRANULAIRE PAR CONDUCTION ET CONVECTION FORCÉE – APPLICATION AU SÉCHAGE DES NOYAUX INORGANIQUES DE FONDERIE</w:t>
+                <w:t xml:space="preserve">Modeling moisture removal from inorganic core-making process using Computational Fluid Dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souraya Osman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gautier</w:t>
@@ -2265,324 +2261,328 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Carquin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIIème Colloque Interuniversitaire Franco-Québécois</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">The 74th World Foundry Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Busan, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04199437v1</w:t>
+                <w:t xml:space="preserve">hal-04199402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling moisture removal from inorganic core-making process using Computational Fluid Dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Souraya Osman</w:t>
+                <w:t xml:space="preserve">Simulation numérique de dépôts de particules dans un échangeur par approche Euler – Lagrange</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souria Hamidouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marie Carquin</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kousseila Atsaid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Ouchene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Russeil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 74th World Foundry Congress</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">30e Congrès Français de Thermique,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Valenciennes, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25855/SFT2022-079⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04199402v1</w:t>
+                <w:t xml:space="preserve">hal-04199248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation numérique de dépôts de particules dans un échangeur par approche Euler – Lagrange</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Development of nitrogen-enriched porous carbons from polybenzoxazines for CO2 separation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Euliser Mosquera Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Delbecq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Daouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Drelich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khashayar Saleh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30e Congrès Français de Thermique,</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journées de Formulation 2022 de la Société Chimique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Limoges, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.25855/SFT2022-079⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04199248v1</w:t>
+                <w:t xml:space="preserve">hal-04417584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Educational Background Oriented Schlieren Based On A Matlab App And A Smartphone Camera</w:t>
               </w:r>
@@ -3059,269 +3059,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04493415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation 3D d’un procédé de séparation de gaz par adsorption</w:t>
+                <w:t xml:space="preserve">Intensification d’un procédé de séparation de gaz par adsorption : étude numérique par simulation CFD 3D et influence de la géométrie du lit adsorbant.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Talib Dbouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Harion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Lomig Hamon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Harion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascaline Pre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6èmes Journées Annuelles de l'Association Française de l'Adsorption</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">Congrès de la Société Française de Génie des Procédés SFGP 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02427640v1</w:t>
+                <w:t xml:space="preserve">hal-02427644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intensification d’un procédé de séparation de gaz par adsorption : étude numérique par simulation CFD 3D et influence de la géométrie du lit adsorbant.</w:t>
+                <w:t xml:space="preserve">Simulation 3D d’un procédé de séparation de gaz par adsorption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Talib Dbouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Lomig Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Harion</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lomig Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascaline Pre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de la Société Française de Génie des Procédés SFGP 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Nancy, France</w:t>
+              <w:t xml:space="preserve">6èmes Journées Annuelles de l'Association Française de l'Adsorption</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02427644v1</w:t>
+                <w:t xml:space="preserve">hal-02427640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of a novel heat exchanger adsorber concept for CO2 capture</w:t>
               </w:r>
@@ -3684,90 +3684,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of activated carbon materials derived from phenolic resin for CO2 separation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Euliser Mosquera Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Delbecq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Daouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Berthauld-Drelich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khashayar Saleh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3803,273 +3803,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04416933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement de solides carbonés poreux enrichis en azote à partir de résines polybenzoxazines pour la séparation du CO2</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le procédé de noyautage inorganique pour la réduction des émissions de COV en fonderie automobile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souraya Osman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bougeard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Carquin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18e Congrès de la Société Française de Génie des Procédés (SFGP)</w:t>
+              <w:t xml:space="preserve">18ème congrès de la Société Française de Génie des Procédés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04417564v1</w:t>
+                <w:t xml:space="preserve">hal-04199461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le procédé de noyautage inorganique pour la réduction des émissions de COV en fonderie automobile</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Développement de solides carbonés poreux enrichis en azote à partir de résines polybenzoxazines pour la séparation du CO2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Euliser Mosquera Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Delbecq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Daouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Drelich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khashayar Saleh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18ème congrès de la Société Française de Génie des Procédés</w:t>
+              <w:t xml:space="preserve">18e Congrès de la Société Française de Génie des Procédés (SFGP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04199461v1</w:t>
+                <w:t xml:space="preserve">hal-04417564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude expérimentale et numérique du séchage d'un milieu granulaire appliqué au procédé de noyautage inorganique de fonderie</w:t>
               </w:r>
@@ -4202,51 +4202,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Talib Dbouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lomig Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascaline Pre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4553,183 +4553,209 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05287261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude bibliographique de la modélisation des fours à chaux de l'industrie sucrière par approche CFD</w:t>
+                <w:t xml:space="preserve">Proposition technique pour l'étude numérique d'un système d'injection de gaz dans un four à chaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gautier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IMT Nord Europe. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04493637v1</w:t>
+                <w:t xml:space="preserve">hal-04493625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proposition technique pour l'étude numérique d'un système d'injection de gaz dans un four à chaux</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Étude sur la qualité d'un noyau de fonderie - Livrable T3.2 - contrat de thèse CIFRE - Stellantis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souraya Osman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gautier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bougeard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IMT Nord Europe. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport technique)</w:t>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04493625v1</w:t>
+                <w:t xml:space="preserve">hal-04493676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude sur la qualité d'un noyau de fonderie - Livrable T3.2 - contrat de thèse CIFRE - Stellantis</w:t>
+                <w:t xml:space="preserve">Mesure des conditions aux limites expérimentales - Livrable T4.0 - contrat de thèse CIFRE - STELLANTIS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souraya Osman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gautier</w:t>
@@ -4753,51 +4779,51 @@
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IMT Nord Europe. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04493676v1</w:t>
+                <w:t xml:space="preserve">hal-04493662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de la cinétique de séchage d'un noyau de fonderie - Livrable T4.1</w:t>
               </w:r>
@@ -4869,119 +4895,93 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04493648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesure des conditions aux limites expérimentales - Livrable T4.0 - contrat de thèse CIFRE - STELLANTIS</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etude bibliographique de la modélisation des fours à chaux de l'industrie sucrière par approche CFD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gautier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IMT Nord Europe. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04493662v1</w:t>
+                <w:t xml:space="preserve">hal-04493637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation géométrique des matériaux - Tâche 1.2 - Projet Ecostock 1000</w:t>
               </w:r>
@@ -5412,51 +5412,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756693v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Fahes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gautier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souria Hamidouche" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Duc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Redon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2024.120878" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057956v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kousseila Atsaid" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Russeil" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2025.105271" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-04707326v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mosquera" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Delbecq" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Daouk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Drelich" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khashayar Saleh" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pr12081604" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487421v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Younes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0185595" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389912v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souraya Osman" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bougeard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fontaine" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Carquin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40962-023-01170-y" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076607v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0133435" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02538905v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ephra&#239;m Toubiana" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2019.05.002" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876327v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Biau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lamballais" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2012.12.017" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071526v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219779v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Puwit Chongcharoen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11159/ffhmt25.243" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748040v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Pelay" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikel Leturia" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201208v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757555v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liana Delevingne" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Euliser Mosquera Ruiz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417408v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delbecq" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Berthauld-Drelich" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-04757218v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199103v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2023-073" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417584v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199437v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199402v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199248v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Ouchene" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2022-079" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199206v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mercier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lacassagne" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55037/lxlaser.20th.82" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493704v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.V. Simo Tala" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427557v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talib Dbouk" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Pre" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493574v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubin Touzo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Dejean" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493415v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427640v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lomig Hamon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Harion" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427644v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427637v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Campesi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Moussa" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421398v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Lamballais" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Laizet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471704v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416933v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417564v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199461v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493620v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881507v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881511v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05287261v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493637v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493625v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493676v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493648v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493662v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493588v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493600v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Jabbour" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493524v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756693v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Fahes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gautier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souria Hamidouche" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Duc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Redon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2024.120878" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057956v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kousseila Atsaid" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Russeil" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2025.105271" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-04707326v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mosquera" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Delbecq" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Daouk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Drelich" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khashayar Saleh" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pr12081604" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487421v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Younes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0185595" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389912v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souraya Osman" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bougeard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fontaine" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Carquin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40962-023-01170-y" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076607v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0133435" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02538905v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ephra&#239;m Toubiana" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2019.05.002" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876327v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Biau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lamballais" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2012.12.017" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071526v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219779v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Puwit Chongcharoen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11159/ffhmt25.243" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748040v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Pelay" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikel Leturia" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417408v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Euliser Mosquera Ruiz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delbecq" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Berthauld-Drelich" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757555v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liana Delevingne" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201208v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-04757218v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199103v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2023-073" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199437v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199402v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199248v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Ouchene" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2022-079" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417584v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199206v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mercier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lacassagne" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55037/lxlaser.20th.82" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493704v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.V. Simo Tala" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427557v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talib Dbouk" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Pre" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493574v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubin Touzo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Dejean" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493415v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427644v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Harion" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lomig Hamon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427640v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427637v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Campesi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Moussa" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421398v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Lamballais" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Laizet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471704v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416933v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199461v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417564v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493620v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881507v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881511v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05287261v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493625v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493676v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493662v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493648v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493637v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493588v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493600v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Jabbour" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493524v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>