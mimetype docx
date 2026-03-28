--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -754,191 +754,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01827546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les effets paradoxaux de la surveillance électronique dans un centre d'appels sous-traitant</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le contrôle des demandeurs d'emploi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Le Gall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Connaissance de l'emploi</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, n° 126</w:t>
+              <w:t xml:space="preserve">Les Cahiers français : documents d'actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, L'immigration en France, 385, pp.80-86</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02135156v1</w:t>
+                <w:t xml:space="preserve">hal-02135172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le contrôle des demandeurs d'emploi</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les effets paradoxaux de la surveillance électronique dans un centre d'appels sous-traitant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Greenan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Le Gall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers français : documents d'actualité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, L'immigration en France, 385, pp.80-86</w:t>
+              <w:t xml:space="preserve">Connaissance de l'emploi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, n° 126</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02135172v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02135156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1196,230 +1196,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05060849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les trajectoires institutionnelles des jeunes accueillis en Institut Thérapeutique Éducatif et Pédagogique</w:t>
+                <w:t xml:space="preserve">Que changent les politiques sociales ? Enjeux théoriques et défis méthodologiques de la mesure des effets de l’accompagnement social des CAF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melaine Cervera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Hourcade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Jung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Le Gall</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Audrey Parron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIe Congrès des sociologues de langue française : La société morale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AISLF, Jul 2021, Tunis, Tunisie</w:t>
+              <w:t xml:space="preserve">"Changer?". 9ème Congrès de l'Association Française de Sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFS, Jul 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03244343v1</w:t>
+                <w:t xml:space="preserve">hal-03244276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Que changent les politiques sociales ? Enjeux théoriques et défis méthodologiques de la mesure des effets de l’accompagnement social des CAF</w:t>
+                <w:t xml:space="preserve">Les trajectoires institutionnelles des jeunes accueillis en Institut Thérapeutique Éducatif et Pédagogique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melaine Cervera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Parron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Changer?". 9ème Congrès de l'Association Française de Sociologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFS, Jul 2021, Lille, France</w:t>
+              <w:t xml:space="preserve">XXIe Congrès des sociologues de langue française : La société morale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AISLF, Jul 2021, Tunis, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03244276v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03244343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measuring non-take-up of social benefits in France: focus on the RSA and the PA</w:t>
               </w:r>
@@ -1519,77 +1519,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Effets de la surveillance électronique. Une expérimentation dans un centre d'appels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Greenan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hermès - Lavoisier, 2016, Espaces numériques, 978-2-7462-4730-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3218,51 +3218,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="857B0C0E"/>
+    <w:nsid w:val="E9F087DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3449,51 +3449,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/remi-le-gall" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0557-2935" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/192676547" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000459626489" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010935v3" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannafi Cyrine" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Gall R&#233;mi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/spol.70032" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082311v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chareyron" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Le Gall" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick L'Horty" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.735.0735" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082301v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrine Hannafi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Legendre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.735.0841" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827450v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Duguet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Petit" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJM-09-2017-0231" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827546v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melaine Cervera" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Emond" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Hourcade" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jung" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/caf.2018.3268" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135156v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gillet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Greenan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135172v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461456v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060846v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060849v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244343v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Parron" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244276v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249950v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02174853v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559207v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jung Loriente" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04154433v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gravoin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240760v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140207v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01878933v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01374419v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Fremigacci" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134525v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahida Boulaar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Lou&#235;rat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082333v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Omalek" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Marc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03618424v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Portela" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rode" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082347v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03618416v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559203v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02953386v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line &#201;mond" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jung-Loriente" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02152377v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018PESC0014" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/remi-le-gall" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0557-2935" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/192676547" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000459626489" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010935v3" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannafi Cyrine" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Gall R&#233;mi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/spol.70032" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082311v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chareyron" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Le Gall" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick L'Horty" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.735.0735" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082301v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrine Hannafi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Legendre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.735.0841" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827450v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Duguet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Petit" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJM-09-2017-0231" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827546v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melaine Cervera" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Emond" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Hourcade" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jung" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/caf.2018.3268" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135172v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135156v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gillet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Greenan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461456v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060846v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060849v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244276v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244343v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Parron" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249950v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02174853v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559207v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jung Loriente" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04154433v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gravoin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240760v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140207v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01878933v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01374419v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Fremigacci" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134525v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahida Boulaar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Lou&#235;rat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082333v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Omalek" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Marc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03618424v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Portela" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rode" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082347v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03618416v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559203v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02953386v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line &#201;mond" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jung-Loriente" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02152377v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018PESC0014" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>