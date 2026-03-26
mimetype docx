--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -212,222 +212,222 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geovisualization of artificial land use in European cities in 2018, with urban scaling laws</w:t>
+                <w:t xml:space="preserve">The three-dimensional structure of population density in world cities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axel Pecheric</w:t>
+                <w:t xml:space="preserve">Gaëtan Laziou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Lemoy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marion Le Texier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cartography and Geographic Information Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/15230406.2024.2433573⟩</w:t>
+              <w:t xml:space="preserve">npj Urban Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5 (1), pp.75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42949-025-00262-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04867036v1</w:t>
+                <w:t xml:space="preserve">hal-05346981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The three-dimensional structure of population density in world cities</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Geovisualization of artificial land use in European cities in 2018, with urban scaling laws</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Pecheric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Lemoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëtan Laziou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rémi Lemoy</w:t>
+                <w:t xml:space="preserve">Marion Le Texier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">npj Urban Sustainability</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 5 (1), pp.75. </w:t>
+              <w:t xml:space="preserve">Cartography and Geographic Information Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s42949-025-00262-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/15230406.2024.2433573⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05346981v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04867036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of population size on urban heat island and NO2 air pollution: Review and meta-analysis</w:t>
               </w:r>
@@ -517,77 +517,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radial analysis and scaling of housing prices in French urban areas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Laziou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Lemoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Le Texier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environment and Planning B: Urban Analytics and City Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1705,51 +1705,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Where do people live in urban areas? A radial and scaling analysis of population density across European cities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Laziou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Lemoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1813,51 +1813,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Pécheric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Lemoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Le Texier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie de Ruffray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1921,51 +1921,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walid Rabehi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Lemoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Le Texier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GISRUK 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Glasgow, United Kingdom. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2025,51 +2025,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Pécheric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Lemoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Le Texier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Caruso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2389,51 +2389,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The three-dimensional structure of population density in world cities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Laziou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Lemoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2464,77 +2464,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radial analysis and scaling of housing prices in French urban areas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Laziou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Lemoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Le Texier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2565,51 +2565,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SUCHIES Open Urban Database: History and Urban Evolution of French Cities Over Three Centuries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walid Rabehi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Le Texier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Lemoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2842,217 +2842,217 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The scaling of urban land and density profiles</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Monocentric or polycentric city? An empirical perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Lemoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Urban Scaling Allometry in Urban Studies and Spatial Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Compendium of urban complexity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05008085v1</w:t>
+                <w:t xml:space="preserve">hal-04504969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monocentric or polycentric city? An empirical perspective</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The scaling of urban land and density profiles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffrey Caruso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Kilgarriff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justin Delloye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Lemoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Luca S. D'Acci. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Compendium of urban complexity</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Urban Scaling Allometry in Urban Studies and Spatial Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, 2024, 9781003288312. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9781003288312⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04504969v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05008085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gibrat’s law and the change in artificial land use within and between European cities</w:t>
               </w:r>
@@ -3411,77 +3411,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie de Ruffray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Imbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Laziou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Lemoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Le Texier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Prospective urbaine InSHS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Marseille, France</w:t>
@@ -4016,51 +4016,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D0B889FF"/>
+    <w:nsid w:val="C2828683"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4247,51 +4247,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/remi-lemoy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0396-9488" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/192908650" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04867036v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Pecheric" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lemoy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Le Texier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15230406.2024.2433573" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346981v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Laziou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42949-025-00262-4" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005287v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yufei Wei" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Caruso" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cacint.2024.100161" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04867047v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/23998083241281890" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005307v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Mennicken" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/23998083231168870" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005317v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-01477-y" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385909v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Delloye" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gean.12191" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385906v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2399808318810532" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602087v5" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Raux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Jensen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compenvurbsys.2016.10.008" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909887v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bertin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-5468/2012/12/P12007" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909788v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/93/38002" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00467958v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Grauwin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0906263106" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262736v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Vignolles" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04804584v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel P&#233;cheric" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04804556v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006329v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04804532v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie de Ruffray" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117798v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Rabehi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7839698" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04804428v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00567130v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lammoglia" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gu&#233;gan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mazouin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ninot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00567127v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Josselin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Rdjimi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268711v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586330v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117725v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454797v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Kilgarriff" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00805116v3" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008085v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003288312" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504969v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008158v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781839100598" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454805v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01729177v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.economica.fr/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611422v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Imbert" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/cel-01090631v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Abrami" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Amalric" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Amblard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Anselme" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Banos" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00860300v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Antoni" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Morency" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Cambien" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vuidel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Nguyen-Luong" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00634588v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/remi-lemoy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0396-9488" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/192908650" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346981v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Laziou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lemoy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42949-025-00262-4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04867036v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Pecheric" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Le Texier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15230406.2024.2433573" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005287v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yufei Wei" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Caruso" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cacint.2024.100161" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04867047v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/23998083241281890" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005307v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Mennicken" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/23998083231168870" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005317v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-01477-y" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385909v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Delloye" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gean.12191" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385906v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2399808318810532" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602087v5" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Raux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Jensen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compenvurbsys.2016.10.008" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909887v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bertin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-5468/2012/12/P12007" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909788v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/93/38002" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00467958v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Grauwin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0906263106" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262736v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Vignolles" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04804584v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel P&#233;cheric" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04804556v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006329v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04804532v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie de Ruffray" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117798v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Rabehi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7839698" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04804428v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00567130v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lammoglia" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gu&#233;gan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mazouin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ninot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00567127v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Josselin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Rdjimi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268711v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586330v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117725v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454797v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Kilgarriff" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00805116v3" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504969v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008085v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003288312" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008158v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781839100598" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454805v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01729177v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.economica.fr/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611422v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Imbert" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/cel-01090631v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Abrami" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Amalric" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Amblard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Anselme" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Banos" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00860300v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Antoni" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Morency" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Cambien" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vuidel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Nguyen-Luong" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00634588v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>