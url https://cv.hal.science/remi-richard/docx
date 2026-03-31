--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -66,325 +66,325 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (29)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (28)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding the evolution of physical activity and sport participation in the older population. The value of the «déprise» concept</w:t>
+                <w:t xml:space="preserve">Social Risk Factors for an Injury in Paralympic Athletes: Examining Time to Access the Training Facility and Time to Prepare Before and After Training</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maude Noel</w:t>
+                <w:t xml:space="preserve">Maxime Luiggi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robin Recours</w:t>
+                <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Richard</w:t>
+                <w:t xml:space="preserve">Valentine Duquesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Ageing and Later Life</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3384/ijal.1652-8670.5343⟩</w:t>
+              <w:t xml:space="preserve">Orthopaedic Journal of Sports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/23259671251320986⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05139549v1</w:t>
+                <w:t xml:space="preserve">hal-05139576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social Risk Factors for an Injury in Paralympic Athletes: Examining Time to Access the Training Facility and Time to Prepare Before and After Training</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Understanding the evolution of physical activity and sport participation in the older population. The value of the «déprise» concept</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Noel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Recours</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Orthopaedic Journal of Sports Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 13 (6), </w:t>
+              <w:t xml:space="preserve">International Journal of Ageing and Later Life</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/23259671251320986⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3384/ijal.1652-8670.5343⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05139576v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05139549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">STAPS, 150 e … Les dessous d’une « Qvée » nouvelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fuchs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, N° 150 (2), pp.7-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
@@ -431,64 +431,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les déclencheurs de l’engagement dans l’activité physique des personnes vieillissantes : des freins pour certains, des leviers pour d’autres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Recours</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Loisir et Société / Society and Leisure</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, pp.1-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
@@ -548,51 +548,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine Derycke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Julla-Marcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Forté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -682,64 +682,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Beldame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Pantaléon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mai-Anh Ngo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -777,51 +777,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cuvée STAPS 2023. La revue a le vent en poupe !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fuchs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -881,77 +881,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“They Don’t Really Care about my Results, they Prefer Selling my Life Story.” Inspirational Paralympians and Sponsorship</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Beldame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Duquesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communication &amp; Sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, pp.216747952311585. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
@@ -985,77 +985,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cripping Sport and Physical Activity: An Intersectional Approach to Gender and Disability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Joncheray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Duquesne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sport, Ethics and Philosophy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, pp.1 - 15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1115,64 +1115,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mai-Anh Ngo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Pantaléon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Beldame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1219,90 +1219,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sports experiences of elite athletes with intellectual disabilities and/or autism spectrum disorders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Duquesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sport in Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 26 (5), pp.1-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1388,51 +1388,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Winand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christos Anagnostopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Managing Sport and Leisure</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, pp.1-9. </w:t>
@@ -1604,90 +1604,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“I had a dream: it was to play the games”. Sports socialisation processes of French paralympic athletes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Burlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Richard</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Valentine Duquesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal for Sport and Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 19 (2), pp.1-18. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1721,51 +1721,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fairness, Regulation of Technology and Enhanced Human: A Comparative Analysis of the Pistorius Case and the Cybathlon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Issanchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1851,51 +1851,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Ferez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Ruffié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marcellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1959,51 +1959,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The bodily experience of disabled athletes. A phenomenological study of powerchair football</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Perera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2102,51 +2102,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marcellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Sakis Pappous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Ferez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2193,57 +2193,57 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Cybathlon experience: beyond transhumanism to capability hybridization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Remi Richard</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Andrieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Philosophy of Sport</w:t>
             </w:r>
@@ -2254,81 +2254,81 @@
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/00948705.2018.1561297⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03754569v1</w:t>
+                <w:t xml:space="preserve">hal-02104022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l'affaire Pistorius au Cybathlon : compensation du handicap ou augmentation de l'humain ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Ferez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2373,874 +2373,783 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02168470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Cybathlon experience: beyond transhumanism to capability hybridization</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Disabled sportswomen and gender construction in powerchair football</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bernard Andrieu</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Joncheray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Dugas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Philosophy of Sport</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00948705.2018.1561297⟩</w:t>
+              <w:t xml:space="preserve">International Review for the Sociology of Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 52 (1), pp.61-81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1012690215577398⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02104022v1</w:t>
+                <w:t xml:space="preserve">hal-02168482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The life of high-level athletes : The challenge of high performance against the time constraint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Burlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Review for the Sociology of Sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 53 (2), pp.234-249. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/1012690216647196⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01563524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disabled sportswomen and gender construction in powerchair football</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">VIOLENCES, COMPORTEMENTS AGRESSIFS ET ACTIVITÉS PHYSIQUES ET SPORTIVES. REGARDS CROISÉS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Joncheray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Dugas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric Dugas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Review for the Sociology of Sport</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 2 (112), pp.9-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sta.112.0009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/1012690215577398⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02168482v1</w:t>
+                <w:t xml:space="preserve">hal-01561600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VIOLENCES, COMPORTEMENTS AGRESSIFS ET ACTIVITÉS PHYSIQUES ET SPORTIVES. REGARDS CROISÉS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Disabled sportswomen and gender construction in powerchair football</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dugas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Review for the Sociology of Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.1 - 21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09687590500086492⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/sta.112.0009⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01561600v1</w:t>
+                <w:t xml:space="preserve">hal-01563257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disabled sportswomen and gender construction in powerchair football</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Identity socialization and construction within the French national rugby union women's team</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Dugas</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Level</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remi Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Review for the Sociology of Sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, pp.1 - 21. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/09687590500086492⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01563257v1</w:t>
+                <w:t xml:space="preserve">hal-01561661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identity socialization and construction within the French national rugby union women's team</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Identity socialization and construction within the French national rugby union women’s team</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Level</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Remi Richard</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Review for the Sociology of Sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2013, 51 (2), pp.162-177. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1012690213517108⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01561661v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02168491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identity socialization and construction within the French national rugby union women’s team</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">L'expérience sportive du corps en situation de handicap : vers une phénoménologie du fauteuil roulant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Review for the Sociology of Sport</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 98 (4), pp.127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sta.098.0127⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/1012690213517108⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02168491v1</w:t>
+                <w:t xml:space="preserve">hal-02168498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'expérience sportive du corps en situation de handicap : vers une phénoménologie du fauteuil roulant</w:t>
-[...76 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Le genre en jeu. De la construction du genre dans les interactions en tennis de table</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SociologieS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02168509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3250,51 +3159,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les staffs en athlétisme de haute performance : dynamiques organisationnelles et rapports de pouvoir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine Derycke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3303,123 +3212,123 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Julla-Marcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Forté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organiser, Désorganiser, Réorganiser le travail, 18ème édition des Journées Internationales de Sociologie du travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université d'Evry Paris Saclay, Jul 2024, Evry Courcouronnes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04972206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ce qu’« être pro » veut dire… Contribution à l’analyse de la dynamique des carrières d’élite en athlétisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Forté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3428,163 +3337,163 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Julla-Marcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine Derycke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Hanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11ème Congrès de la 3SLF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03774501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le « staff » en athlétisme : se constituer en réseau pour produire une performance sportive et économique sur le marché du travail athlétique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine Derycke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Julla-Marcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Forté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3603,73 +3512,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Enjeux des Jeux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Montpellier (Le Corum), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04555227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’« être pro » au devenir professionnel : variabilité des discours, des pratiques et des ressources au sein de l’élite athlétique française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Forté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3678,262 +3587,262 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Julla-Marcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine Derycke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dire, Faire et Analyser. La sociologie du sport face au langage. 11ème Congrès de la 3SLF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SSSLF, Société de Sociologie du Sport de Langue Française, Jun 2022, Rennes 2 Université, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04972071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wheat genotypes and their interaction with plant-beneficial bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Valente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jordan Valente</w:t>
+                <w:t xml:space="preserve">Christophe Gruet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Gruet</w:t>
+                <w:t xml:space="preserve">Florence Gerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Gerin</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Agathe Mini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Cereals Breeding and Biotechnology Conference (CBB5)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AK Congress; European Association for Research on Plant Breeding, Nov 2019, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02937622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l'affaire Pistorius au cybathlon : compensation du handicap ou amélioration de l'humain ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Issanchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3948,51 +3857,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée scientifique de l'Institut Fédératif de Recherche sur le Handicap (IFRH)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03261035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4002,111 +3911,111 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conducting Qualitative Research with Olympic and Paralympic Athletes and Staff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The SAGE Handbook of Qualitative Research in Sport &amp; Physical Culture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 28, SAGE Publications, pp. 470-483, 2025, 9781529628555</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05318802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4116,166 +4025,166 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rythmes scolaires : des pauses actives pour repenser les journées de classe et lutter contre la sédentarité. The conversation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Wagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Wagnon</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sihame Chkair</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05464198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parcours de parasportifs. Fascicule quiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Beldame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4296,51 +4205,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mai-Anh Ngo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04696393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4350,696 +4259,696 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Staffs paralympiques et modalités d'interventions - Paris 2024 : rapport d'enquête par questionnaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Heiligenstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Duquesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INSEP; CPSF; ANS; Université de Montpellier. 2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05535693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Staffs paralympiques et modalités d'interventions - Paris 2024 : rapport de l'enquête par entretiens collectifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Duquesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INSEP; CPSF; ANS; Université de Montpellier. 2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05535687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Staffs paralympiques et modalités d'intervention</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Heiligenstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Luiggi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Richard</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Valentine Duquesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INSEP, CPSF, FFH, FFTir, Université Paris Cité, Université de Montpellier. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04696241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La production sociale de la performance paralympique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Beldame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Duquesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INSEP; FFH; FFTir; CPSF; Université Paris Cité; Université de Montpellier. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04696248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance et équilibre de vie. Les environnements sportifs favorables à la performance paralympique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Beldame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Pantaléon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mai-Anh Ngo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dayle David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INSEP, FFH, FFTir, CPSF, Université Paris Cité, Université de Montpellier, Université de Nice. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04696257v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance paralympique et conditions socio-environnementales de préparation sportive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Luiggi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Richard</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Valentine Duquesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INSEP, FFH, FFTir, CPSF, Université Paris Cité, Université de Montpellier. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04696252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rôle des facteurs sociaux dans l'accès et le maintien à une carrière de haute performance en athlétisme &amp; La question de la spécificité de la performance féminine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine Derycke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5081,73 +4990,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] INSEP; Fédération française d'athlétisme; Ministère de l'éducation nationale, de la jeunesse et des sports. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03227729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesure de la Qualité des Environnements Scolaires et Professionnels dans lesquels évoluent les adolescents et jeunes adultes atteints de Mucoviscidose (MQESP-Muco)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Ferez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5156,230 +5065,230 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Issanchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Silvestri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Torterat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Université de Lyon - Université Claude Bernard Lyon1; Université de Montpellier 1. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02420337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enquête sociologique sur les conditions de préparation des sportifs sélectionnés pour les jeux paralympiques de Rio (2016)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Burlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Besombes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Besombes</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dalgalarrondo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Institut National du Sport, de l'Expertise et de la Performance (INSEP). 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01878503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId122"/>
+      <w:footerReference w:type="default" r:id="rId121"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5526,51 +5435,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139549v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Noel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Recours" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Richard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3384/ijal.1652-8670.5343" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139576v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Luiggi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Duquesne" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Joncheray" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/23259671251320986" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445257v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fuchs" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.150.0007" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223580v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude No&#235;l" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2025.2524197" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123110v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Derycke" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Julla-Marcy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Fort&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Hanon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2025022" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699349v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Beldame" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pantal&#233;on" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai-Anh Ngo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445259v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.142.0005" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021966v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/21674795231158542" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950311v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17511321.2022.2161611" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04259494v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56078/amplitude-droit.440" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749581v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Richard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Andrieu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17430437.2022.2070480" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03110987v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terri Byers" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khevyn-Lynn Gormley" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Winand" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Anagnostopoulos" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23750472.2020.1867002" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021979v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Silvestri" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marcellini" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Le Roux" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ferez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2021141" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03150710v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Burlot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16138171.2021.1878438" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02938971v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Issanchou" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17511321.2020.1818278" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065677v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ruffi&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakis Pappous" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17645/si.v8i3.2735" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02122804v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Perera" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17430437.2019.1609948" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02375744v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Sakis Pappous" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2019031" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03754569v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00948705.2018.1561297" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02168470v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02104022v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01563524v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1012690216647196" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02168482v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dugas" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1012690215577398" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01561600v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.112.0009" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01563257v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09687590500086492" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01561661v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Level" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02168491v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1012690213517108" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02168498v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.098.0127" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02168509v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972206v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03774501v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555227v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972071v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02937622v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Valente" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gruet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gerin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Mini" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261035v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-05318802v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464198v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Wagnon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihame Chkair" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696393v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535693v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Heiligenstein" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-05535687v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696241v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696248v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696257v2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dayle David" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696252v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-03227729v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420337v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Torterat" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01878503v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Besombes" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dalgalarrondo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139576v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Luiggi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Richard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Duquesne" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Joncheray" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/23259671251320986" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139549v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Noel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Recours" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3384/ijal.1652-8670.5343" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445257v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fuchs" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.150.0007" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223580v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude No&#235;l" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2025.2524197" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123110v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Derycke" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Julla-Marcy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Fort&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Hanon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2025022" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699349v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Beldame" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pantal&#233;on" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai-Anh Ngo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445259v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.142.0005" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021966v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/21674795231158542" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950311v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17511321.2022.2161611" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04259494v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56078/amplitude-droit.440" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749581v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Richard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Andrieu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17430437.2022.2070480" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03110987v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terri Byers" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khevyn-Lynn Gormley" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Winand" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Anagnostopoulos" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23750472.2020.1867002" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021979v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Silvestri" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marcellini" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Le Roux" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ferez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2021141" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03150710v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Burlot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16138171.2021.1878438" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02938971v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Issanchou" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17511321.2020.1818278" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065677v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ruffi&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakis Pappous" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17645/si.v8i3.2735" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02122804v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Perera" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17430437.2019.1609948" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02375744v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Sakis Pappous" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2019031" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02104022v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00948705.2018.1561297" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02168470v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02168482v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dugas" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1012690215577398" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01563524v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1012690216647196" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01561600v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.112.0009" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01563257v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09687590500086492" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01561661v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Level" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02168491v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1012690213517108" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02168498v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.098.0127" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02168509v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972206v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03774501v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555227v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972071v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02937622v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Valente" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gruet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gerin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Mini" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261035v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-05318802v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464198v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Wagnon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihame Chkair" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696393v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535693v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Heiligenstein" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-05535687v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696241v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696248v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696257v2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dayle David" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696252v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-03227729v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420337v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Torterat" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-01878503v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Besombes" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dalgalarrondo" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>