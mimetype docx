--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -165,5072 +165,5077 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (56)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (57)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protein–Protein Interactions and Structure of Heat-Set Gels Based on Pea Protein and Egg White Mixtures</w:t>
+                <w:t xml:space="preserve">Calcium binding properties of heat-induced pea globulin aggregates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jian Kuang</w:t>
+                <w:t xml:space="preserve">Tiffany Amat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascaline Hamon</w:t>
+                <w:t xml:space="preserve">Ali Assifaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeehyun Lee</w:t>
+                <w:t xml:space="preserve">Johann Buczkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Said Bouhallab</w:t>
+                <w:t xml:space="preserve">Juliana Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eliane Cases</w:t>
+                <w:t xml:space="preserve">Christophe Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gels</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 11 (3), pp.176. </w:t>
+              <w:t xml:space="preserve">European Food Research and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 252 (153), pp.1-14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/gels11030176⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00217-026-05083-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04971053v2</w:t>
+                <w:t xml:space="preserve">hal-05545979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Life cycle inventories and environmental impact datasets for the semi-industrial processing of food Faba bean or Pea protein ingredients</w:t>
+                <w:t xml:space="preserve">Protein–Protein Interactions and Structure of Heat-Set Gels Based on Pea Protein and Egg White Mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Guyomarc’h</w:t>
+                <w:t xml:space="preserve">Jian Kuang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simone Scussat</w:t>
+                <w:t xml:space="preserve">Pascaline Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Eudes Hermant</w:t>
+                <w:t xml:space="preserve">Jeehyun Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Berton-Carabin</w:t>
+                <w:t xml:space="preserve">Said Bouhallab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Anton</w:t>
+                <w:t xml:space="preserve">Eliane Cases</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 63, pp.112247. </w:t>
+              <w:t xml:space="preserve">Gels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 11 (3), pp.176. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dib.2025.112247⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/gels11030176⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05371151v1</w:t>
+                <w:t xml:space="preserve">hal-04971053v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation of insoluble complexes upon calcium addition to total pea globulins or isolated 7S and 11S fractions: Impact of pH and intrinsic phytic acid content</w:t>
+                <w:t xml:space="preserve">Life cycle inventories and environmental impact datasets for the semi-industrial processing of food Faba bean or Pea protein ingredients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tiffany Amat</w:t>
+                <w:t xml:space="preserve">Fanny Guyomarc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Assifaoui</w:t>
+                <w:t xml:space="preserve">Simone Scussat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johann Buczkowski</w:t>
+                <w:t xml:space="preserve">Jean-Eudes Hermant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliana V.C. Silva</w:t>
+                <w:t xml:space="preserve">Claire Berton-Carabin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Schmitt</w:t>
+                <w:t xml:space="preserve">Marc Anton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 168, pp.111560. </w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 63, pp.112247. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2025.111560⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2025.112247⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05173826v1</w:t>
+                <w:t xml:space="preserve">hal-05371151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corrigendum to “Effect of extraction method on the calcium binding capacity of faba bean globulin fractions at various pH”, [Food Chemistry, Volume 458, 15 November 2024, 140176]</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Formation of insoluble complexes upon calcium addition to total pea globulins or isolated 7S and 11S fractions: Impact of pH and intrinsic phytic acid content</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiffany Amat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Assifaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Buczkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana V.C. Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2024.140537⟩</w:t>
+              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 168, pp.111560. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2025.111560⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04707254v1</w:t>
+                <w:t xml:space="preserve">hal-05173826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of extraction method on the calcium binding capacity of faba bean globulin fractions at various pH</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Corrigendum to “Effect of extraction method on the calcium binding capacity of faba bean globulin fractions at various pH”, [Food Chemistry, Volume 458, 15 November 2024, 140176]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiffany Amat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Assifaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Buczkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana V.C. Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 458, pp.140176. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2024, 460 (Part 1), pp.140537. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2024.140537⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2024.140176⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04652119v1</w:t>
+                <w:t xml:space="preserve">hal-04707254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of volatile and odor‐active compounds in pea protein fractions obtained by a modified extraction method using fermentation</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Effect of extraction method on the calcium binding capacity of faba bean globulin fractions at various pH</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiffany Amat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Assifaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Buczkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana V.C. Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1750-3841.17145⟩</w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 458, pp.140176. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2024.140176⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04616049v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04652119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interplay between soluble and insoluble protein/calcium/phytic acid complexes in dispersions of faba bean and pea protein concentrates around neutral pH</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification of volatile and odor‐active compounds in pea protein fractions obtained by a modified extraction method using fermentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehrsa Emkani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Gourrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bonastre Oliete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Saurel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2023.109273⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 7, pp.4229-4249. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1750-3841.17145⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04210631v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04616049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protein composition and nutritional aspects of pea protein fractions obtained by a modified isoelectric precipitation method using fermentation</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Interplay between soluble and insoluble protein/calcium/phytic acid complexes in dispersions of faba bean and pea protein concentrates around neutral pH</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiffany Amat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Assifaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Buczkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana V.C. Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 10, pp.1-19. </w:t>
+              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 147 (Part A), pp.109273. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fnut.2023.1284413⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2023.109273⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04291671v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04210631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal Behavior of Pea and Egg White Protein Mixtures</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pascaline Hamon</w:t>
+                <w:t xml:space="preserve">Protein composition and nutritional aspects of pea protein fractions obtained by a modified isoelectric precipitation method using fermentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehrsa Emkani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Lechevalier</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Sylvie Moundanga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bonastre Oliete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 12, pp.2528. </w:t>
+              <w:t xml:space="preserve">Frontiers in Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10, pp.1-19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/foods12132528⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fnut.2023.1284413⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04150556v1</w:t>
+                <w:t xml:space="preserve">hal-04291671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions Between Isolated Pea Globulins and Purified Egg White Proteins in Solution</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Thermal Behavior of Pea and Egg White Protein Mixtures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jian Kuang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascaline Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Rousseau</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Valérie Lechevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Saurel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Biophysics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 18 (4), pp.520-532. </w:t>
+              <w:t xml:space="preserve">Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12, pp.2528. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11483-023-09797-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/foods12132528⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04123676v1</w:t>
+                <w:t xml:space="preserve">hal-04150556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Importance of binary and ternary complex formation on the functional and nutritional properties of legume proteins in presence of phytic acid and calcium</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Interactions Between Isolated Pea Globulins and Purified Egg White Proteins in Solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jian Kuang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascaline Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliane Cases</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Bouhallab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Reviews in Food Science and Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10408398.2022.2098247⟩</w:t>
+              <w:t xml:space="preserve">Food Biophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 18 (4), pp.520-532. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11483-023-09797-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03762997v1</w:t>
+                <w:t xml:space="preserve">hal-04123676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Lactic Acid Fermentation on Legume Protein Properties, a Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehrsa Emkani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bonastre Oliete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fermentation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 8 (6), pp.244. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/fermentation8060244⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03692752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of biotic stress on the presence of secondary metabolites in field pea grains</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Importance of binary and ternary complex formation on the functional and nutritional properties of legume proteins in presence of phytic acid and calcium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiffany Amat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Assifaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jsfa.11861⟩</w:t>
+              <w:t xml:space="preserve">Critical Reviews in Food Science and Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 63 (33), pp.12036-12058. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10408398.2022.2098247⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03631192v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03762997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional properties of hemp protein concentrate obtained by alkaline extraction and successive ultrafiltration and spray‐drying</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of biotic stress on the presence of secondary metabolites in field pea grains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bonastre Oliete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Lubbers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Potin</w:t>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Sylvain Jeandroz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ijfs.15425⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 102 (11), pp.4942-4948. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jsfa.11861⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03448997v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03631192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlled release of riboflavin encapsulated in pea protein microparticles prepared by emulsion-enzymatic gelation process</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pea Protein Extraction Assisted by Lactic Fermentation: Impact on Protein Profile and Thermal Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehrsa Emkani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bonastre Oliete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2020.110276⟩</w:t>
+              <w:t xml:space="preserve">Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (3), pp.549. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/foods10030549⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03122505v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03190753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pea Protein Extraction Assisted by Lactic Fermentation: Impact on Protein Profile and Thermal Properties</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Controlled release of riboflavin encapsulated in pea protein microparticles prepared by emulsion-enzymatic gelation process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Attaf Djoullah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/foods10030549⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 292, pp.110276. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2020.110276⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03190753v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03122505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanoencapsulation of Essential Oils as Natural Food Antimicrobial Agents: An Overview</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Liao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Waisudin Badri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wei Liao</w:t>
+                <w:t xml:space="preserve">Emilie Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Waisudin Badri</w:t>
+                <w:t xml:space="preserve">Sami Ghnimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhamid Elaïssari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 11 (13), pp.5778. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/app11135778⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03267284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highlighting Protective Effect of Encapsulation on Yeast Cell Response to Dehydration Using Synchrotron Infrared Microspectroscopy at the Single-Cell Level</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Functional properties of hemp protein concentrate obtained by alkaline extraction and successive ultrafiltration and spray‐drying</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Potin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Goure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Lubbers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thanh Dat Nguyen</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Florence Husson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Saurel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2020.01887⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Food Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 57, pp.436-446. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ijfs.15425⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02939385v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03448997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biophysical Stress Responses of the Yeast Lachancea thermotolerans During Dehydration Using Synchrotron-FTIR Microspectroscopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Highlighting Protective Effect of Encapsulation on Yeast Cell Response to Dehydration Using Synchrotron Infrared Microspectroscopy at the Single-Cell Level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thanh Dat Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Pénicaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Passot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonio Anchieta Câmara</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Christophe Sandt</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 11, pp.1-14. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2020.00899⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 11 (6), pp.1887. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2020.01887⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02859822v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02939385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formulation, process conditions, and biological evaluation of dairy mixed gels containing fava bean and milk proteins: Effect on protein retention in growing young rats</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biophysical Stress Responses of the Yeast Lachancea thermotolerans During Dehydration Using Synchrotron-FTIR Microspectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Anchieta Câmara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thanh Dat Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Saurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Sandt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insaf Berrazaga</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Christelle Guillet</w:t>
+                <w:t xml:space="preserve">Caroline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3168/jds.2018-14610⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2020.00899⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02382900v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02859822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drying method determines the structure and the solubility of microfluidized pea globulin aggregates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bonastre Oliete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salim A. Yassine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Cases</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Research International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 119, pp.444-454. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.foodres.2019.02.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02172984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hemp ( Cannabis sativa L.) Protein Extraction Conditions Affect Extraction Yield and Protein Quality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Potin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Lubbers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Husson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Food Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 84 (12), pp.3682-3690. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/1750-3841.14850⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02380961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microfluidization as Homogenization Technique in Pea Globulin-Based Emulsions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bonastre Oliete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Potin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Cases</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food and Bioprocess Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, pp.1-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11947-019-02265-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02078815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Effect of High‐Pressure Microfluidization Treatment on the Foaming Properties of Pea Albumin Aggregates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanis Djemaoune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Cases</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Food Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 84 (8), pp.2242-2249. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/1750-3841.14734⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02295422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulation of the emulsifying properties of pea globulin soluble aggregates by dynamic high-pressure fluidization</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Formulation, process conditions, and biological evaluation of dairy mixed gels containing fava bean and milk proteins: Effect on protein retention in growing young rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Insaf Berrazaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Mession</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karima Laleg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifset.2018.03.015⟩</w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 102 (2), pp.1066-1082. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2018-14610⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01912127v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02382900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving total glutathione and trehalose contents in Saccharomyces cerevisiae cells to enhance their resistance to fluidized bed drying</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Modulation of the emulsifying properties of pea globulin soluble aggregates by dynamic high-pressure fluidization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bonastre Oliete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Potin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliane Cases</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Process Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.procbio.2018.03.013⟩</w:t>
+              <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 47, pp.292 - 300. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifset.2018.03.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01896053v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01912127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gelation behaviors of denaturated pea albumin and globulin fractions during transglutaminase treatment</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Improving total glutathione and trehalose contents in Saccharomyces cerevisiae cells to enhance their resistance to fluidized bed drying</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio de Anchieta Câmara Júnior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thanh Dat Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Jossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Endrizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2017.11.005⟩</w:t>
+              <w:t xml:space="preserve">Process Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 69, pp.45 - 51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procbio.2018.03.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01666643v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01896053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acid gelation of mixed thermal aggregates of pea globulins and β-lactoglobulin</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Gelation behaviors of denaturated pea albumin and globulin fractions during transglutaminase treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Attaf Djoullah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Husson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Hydrocolloids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 85, pp.120 - 128. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2018.07.006⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 77, pp.636-645. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2017.11.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01894718v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvement of the techno-functional properties of pea proteins by microfluidization</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Acid gelation of mixed thermal aggregates of pea globulins and β-lactoglobulin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed–lazhar Chihi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Sok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food and Biosystems Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 85, pp.120 - 128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2018.07.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03965570v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01894718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of new sensitive α,β-unsaturated carbonyl 1,8-naphtalimide fluorescent probes for thiol bioimaging</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Improvement of the techno-functional properties of pea proteins by microfluidization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bonastre Oliete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliane Cases</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Saurel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal of Food and Biosystems Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 4 (1), pp.57-68</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01509840v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03965570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions in casein micelle – Pea protein system (part I): Heat-induced denaturation and aggregation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design of new sensitive α,β-unsaturated carbonyl 1,8-naphtalimide fluorescent probes for thiol bioimaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Sok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Nikolantonaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thanh Dat Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Mession</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anne-Sophie Viaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2015.12.015⟩</w:t>
+              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 242, pp.865 - 871. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.snb.2016.09.171⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01533202v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01509840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding the responses of Saccharomyces cerevisiae yeast strain during dehydration processes using synchrotron infrared spectroscopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interactions in casein micelle – Pea protein system (part I): Heat-induced denaturation and aggregation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Mession</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Nguyen</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sébastien Roustel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Saurel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analyst</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c7an00257b⟩</w:t>
+              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 67, pp.229 - 242. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2015.12.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01616052v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01533202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat-Induced Soluble Protein Aggregates from Mixed Pea Globulins and β-Lactoglobulin</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Understanding the responses of Saccharomyces cerevisiae yeast strain during dehydration processes using synchrotron infrared spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Pénicaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Passot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Lazhar Chihi</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C. Sandt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 64 (13), pp.2780 - 2791. </w:t>
+              <w:t xml:space="preserve">Analyst</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 142 (19), pp.3620 - 3628. </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.6b00087⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c7an00257b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01484271v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01616052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Size measuring techniques as tool to monitor pea proteins intramolecular crosslinking by transglutaminase treatment</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Heat-Induced Soluble Protein Aggregates from Mixed Pea Globulins and β-Lactoglobulin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ghali Krechiche</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Mohamed Lazhar Chihi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Mession</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Sok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 190, pp.197 - 200. </w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 64 (13), pp.2780 - 2791. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2015.05.091⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.6b00087⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01484094v1</w:t>
+                <w:t xml:space="preserve">hal-01484271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protection of yeast cells in micro-organized shells of natural polyelectrolytes during drying process</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Size measuring techniques as tool to monitor pea proteins intramolecular crosslinking by transglutaminase treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Attaf Djoullah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghali Krechiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thanh Dat Nguyen</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Florence Husson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Saurel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">STP Pharma Pratiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 190, pp.197 - 200. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2015.05.091⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01531646v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01484094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aqueous two-phase system cold-set gelation using natural and recombinant probiotic lactic acid bacteria as a gelling agent</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Protection of yeast cells in micro-organized shells of natural polyelectrolytes during drying process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thanh Dat Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Sandt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Pénicaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Passot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloids and Surfaces B: Biointerfaces</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">STP Pharma Pratiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 26 (2), pp.133</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01477279v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01531646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Native-state pea albumin and globulin behavior upon transglutaminase treatment</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Aqueous two-phase system cold-set gelation using natural and recombinant probiotic lactic acid bacteria as a gelling agent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Léonard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Husson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Langella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Châtel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Process Biochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 50 (8), pp.1284-1292. </w:t>
+              <w:t xml:space="preserve">Colloids and Surfaces B: Biointerfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 141, pp.338 - 344. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.procbio.2015.04.021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.colsurfb.2016.01.057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02413019v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01477279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fermentation des protéines végétales : atouts organoleptique et nutritionnel</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Monitoring of transglutaminase crosslinking reaction by 1H NMR spectroscopy on model substrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Attaf Djoullah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Sok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanis Djemaoune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-José Penouilh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Husson</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Phu-Ha Ho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IAA La revue des industries agroalimentaires</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 475, pp.69-74. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2014.12.066⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02877613v1</w:t>
+                <w:t xml:space="preserve">hal-02413068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preservation of viability and anti-Listeria activity of lactic acid bacteria, Lactococcus lactis and Lactobacillus paracasei, entrapped in gelling matrices of alginate or alginate/caseinate</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olfa Beji</w:t>
+                <w:t xml:space="preserve">Fermentation des protéines végétales : atouts organoleptique et nutritionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Husson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Lubbers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Arnould</w:t>
+                <w:t xml:space="preserve">Yves Waché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Noirot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aline Bonnotte</w:t>
+                <w:t xml:space="preserve">Phu-Ha Ho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Control</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IAA La revue des industries agroalimentaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.24-26</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02276410v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02877613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring of transglutaminase crosslinking reaction by 1H NMR spectroscopy on model substrates</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yanis Djemaoune</w:t>
+                <w:t xml:space="preserve">Preservation of viability and anti-Listeria activity of lactic acid bacteria, Lactococcus lactis and Lactobacillus paracasei, entrapped in gelling matrices of alginate or alginate/caseinate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Léonard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olfa Beji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-José Penouilh</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florence Husson</w:t>
+                <w:t xml:space="preserve">Elodie Noirot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Bonnotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2014.12.066⟩</w:t>
+              <w:t xml:space="preserve">Food Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 47, pp.7-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodcont.2014.06.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02413068v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02276410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protection of living yeast cells by micro-organized shells of natural polyelectrolytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Dat Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeannine Lherminier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Waché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Process Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 50 (10), pp.1528-1536. </w:t>
@@ -5274,1303 +5279,1286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02290612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Encapsulation and Oxidative Stability of PUFA-Rich Oil Microencapsulated by Spray Drying Using Pea Protein and Pectin</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Native-state pea albumin and globulin behavior upon transglutaminase treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Attaf Djoullah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanis Djemaoune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Husson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food and Bioprocess Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11947-013-1202-9⟩</w:t>
+              <w:t xml:space="preserve">Process Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 50 (8), pp.1284-1292. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procbio.2015.04.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02371669v1</w:t>
+                <w:t xml:space="preserve">hal-02413019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Partition of volatile compounds in pea globulin–maltodextrin aqueous two-phase system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Dat Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lafarge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Lafarge</w:t>
+                <w:t xml:space="preserve">Chloé Murat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Mession</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Cayot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 164, pp.406-412. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2014.05.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2014.05.008⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03006674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of biopolymeric matrices entrapping bioprotective lactic acid bacteria to control Listeria monocytogenes growth: Comparison of alginate and alginate-caseinate matrices entrapping Lactococcus lactis subsp. lactis cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Léonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Degraeve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Degraeve</w:t>
+                <w:t xml:space="preserve">Adem Gharsallaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Oulahal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 37, pp.200-209. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.foodcont.2013.09.041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02276391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal Denaturation of Pea Globulins (&amp;lt;i&amp;gt;Pisum sativum&amp;lt;/i&amp;gt; L.)—Molecular Interactions Leading to Heat-Induced Protein Aggregation</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Encapsulation and Oxidative Stability of PUFA-Rich Oil Microencapsulated by Spray Drying Using Pea Protein and Pectin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Aberkane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Roudaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jf303739n⟩</w:t>
+              <w:t xml:space="preserve">Food and Bioprocess Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 7 (5), pp.1505-1517. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11947-013-1202-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04234483v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02371669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preferential localization of Lactococcus lactis cells entrapped in a caseinate/alginate phase separated system</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thermal Denaturation of Pea Globulins (&amp;lt;i&amp;gt;Pisum sativum&amp;lt;/i&amp;gt; L.)—Molecular Interactions Leading to Heat-Induced Protein Aggregation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Mession</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Sok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Assifaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Saurel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloids and Surfaces B: Biointerfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 109, pp.266-272. </w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 61 (6), pp.1196-1204. </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.colsurfb.2013.03.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jf303739n⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02965685v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04234483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protein aggregation induced by phase separation in a pea proteins–sodium alginate–water ternary system</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Preferential localization of Lactococcus lactis cells entrapped in a caseinate/alginate phase separated system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Léonard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adem Gharsallaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fahima Ouaali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Degraeve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Waché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2011.12.022⟩</w:t>
+              <w:t xml:space="preserve">Colloids and Surfaces B: Biointerfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 109, pp.266-272. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.colsurfb.2013.03.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05379784v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02965685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Properties of spray-dried food flavours microencapsulated with two-layered membranes: Roles of interfacial interactions and water</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Protein aggregation induced by phase separation in a pea proteins–sodium alginate–water ternary system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-L. Mession</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Assifaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lafarge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Saurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Cayot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2011.03.028⟩</w:t>
+              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 28 (2), pp.333-343. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2011.12.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02292038v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05379784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pea (Pisum sativum, L.) Protein Isolate Stabilized Emulsions: A Novel System for Microencapsulation of Lipophilic Ingredients by Spray Drying</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId179" w:history="1">
+                <w:t xml:space="preserve">Properties of spray-dried food flavours microencapsulated with two-layered membranes: Roles of interfacial interactions and water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adem Gharsallaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Roudaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Beney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Chambin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrée Voilley</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food and Bioprocess Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 5 (6), pp.2211-2221. </w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 132 (4), pp.1713-1720. </w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11947-010-0497-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2011.03.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05193455v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02292038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation of pectin coating to enhance spray-dry stability of pea protein-stabilised oil-in-water emulsions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId179" w:history="1">
+                <w:t xml:space="preserve">Pea (Pisum sativum, L.) Protein Isolate Stabilized Emulsions: A Novel System for Microencapsulation of Lipophilic Ingredients by Spray Drying</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adem Gharsallaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Chambin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrée Voilley</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Food and Bioprocess Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 5 (6), pp.2211-2221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11947-010-0497-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2009.04.017⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02295479v1</w:t>
+                <w:t xml:space="preserve">hal-05193455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of high methoxyl pectin on pea protein in aqueous solution and at oil/water interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adem Gharsallaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kosuke Yamauchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Chambin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Cases</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 80 (3), pp.817-827. </w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6610,697 +6598,843 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02295504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interfacial and Emulsifying Characteristics of Acid-treated Pea Protein</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId179" w:history="1">
+                <w:t xml:space="preserve">Utilisation of pectin coating to enhance spray-dry stability of pea protein-stabilised oil-in-water emulsions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adem Gharsallaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Saurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Chambin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Cases</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrée Voilley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Biophysics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 4 (4), pp.273-280. </w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 122 (2), pp.447-454. </w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11483-009-9125-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2009.04.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02295538v1</w:t>
+                <w:t xml:space="preserve">hal-02295479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of impregnation solution viscosity and osmolarity on solute uptake during vacuum impregnation of apple cubes (var. Granny Smith)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interfacial and Emulsifying Characteristics of Acid-treated Pea Protein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Degraeve</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Adem Gharsallaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliane Cases</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Chambin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2007.10.023⟩</w:t>
+              <w:t xml:space="preserve">Food Biophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 4 (4), pp.273-280. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11483-009-9125-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04008568v1</w:t>
+                <w:t xml:space="preserve">hal-02295538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Firming of fruit tissues by vacuum infusion of pectin methylesterase: Visualisation of enzyme action</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId212" w:history="1">
+                <w:t xml:space="preserve">Influence of impregnation solution viscosity and osmolarity on solute uptake during vacuum impregnation of apple cubes (var. Granny Smith)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Degraeve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Saurel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2007.12.050⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 86 (4), pp.475-483. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2007.10.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00964569v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04008568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Applications of spray-drying in microencapsulation of food ingredients: An overview</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Firming of fruit tissues by vacuum infusion of pectin methylesterase: Visualisation of enzyme action</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Guillemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Degreave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Rondeau-Mouro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Francoise Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2007.07.004⟩</w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 109 (2), pp.368-378. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2007.12.050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02378872v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00964569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Applications of spray-drying in microencapsulation of food ingredients: An overview</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adem Gharsallaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Roudaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Chambin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrée Voilley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Saurel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 40 (9), pp.1107-1121. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2007.07.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02378872v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Incorporation of pectinmethylesterase in apple tissue either by soaking or by vacuum-impregnation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Degraeve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enzyme and Microbial Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 38 (5), pp.610-616. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.enzmictec.2005.07.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02659752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7310,1039 +7444,1039 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of emulsion composition on textural and structural properties of dense cold-set gels prepared from fava bean proteins and vegetable oil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Fiscarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Husson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Future Foods Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Singapore, Malaysia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05517345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les protéines des graines de légumineuses : état des connaissances et recherches en cours dans LETSPROSEED</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Gallardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Anton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Avice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Bodinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wieneke Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées scientifiques du Protéome Vert</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04798429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">VEggIn Interactions protéines végétales –protéines de blanc d’œuf pour le développement d’ingrédients fonctionnalisés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Lechevalier-Datin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Cases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Troisième journée scientifique rennaise consacrée aux Sciences des Aliments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, institut Agro Rennes, Jan 2022, Rennes visioconférence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03542663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rheological properties of thermal gels of pea and egg white protein mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jian Kuang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Lechevalier-Datin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rheology and Food structuring &amp; destructuring</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, webinaire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03176516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of processing conditions on functionality of powders prepared from mixed protein system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Hiolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Mejean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliane Cases</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Saurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Lechevalier-Datin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The NIZO Plant Functionality Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fred van de Velde (NIZO; chair) René Floris (NIZO) John Giezen (NIZO) Marie-Claire Morley (Elsevier), Oct 2020, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02976098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La génétique au service du goût : caractérisation de mutants pour l'accumulation de saponines et l'activité lipoxygènase dans la graines de pois (&amp;lt;em&amp;gt;Pisum sativum&amp;lt;/em&amp;gt;)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Marais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Lebeigle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Signor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Darchy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RFL2 Rencontres Francophones Légumineuses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2018, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02733695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmentally eco-reasoned design process for functional yeast production and stabilization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Camarasa Junior</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Dat Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Endrizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. European Congress of Applied Biotechnology (ECAB 3)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02266908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using plant macromolecules to produce flavor microcpasules by spray-drying multilayered oil/water emulsions.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gharsallaoui A</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Chambin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th World Congress of CIGR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05272225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interest of preformulation studies to select a carrier in order to produce a solid self-emulsifying drug delivery system by spray-congealing.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T.Q. Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jannin V</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Cayot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Chambin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th World Meeting on Pharmaceutics, Biopharmaceutics Pharmaceutical Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, APV - APGI, Apr 2008, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05272187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8352,1980 +8486,1980 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phytase activity during lactic acid fermentation: kinetics and impact on protein solubility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Pereyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Husson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Effost 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05515476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the tactile dimension of grittiness in semi-solid foods of plant origin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Lavoisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rohit Srivastava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Izzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Tournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Conference on Food Oral Processing Physics, Physiology and Psychology of Eating</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05225458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gelation of fava bean protein and impact of gelling agent on rheological properties of the gels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Fiscarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Husson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29ème édition du Forum des Jeunes Chercheurs (FJC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05246922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactions between proteins, phytic acid and calcium in Fava Bean concentrate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiffany Amat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Assifaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd NIZO Plant Protein Functionality Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03932226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le stress biotique, le décorticage ou la variété influencent la présence d'off-flavors dans la farine de pois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bonastre Oliete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Lubbers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Jeandroz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RFL#3 Rencontres Francophones Légumineuses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2021, Virtuel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03165165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of heat treatment on rheological properties of pea and egg white protein mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jian Kuang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Lechevalier-Datin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NIZO Plant Protein Functionality Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, online, France. , 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02977807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet de la variété sur les teneurs en métabolites secondaires dans les farines de pois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Lubbers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bonastre Oliete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Thompson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RFL2 Rencontres Francophones Légumineuses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Toulouse, France. , 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02733901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formulation et procédés de fabrication des gels laitiers enrichis en globulines de fèverole : Impact sur la rétention protéique chez les rats jeunes en croissance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insaf Berrazaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Mession</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karima Laleg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JFN 2017, Journées Francophones de Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Nantes, France. pp.460, 2017, Livre des résumés Journées Francophones de Nutrition</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02154405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protection of yeast cells in micro-organized shells of natural polyelectrolytes during drying process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nguyen, T.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lherminier, J</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fonseca, F</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Congress on Engineering and Food 12</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Québec City, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05290067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation de la levure encapsulée et effet de l’encapsulation sur sa viabilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. D Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. D Nguyen</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Lherminier, J</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Husson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20ème Forum des Jeunes Chercheurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05290400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the drying-carrier of multi-layer microcapsules on the controlled release of ketoprofen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laukamp E.J</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Gharsallaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Cayot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Chambin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès international Goût-Nutrition-Santé, Vitagora</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2010, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05267665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the drying-carrier of multi-layer microcapsules on the controlled release of ketoprofen.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laukamp E.J</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gharsallaoui A</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Cayot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Chambin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th World Meeting on Pharmaceutics, Biopharmaceutics Pharmaceutical Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2010, Valletta, Malta</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05268921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Properties of microcapsules based on pea protein, pectin and maltodextrins.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gharsallaoui A</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Chambin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrée Voilley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVIIth International Conference on Bioencapsulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, Gröningen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05268908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using plant macromolecules to produce adjustable microcapsules by spray-drying.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gharsallaoui A</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Chambin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVIth International Conference on Bioencapsulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2008, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05268897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation of pectin to improve spray-dry stability of pea protein-coated oil droplets.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId179" w:history="1">
+                <w:t xml:space="preserve">Utilisation of pectin to improve spray-dry stability of pea protein-coated oil droplets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adem Gharsallaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Chambin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Cases</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrée Voilley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Euro-Food Water Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2008, Nürtingen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05268888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of spray-congealing to obtain a solid self-emulsifying drug delivery system (SEDDS)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T.Q. Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Chambin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jannin V</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Champion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovation in drug delivery: From biomaterials to devices</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2007, Naples, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05268853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of dissolution media on in vitro performances of different pectinate gel beads</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhalleine C</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Roudaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Chambin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIèmes Journées Scientifiques du GTRV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05267681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10335,150 +10469,150 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">1H NMR Spectroscopy As Tool To Study Transglutaminase Crosslinking Of Pea Globulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Attaf Djoullah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sok</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanis Djemaoune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Husson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of FaBE 2013 International Conferences on Food and Biosystems Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, Technological Educational Institute of Thessaly (TEI of Thessaly), pp.351-355, 2013, 978-960-9510-11-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02413499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10488,150 +10622,150 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MOOC : &amp;quot;ProtéiNNOV : Protéines végétales et Innovation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Lubbers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Cases</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Husson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Duc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agrosup, INRA, Eduter, Agreenium/IAVFF (Partenaires)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03255077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10641,147 +10775,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactions between isolated pea globulins and purified egg white proteins in solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jian Kuang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascaline Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Cases</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Bouhallab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04096306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10791,131 +10925,131 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les protéines végétales: un nouvel eldorado?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gagnaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Guyomarc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">École d'ingénieur. Technofonctionalités des protéines alimentaires, Rennes, France. 2025, pp.70</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05074488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId297"/>
+      <w:footerReference w:type="default" r:id="rId300"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10983,51 +11117,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="35D50CF8"/>
+    <w:nsid w:val="36AB8598"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11214,51 +11348,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/remi-saurel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5023-7247" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/143787586" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04971053v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Kuang" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Hamon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeehyun Lee" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Bouhallab" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Cases" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/gels11030176" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371151v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Guyomarc&#8217;h" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Scussat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eudes Hermant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Berton-Carabin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Anton" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.112247" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173826v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Amat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Assifaoui" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Buczkowski" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana V.C. Silva" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schmitt" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2025.111560" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04707254v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2024.140537" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04652119v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2024.140176" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04616049v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrsa Emkani" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gourrat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonastre Oliete" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Saurel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1750-3841.17145" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04210631v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2023.109273" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04291671v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Moundanga" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2023.1284413" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04150556v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lechevalier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods12132528" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04123676v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rousseau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11483-023-09797-4" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03762997v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408398.2022.2098247" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03692752v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fermentation8060244" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03631192v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Lubbers" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Fournier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Jeandroz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.11861" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03448997v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Potin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Goure" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Husson" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijfs.15425" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03122505v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attaf Djoullah" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2020.110276" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03190753v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10030549" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267284v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Liao" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waisudin Badri" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dumas" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Ghnimi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Ela&#239;ssari" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11135778" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939385v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Dat Nguyen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guyot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline P&#233;nicaud" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Passot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sandt" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.01887" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02859822v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Anchieta C&#226;mara" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Peltier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.00899" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382900v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insaf Berrazaga" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Mession" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Laleg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Salles" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Guillet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2018-14610" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02172984v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim A. Yassine" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2019.02.015" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02380961v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1750-3841.14850" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02078815v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11947-019-02265-3" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02295422v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Djemaoune" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1750-3841.14734" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01912127v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2018.03.015" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01896053v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio de Anchieta C&#226;mara J&#250;nior" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Jossier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Endrizzi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2018.03.013" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01666643v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2017.11.005" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01894718v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed&#8211;lazhar Chihi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sok" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2018.07.006" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03965570v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01509840v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Nikolantonaki" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Viaux" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2016.09.171" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01533202v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Mession" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Roustel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2015.12.015" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01616052v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nguyen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Passot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sandt" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7an00257b" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01484271v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lazhar Chihi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.6b00087" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01484094v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghali Krechiche" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2015.05.091" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RLNSQWKJ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531646v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01477279v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie L&#233;onard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Langella" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ch&#226;tel" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2016.01.057" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QMB3K491-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02413019v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2015.04.021" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-47LJTL0B-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02877613v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Wach&#233;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phu-Ha Ho" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02276410v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Beji" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Arnould" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Noirot" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bonnotte" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2014.06.020" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02413068v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Penouilh" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2014.12.066" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5N6QB7CQ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02290612v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeannine Lherminier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2015.06.003" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L731ZNSR-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02371669v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Aberkane" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Roudaut" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11947-013-1202-9" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03006674v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lafarge" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Murat" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cayot" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2014.05.008" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B9MBXVDZ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02276391v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Degraeve" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adem Gharsallaoui" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Oulahal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2013.09.041" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234483v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf303739n" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02965685v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahima Ouaali" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2013.03.005" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CF3NH39M-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05379784v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Mession" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cayot" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2011.12.022" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZDW2KNQ4-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02292038v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beney" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Chambin" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;e Voilley" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2011.03.028" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QZC2T3W0-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193455v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11947-010-0497-z" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02295479v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2009.04.017" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FD5X4NZ7-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02295504v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kosuke Yamauchi" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2009.12.038" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RQ6MLV8V-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02295538v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11483-009-9125-8" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1378C74BD41DED8C2BF543E35DCA6E492B5D12DE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008568v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Guillemin" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude No&#235;l" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2007.10.023" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CTK8GZGQ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964569v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Guillon" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Degreave" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rondeau-Mouro" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Francoise Devaux" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2007.12.050" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02378872v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2007.07.004" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D4FC79P3-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659752v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lahaye" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enzmictec.2005.07.028" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SNCMKC4W-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05517345v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Fiscarelli" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Buchin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04798429v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gallardo" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Avice" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bodinier" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wieneke Dijk" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03542663v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lechevalier-Datin" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03176516v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02976098v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Hiolle" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Mejean" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733695v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Vernoud" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Marais" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Lebeigle" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Signor" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Darchy" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266908v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Camarasa Junior" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Simonin" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05272225v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gharsallaoui A" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05272187v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.Q. Tran" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannin V" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05515476v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Pereyron" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05225458v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Lavoisier" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rohit Srivastava" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Izzet" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Tournier" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246922v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Buchin" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03932226v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03165165v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02977807v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733901v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Philippe" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Thompson" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154405v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290067v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen, T." TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lherminier, J" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fonseca, F" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290400v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. D Nguyen" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267665v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laukamp E.J" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gharsallaoui" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05268921v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05268908v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05268897v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05268888v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05268853v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Champion" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267681v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhalleine C" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02413499v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03255077v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Duc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04096306v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05074488v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gagnaire" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Guyomarc'H" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/remi-saurel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5023-7247" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/143787586" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05545979v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Amat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Assifaoui" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Buczkowski" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Silva" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schmitt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00217-026-05083-y" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04971053v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Kuang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Hamon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeehyun Lee" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Bouhallab" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Cases" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/gels11030176" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371151v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Guyomarc&#8217;h" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Scussat" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eudes Hermant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Berton-Carabin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Anton" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.112247" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173826v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana V.C. Silva" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2025.111560" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04707254v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2024.140537" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04652119v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2024.140176" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04616049v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrsa Emkani" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gourrat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonastre Oliete" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Saurel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1750-3841.17145" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04210631v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2023.109273" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04291671v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Moundanga" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2023.1284413" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04150556v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lechevalier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods12132528" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04123676v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rousseau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11483-023-09797-4" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03692752v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fermentation8060244" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03762997v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408398.2022.2098247" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03631192v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Lubbers" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Fournier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Jeandroz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.11861" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03190753v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10030549" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03122505v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attaf Djoullah" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2020.110276" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267284v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Liao" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waisudin Badri" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dumas" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Ghnimi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Ela&#239;ssari" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11135778" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03448997v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Potin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Goure" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Husson" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijfs.15425" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939385v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Dat Nguyen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guyot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline P&#233;nicaud" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Passot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sandt" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.01887" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02859822v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Anchieta C&#226;mara" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Peltier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.00899" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02172984v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim A. Yassine" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2019.02.015" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02380961v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1750-3841.14850" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02078815v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11947-019-02265-3" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02295422v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Djemaoune" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1750-3841.14734" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382900v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insaf Berrazaga" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Mession" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Laleg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Salles" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Guillet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2018-14610" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01912127v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2018.03.015" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01896053v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio de Anchieta C&#226;mara J&#250;nior" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Jossier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Endrizzi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2018.03.013" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01666643v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2017.11.005" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01894718v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed&#8211;lazhar Chihi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sok" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2018.07.006" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03965570v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01509840v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Nikolantonaki" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Viaux" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2016.09.171" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01533202v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Mession" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Roustel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2015.12.015" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01616052v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nguyen" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Passot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sandt" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7an00257b" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01484271v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lazhar Chihi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.6b00087" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01484094v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghali Krechiche" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2015.05.091" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RLNSQWKJ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531646v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01477279v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie L&#233;onard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Langella" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ch&#226;tel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2016.01.057" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QMB3K491-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02413068v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Penouilh" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2014.12.066" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5N6QB7CQ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02877613v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Wach&#233;" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phu-Ha Ho" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02276410v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Beji" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Arnould" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Noirot" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bonnotte" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2014.06.020" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02290612v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeannine Lherminier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2015.06.003" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L731ZNSR-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02413019v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2015.04.021" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-47LJTL0B-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03006674v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lafarge" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Murat" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cayot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2014.05.008" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B9MBXVDZ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02276391v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Degraeve" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adem Gharsallaoui" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Oulahal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2013.09.041" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02371669v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Aberkane" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Roudaut" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11947-013-1202-9" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234483v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf303739n" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02965685v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahima Ouaali" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2013.03.005" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CF3NH39M-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05379784v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Mession" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cayot" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2011.12.022" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZDW2KNQ4-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02292038v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beney" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Chambin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;e Voilley" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2011.03.028" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QZC2T3W0-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193455v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11947-010-0497-z" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02295504v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kosuke Yamauchi" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2009.12.038" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RQ6MLV8V-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02295479v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2009.04.017" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FD5X4NZ7-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02295538v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11483-009-9125-8" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1378C74BD41DED8C2BF543E35DCA6E492B5D12DE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008568v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Guillemin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude No&#235;l" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2007.10.023" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CTK8GZGQ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964569v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Guillon" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Degreave" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rondeau-Mouro" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Francoise Devaux" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2007.12.050" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02378872v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2007.07.004" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D4FC79P3-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659752v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lahaye" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enzmictec.2005.07.028" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SNCMKC4W-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05517345v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Fiscarelli" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Buchin" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04798429v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gallardo" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Avice" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bodinier" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wieneke Dijk" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03542663v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lechevalier-Datin" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03176516v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02976098v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Hiolle" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Mejean" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733695v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Vernoud" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Marais" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Lebeigle" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Signor" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Darchy" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266908v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Camarasa Junior" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Simonin" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05272225v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gharsallaoui A" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05272187v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.Q. Tran" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannin V" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05515476v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Pereyron" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05225458v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Lavoisier" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rohit Srivastava" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Izzet" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Tournier" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246922v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Buchin" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03932226v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03165165v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02977807v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733901v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Philippe" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Thompson" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154405v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290067v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen, T." TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lherminier, J" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fonseca, F" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05290400v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. D Nguyen" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267665v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laukamp E.J" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gharsallaoui" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05268921v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05268908v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05268897v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05268888v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05268853v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Champion" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267681v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhalleine C" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02413499v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03255077v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Duc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04096306v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05074488v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gagnaire" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Guyomarc'H" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>