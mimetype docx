--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -444,317 +444,317 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04158929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Authentication Through Error Estimation in QKD</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Noirie</w:t>
+                <w:t xml:space="preserve">DisPOSE: Demonstrating Opportunistic Multi-tenant Fog Orchestration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Verdot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Peloso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Boussard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Douville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Varloot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GLOBECOM 2023 - 2023 IEEE Global Communications Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/GLOBECOM54140.2023.10437678⟩</w:t>
+              <w:t xml:space="preserve">2023 26th Conference on Innovation in Clouds, Internet and Networks and Workshops (ICIN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Paris, France. pp.30-32, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICIN56760.2023.10073508⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04579061v1</w:t>
+                <w:t xml:space="preserve">hal-04690078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DisPOSE: Demonstrating Opportunistic Multi-tenant Fog Orchestration</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Richard Douville</w:t>
+                <w:t xml:space="preserve">Authentication Through Error Estimation in QKD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Varloot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 26th Conference on Innovation in Clouds, Internet and Networks and Workshops (ICIN)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Paris, France. pp.30-32, </w:t>
+              <w:t xml:space="preserve">GLOBECOM 2023 - 2023 IEEE Global Communications Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Kuala Lumpur, Malaysia. pp.1369-1374, </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICIN56760.2023.10073508⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/GLOBECOM54140.2023.10437678⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04690078v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04579061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Secure Application-Oriented Network Micro-Slicing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Boussard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Le Sauze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Papillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Peloso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Varloot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -905,77 +905,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Majord'Home: a SDN Approach to Let ISPs Manage and Extend Their Customers' Home Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Boussard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dinh Thai Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Douville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Le Sauze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1527,51 +1527,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427853v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Massouli&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Varloot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSE.2019.2926887" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970755v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Cenac" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Marcovici" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Rovetta" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Sablik" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/201760203" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158929v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Noirie" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN56760.2023.10073484" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579061v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOBECOM54140.2023.10437678" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690078v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Verdot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Peloso" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Boussard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Douville" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN56760.2023.10073508" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690072v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Sauze" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Papillon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NETSOFT.2019.8806629" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01251432v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Bu&#353;i&#263;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bouillard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2745844.2745893" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084513v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinh Thai Bui" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CNSM.2014.7014207" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00818551v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baccelli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mathieu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilkka Norros" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00817069v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02385281v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018PSLEE048" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427853v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Massouli&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Varloot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSE.2019.2926887" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970755v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Cenac" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Marcovici" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Rovetta" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Sablik" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/201760203" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158929v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Noirie" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN56760.2023.10073484" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690078v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Verdot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Peloso" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Boussard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Douville" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN56760.2023.10073508" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579061v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOBECOM54140.2023.10437678" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690072v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Sauze" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Papillon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NETSOFT.2019.8806629" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01251432v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Bu&#353;i&#263;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bouillard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2745844.2745893" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084513v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinh Thai Bui" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CNSM.2014.7014207" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00818551v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baccelli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mathieu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilkka Norros" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00817069v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02385281v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018PSLEE048" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>