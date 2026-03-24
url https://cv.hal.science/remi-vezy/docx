--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -471,3051 +471,3197 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03838571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (23)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (24)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A spatial perspective on flowering in cauliflorous cacao: architecture defines flower cushion location, not its early activity</w:t>
+                <w:t xml:space="preserve">Effects of light intensity on growth and flowering of the cauliflorous species Theobroma cacao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Wibaux</w:t>
+                <w:t xml:space="preserve">T. Wibaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Vezy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">O. Pondo Kouakou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.A. M’bo Kacou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pierre-Éric Lauri</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">R Vezy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/aob/mcaf107⟩</w:t>
+              <w:t xml:space="preserve">Acta Horticulturae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1423, pp.61-68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17660/ActaHortic.2025.1423.9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05110997v1</w:t>
+                <w:t xml:space="preserve">hal-05023495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of light intensity on growth and flowering of the cauliflorous species Theobroma cacao</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Proxydetection of the impact distance of trees on crops: An indicator of the Land Equivalent Ratio?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yélognissè Agbohessou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Wibaux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rémi Vezy</w:t>
+                <w:t xml:space="preserve">Alain Audebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Pondo Kouakou</w:t>
+                <w:t xml:space="preserve">Adama Ndour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.A. M’bo Kacou</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Louise Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Horticulturae</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17660/ActaHortic.2025.1423.9⟩</w:t>
+              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 394, pp.109918. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agee.2025.109918⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05023495v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05223603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proxydetection of the impact distance of trees on crops: An indicator of the Land Equivalent Ratio?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Projecting trends of arabica coffee yield under climate change: A process-based modelling study at continental scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Audebert</w:t>
+                <w:t xml:space="preserve">Raniero Della Peruta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adama Ndour</w:t>
+                <w:t xml:space="preserve">Valentina Mereu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise Leroux</w:t>
+                <w:t xml:space="preserve">Donatella Spano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Jourdan</w:t>
+                <w:t xml:space="preserve">Serena Marras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Vezy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 394, pp.109918. </w:t>
+              <w:t xml:space="preserve">Agricultural Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 227, pp.104353. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.agee.2025.109918⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.agsy.2025.104353⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05223603v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05063503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The virtual plant laboratory: A modern plant modelling framework in Julia</w:t>
+                <w:t xml:space="preserve">A spatial perspective on flowering in cauliflorous cacao: architecture defines flower cushion location, not its early activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alejandro Morales</w:t>
+                <w:t xml:space="preserve">Thomas Wibaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Éric Lauri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Kottelenberg</w:t>
+                <w:t xml:space="preserve">A M’bo Kacou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Ernst</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rémi Vezy</w:t>
+                <w:t xml:space="preserve">O Pondo Kouakou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jochem Evers</w:t>
+                <w:t xml:space="preserve">R Vezy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">in silico Plants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 7 (1), pp.diaf005. </w:t>
+              <w:t xml:space="preserve">Annals of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 136 (2), pp.309-323. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/insilicoplants/diaf005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/aob/mcaf107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05067022v1</w:t>
+                <w:t xml:space="preserve">hal-05110997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PlantBiophysics.jl: a high-performance, modular software for prototyping and scaling biophysical models from leaf to canopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The virtual plant laboratory: A modern plant modelling framework in Julia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Kottelenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Ernst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Vezy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jochem Evers</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">in silico Plants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 7 (2), pp.diaf021. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/insilicoplants/diaf021⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 7 (1), pp.diaf005. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/insilicoplants/diaf005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05376887v1</w:t>
+                <w:t xml:space="preserve">hal-05067022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantifying canopy structural traits in agroforestry systems through Terrestrial Laser Scanning: A case study in cocoa-based agroforestry systems</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evaluating a new intercrop model for capturing mixture effects with an extensive intercrop dataset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo González-Moreno</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Emilie Peynaud</w:t>
+                <w:t xml:space="preserve">Dereje T Demie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillermo Palacios-Rodríguez</w:t>
+                <w:t xml:space="preserve">Daniel Wallach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas F Döring</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Ewert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaiser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compag.2025.110795⟩</w:t>
+              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 378, pp.109302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agee.2024.109302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05239729v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04747808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating a new intercrop model for capturing mixture effects with an extensive intercrop dataset</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quantifying canopy structural traits in agroforestry systems through Terrestrial Laser Scanning: A case study in cocoa-based agroforestry systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frank Ewert</w:t>
+                <w:t xml:space="preserve">Antonio Jesús Ariza-Salamanca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Gaiser</w:t>
+                <w:t xml:space="preserve">Pablo González-Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Vezy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Peynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillermo Palacios-Rodríguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.agee.2024.109302⟩</w:t>
+              <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 238, pp.110795. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compag.2025.110795⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04747808v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05239729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does seasonal flowering and fruiting patterns of cacao only depend on climatic factors? The case study of mixed genotype populations in Côte d'Ivoire</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">PlantBiophysics.jl: a high-performance, modular software for prototyping and scaling biophysical models from leaf to canopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Vezy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Treillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Mackeown</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Peynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientia Horticulturae</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scienta.2024.113529⟩</w:t>
+              <w:t xml:space="preserve">in silico Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7 (2), pp.diaf021. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/insilicoplants/diaf021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04668684v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05376887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calibrating the STICS soil-crop model to explore the impact of agroforestry parklands on millet growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidy Sow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yolande Senghor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khardiatou Sadio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Vezy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Roupsard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Field Crops Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 306, pp.109206. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.fcr.2023.109206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04426468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advancing Fine Branch Biomass Estimation with Lidar and Structural Models</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean Dauzat</w:t>
+                <w:t xml:space="preserve">Does seasonal flowering and fruiting patterns of cacao only depend on climatic factors? The case study of mixed genotype populations in Côte d'Ivoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Wibaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Vezy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Éric Lauri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/aob/mcae083⟩</w:t>
+              <w:t xml:space="preserve">Scientia Horticulturae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 337, pp.113529. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scienta.2024.113529⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04603780v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04668684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining modeling and experimental approaches for developing rice–oil palm agroforestry systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raphael Perez</w:t>
+                <w:t xml:space="preserve">Advancing Fine Branch Biomass Estimation with Lidar and Structural Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Millan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Dauzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Vezy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jxb/erae137⟩</w:t>
+              <w:t xml:space="preserve">Annals of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 134 (3), pp.455-466. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/aob/mcae083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04580715v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PlantSimEngine: A Simulation Engine For The Soil-Plant-Atmosphere System</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Combining modeling and experimental approaches for developing rice–oil palm agroforestry systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Vezy</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Bordon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Laisné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Roques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Open Source Software</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21105/joss.05371⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 75 (13), pp.erae137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/erae137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04166660v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04580715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling soil-plant functioning of intercrops using comprehensive and generic formalisms implemented in the STICS model</w:t>
+                <w:t xml:space="preserve">PlantSimEngine: A Simulation Engine For The Soil-Plant-Atmosphere System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Vezy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 43 (5), pp.61. </w:t>
+              <w:t xml:space="preserve">Journal of Open Source Software</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8, </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s13593-023-00917-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21105/joss.05371⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04189857v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04166660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">To what extent are greenhouse-gas emissions offset by trees in a Sahelian silvopastoral system?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yélognissè Agbohessou</w:t>
+                <w:t xml:space="preserve">Modeling soil-plant functioning of intercrops using comprehensive and generic formalisms implemented in the STICS model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Vezy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Delon</w:t>
+                <w:t xml:space="preserve">Sebastian Munz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Mougin</w:t>
+                <w:t xml:space="preserve">Noémie Gaudio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuela Grippa</w:t>
+                <w:t xml:space="preserve">Marie Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torbern Tagesson</w:t>
+                <w:t xml:space="preserve">Patrice Lecharpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 343, pp.109780. </w:t>
+              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 43 (5), pp.61. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2023.109780⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s13593-023-00917-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04264171v1</w:t>
+                <w:t xml:space="preserve">hal-04189857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When architectural plasticity fails to counter the light competition imposed by planting design: an &amp;lt;i&amp;gt;in silico&amp;lt;/i&amp;gt; approach using a functional–structural model of oil palm</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">To what extent are greenhouse-gas emissions offset by trees in a Sahelian silvopastoral system?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yélognissè Agbohessou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphael P. A. Perez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rémi Vezy</w:t>
+                <w:t xml:space="preserve">Claire Delon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Brancheriau</w:t>
+                <w:t xml:space="preserve">Eric Mougin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Boudon</w:t>
+                <w:t xml:space="preserve">Manuela Grippa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Grand</w:t>
+                <w:t xml:space="preserve">Torbern Tagesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">in silico Plants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 4 (1), </w:t>
+              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 343, pp.109780. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/insilicoplants/diac009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2023.109780⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03736274v1</w:t>
+                <w:t xml:space="preserve">hal-04264171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring complementarities between modelling approaches that enable upscaling from plant community functioning to ecosystem services as a way to support agroecological transition</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">When architectural plasticity fails to counter the light competition imposed by planting design: an &amp;lt;i&amp;gt;in silico&amp;lt;/i&amp;gt; approach using a functional–structural model of oil palm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëtan Louarn</w:t>
+                <w:t xml:space="preserve">Raphael P. A. Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Vezy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Barillot</w:t>
+                <w:t xml:space="preserve">Loïc Brancheriau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémentine Meunier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rémi Vezy</w:t>
+                <w:t xml:space="preserve">Frédéric Boudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Grand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">in silico Plants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 4 (1), pp.1-13. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/insilicoplants/diab037/6449487⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 4 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/insilicoplants/diac009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03470234v2</w:t>
+                <w:t xml:space="preserve">hal-03736274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coffee leaf rust (Hemeleia vastatrix) risk management in Central America: contribution of remote interactive simulations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Grégoire Leclerc</w:t>
+                <w:t xml:space="preserve">Exploring complementarities between modelling approaches that enable upscaling from plant community functioning to ecosystem services as a way to support agroecological transition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Gaudio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Bommel</w:t>
+                <w:t xml:space="preserve">Gaëtan Louarn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natacha Motisi</w:t>
+                <w:t xml:space="preserve">Romain Barillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Vezy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Edwin Treminio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomie, Environnement &amp; Sociétés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (2), </w:t>
+              <w:t xml:space="preserve">in silico Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 4 (1), pp.1-13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.54800/roc535⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/insilicoplants/diab037/6449487⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03531784v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03470234v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoreo de servicios ecosistémicos en un observatorio de cafetales agroforestales. Recomendaciones para el sector cafetalero</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Coffee leaf rust (Hemeleia vastatrix) risk management in Central America: contribution of remote interactive simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémentine Allinne</w:t>
+                <w:t xml:space="preserve">Grégoire Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karel van Den Meersche</w:t>
+                <w:t xml:space="preserve">Pierre Bommel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Vaast</w:t>
+                <w:t xml:space="preserve">Natacha Motisi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Vezy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Rapidel</w:t>
+                <w:t xml:space="preserve">Edwin Treminio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agroforesteria en las Américas</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Agronomie, Environnement &amp; Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.54800/roc535⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04824473v1</w:t>
+                <w:t xml:space="preserve">hal-03531784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DynACof: A process-based model to study growth, yield and ecosystem services of coffee agroforestry systems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guerric Le Maire</w:t>
+                <w:t xml:space="preserve">Monitoreo de servicios ecosistémicos en un observatorio de cafetales agroforestales. Recomendaciones para el sector cafetalero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Roupsard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathias Christina</w:t>
+                <w:t xml:space="preserve">Clémentine Allinne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selena Georgiou</w:t>
+                <w:t xml:space="preserve">Karel van Den Meersche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Imbach</w:t>
+                <w:t xml:space="preserve">Philippe Vaast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Rapidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Modelling and Software</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Agroforesteria en las Américas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 51, pp.152-164</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02488996v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04824473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy, water and carbon exchanges in managed forest ecosystems: description, sensitivity analysis and evaluation of the INRAE GO+ model, version 3.0</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">DynACof: A process-based model to study growth, yield and ecosystem services of coffee agroforestry systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Vezy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Moreaux</w:t>
+                <w:t xml:space="preserve">Guerric Le Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Martel</w:t>
+                <w:t xml:space="preserve">Mathias Christina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Bosc</w:t>
+                <w:t xml:space="preserve">Selena Georgiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Picart</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Achat</w:t>
+                <w:t xml:space="preserve">Pablo Imbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoscientific Model Development Discussions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/gmd-13-5973-2020⟩</w:t>
+              <w:t xml:space="preserve">Environmental Modelling and Software</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 124, pp.104609. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envsoft.2019.104609⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03051411v1</w:t>
+                <w:t xml:space="preserve">hal-02488996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring and modelling energy partitioning in canopies of varying complexity using MAESPA model</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mathias Christina</w:t>
+                <w:t xml:space="preserve">Energy, water and carbon exchanges in managed forest ecosystems: description, sensitivity analysis and evaluation of the INRAE GO+ model, version 3.0</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Moreaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Rouspard</w:t>
+                <w:t xml:space="preserve">Simon Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Nouvellon</w:t>
+                <w:t xml:space="preserve">Alexandre Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remko A. Duursma</w:t>
+                <w:t xml:space="preserve">Delphine Picart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Achat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2018.02.005⟩</w:t>
+              <w:t xml:space="preserve">Geoscientific Model Development Discussions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (12), pp.5973-6009. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/gmd-13-5973-2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02623871v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03051411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulating the effects of different potassium and water supply regimes on soil water content and water table depth over a rotation of a tropical Eucalyptus grandis plantation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+                <w:t xml:space="preserve">Measuring and modelling energy partitioning in canopies of varying complexity using MAESPA model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Vezy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Christina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rouspard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Nouvellon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">B. Bordon</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remko A. Duursma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foreco.2017.12.048⟩</w:t>
+              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 253-254, pp.203-217. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2018.02.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02628550v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02623871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Simulating the effects of different potassium and water supply regimes on soil water content and water table depth over a rotation of a tropical Eucalyptus grandis plantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Christina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guerric Le Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Nouvellon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Vezy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bordon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 418, pp.4-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foreco.2017.12.048⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02628550v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Spatial analysis of endemism to redefine conservation areas in Western Ghats (India)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Gaucherel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vezy,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Gontrand,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bouchet,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B.R. Ramesh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal for Nature Conservation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 34, pp.33-41. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jnc.2016.09.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01414244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3525,692 +3671,692 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The STICS soil-crop model: A generic model to simulate the functioning of agroecosystems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Delandmeter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Odile Bancal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Beaudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Léonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hoogenboom Gerrit (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current crop models: State-of-the-art and future developments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Burleigh Dodds Science Publishing, pp.329-372, 2025, 978-1-80146-972-2. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.19103/AS.2025.0155.11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05519953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapter 11. Water balance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Brisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Vezy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Ripoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bertuzzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nicolas Beaudoin; Patrice Lecharpentier; Dominique Ripoche-Wachter; Loïc Strullu; Bruno Mary; Joël Léonard; Marie Launay; Eric Justes. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Stics Soil Crop Model. Conceptual framework, equations and uses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">éditions QUAE</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.215-231, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04457334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelando o balanço de radiação e os ciclos de carbono e água nas plantações de eucalipto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guerric Le Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Attia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Bouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Otavio Campoe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Christina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laclau Jean-Paul (ed.); De Moraes Gonçalves Jose Leonardo (ed.); Brito José Otavia (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Duas décadas de cooperação científica CIRAD-ESALQ-IPEF. Anais de comemoração. Contribuição para a compreensão do funcionamento das plantações florestais tropicais de rápido crescimento</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 47, IPEF, pp.29-35, 2022, Série Técnica IPEF</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05180537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi des services écosystémiques dans un observatoire de caféiers agroforestiers. Applications pour la filière du café</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Roupsard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Allinne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karel van den Meersche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vaast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Rapidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Seghieri Josiane (ed.); Harmand Jean-Michel (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agroforesterie et services écosystémiques en zone tropicale : Recherche de compromis entre services d'approvisionnement et autres services</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ed. Quae, pp.37-52, 2019, Update sciences et technologies, 978-2-7592-3059-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05173945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi des services écosystémiques dans un observatoire de caféiers agroforestiers. Recommandations pour la filière du café</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Roupsard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clementine Allinne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karel van den Meersche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vaast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Rapidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Josiane Seghieri; Jean-Michel Harmand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agroforesterie et services écosystémiques en zone tropicale : recherche de compromis entre services d'approvisionnement et autres services écosystémiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Quae</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.37-55, 2019, Update Sciences and Technologies, 978-2-7592-3059-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02789592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4220,185 +4366,185 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling CO2 and N2O emissions from a tropical semi-arid parkland cultivated with groundnut and millet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yélognissè Agbohessou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seydina Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Léonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidy Sow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Vienna, Austria. pp.EGU24-7588, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-7588⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04639401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Testing the capacity of an oil palm FSPM to simulate changes in water and carbon dioxide fluxes under a range of climatic conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4407,2343 +4553,2343 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Torrelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Devidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Piel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FSPM 2023 - 10. International Conference on Functional-Structural Plant Models</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Tsu-Wei Chen; Andreas Fricke; Katrin Kahlen; Susann Müller; Hartmut Stützel, Mar 2023, Berlin, Germany. pp.34-35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04428293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PlantBiophysics.jl: a Julia package for fast and easy calibration, prototyping and simulation of biophysical models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Vezy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Treillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Peynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Arsouze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FSPM 2023 - 10. International Conference on Functional-Structural Plant Models</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Tsu-Wei Chen; Andreas Fricke; Katrin Kahlen; Susann Müller; Hartmut Stützel, Mar 2023, Berlin, Germany. pp.54-55</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04428170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling Key Interactions in Bi-Specific Intercropping Systems: Enhancing the STICS Soil-Crop Model for Sustainable Agriculture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Vezy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Munz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Gaudio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Lecharpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIIIème Séminaire des Utilisateurs de STICS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Latresne, France. pp.50-50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04798287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MaCS4Plants: A mathematic &amp; computer science network for FSPM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Arsouze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Beurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Boudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Labadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th International Conference on Functional-Structural Plant Models (FSPM2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Thaer-Institute of Agricultural and Horticultural Sciences, Humboldt-University of Berlin, Mar 2023, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04399157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MaCS4Plants: A mathematic &amp; computer science network for FSPM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Arsouze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Beurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Boudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Labadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FSPM 2023 - 10. International Conference on Functional-Structural Plant Models</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Thaer-Institute of Agricultural and Horticultural Sciences, Humboldt-University of Berlin, Mar 2023, Berlin, Germany. pp.52-53</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05181548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recent advances in intercropping modelling: the new version of the STICS soil-crop model simulates consistently a wide range of bi-specific annual intercrops.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Justes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Vezy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Munz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kirsten Paff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bedoussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference on Intercropping for sustainability. Research developments and their application</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association of Applied Biologists, Jan 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03121584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward a functional-structural model of oil palm accounting for architectural plasticity in response to planting density</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Perez</w:t>
+                <w:t xml:space="preserve">Toward a functional-structural model of oil palm accounting for architectural plasticity in response to planting density.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael P. A. Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Vezy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Brancheriau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Boudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Grand</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doni Artanto Raharjo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Functional-Structural Plant Models (FSPM 2020)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Hochschule Geisenheim University; University of Hannover, Oct 2020, s.l., Germany. pp.36-37</w:t>
+              <w:t xml:space="preserve">FSPM 2020 : Towards Computable Plants. 9th International Conference on Functional-Structural Plant models</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Hannover, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05176458v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03053584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward a functional-structural model of oil palm accounting for architectural plasticity in response to planting density.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raphael P. A. Perez</w:t>
+                <w:t xml:space="preserve">Toward a functional-structural model of oil palm accounting for architectural plasticity in response to planting density</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Vezy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Brancheriau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Boudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Doni Artanto Raharjo</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Grand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FSPM 2020 : Towards Computable Plants. 9th International Conference on Functional-Structural Plant models</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2020, Hannover, Germany</w:t>
+              <w:t xml:space="preserve">International Conference on Functional-Structural Plant Models (FSPM 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hochschule Geisenheim University; University of Hannover, Oct 2020, s.l., Germany. pp.36-37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03053584v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05176458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">More C uptake during the dry season? The case of a semi-arid agro-silvo-pastoral ecosystem dominated by Faidherbia albida, a tree with reverse phenology (Senegal)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Roupsard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Dô</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Rocheteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Orange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EGU, May 2020, Vienne, Austria. 1 p., </w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-11203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05174881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SticsRpacks: a set of packages for managing Stics from R</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Buis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Lecharpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Vezy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Giner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Stics users seminar</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03546172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faidherbia-Flux: adapting crops to climate changes in a semi-arid agro-sylvo-pastoral open observatory (Senegal)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId198" w:history="1">
+                <w:t xml:space="preserve">“Faidherbia-Flux”: adapting crops to climate changes in a semi-arid agro-sylvo-pastoral open observatory (Senegal)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Roupsard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Clermont-Dauphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Audebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jonas Koala</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Sanou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Koala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th World congress on Agroforestry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Christophe Dupraz; M. Gosme; G. Lawson, May 2019, Montpellier, France. pp.72</w:t>
+              <w:t xml:space="preserve">4. World Congress on Agroforestry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Montpellier, France. 933 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02563125v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faidherbia-Flux: adapting crops to climate changes in a semi-arid agro-sylvo-pastoral open observatory (Senegal)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Roupsard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Clermont-Dauphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Audebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josias Sanou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Koala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Congress on Agroforestry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CIRAD; INRA; World Agroforestry; Agropolis International; MUSE, May 2019, Montpellier, France. pp.72</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05173988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Faidherbia-Flux”: adapting crops to climate changes in a semi-arid agro-sylvo-pastoral open observatory (Senegal)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId198" w:history="1">
+                <w:t xml:space="preserve">Faidherbia-Flux: adapting crops to climate changes in a semi-arid agro-sylvo-pastoral open observatory (Senegal)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rouspard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Clermont-Dauphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Audebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">J. Koala</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josias Sanou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Koala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. World Congress on Agroforestry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Montpellier, France. 933 p</w:t>
+              <w:t xml:space="preserve">4th World congress on Agroforestry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Christophe Dupraz; M. Gosme; G. Lawson, May 2019, Montpellier, France. pp.72</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02738452v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02563125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faidherbia-Flux: an open observatory for GHG balance and C stocks in a semi-arid agro-sylvo-pastoral system (Senegal)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Roupsard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cournac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Tall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Duthoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th World congress on Agroforestry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02563243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DynACof, a model fro growth, yield, carbon, water, energy balances and ecosystem services of Coffea in agroforestry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Vezy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guerric Le Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Christina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Georgiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. World Congress on Agroforestry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Montpellier, France. 888 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02735870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DynA_Cof, a model for growth, yield, carbon, water, energy balances and ecosystem services of Coffea in agroforestry</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Selena Georgiou</w:t>
+                <w:t xml:space="preserve">Using drones to upscale yield and land-equivalent-ratio from plot to stand in an agro-silvo-pastoral system: the “Faidherbia-Flux” collaborative observatory (groundnut basin, Senegal)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yélognissé Agbohessou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Roupsard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Clermont-Dauphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Audebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josias Sanou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th World congress on Agroforestry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Conférence intensification durable (CID 2019) : Leviers d'intensification pour une transition agroécologique des systèmes de production en Afrique Sub-Saharienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IESOL; LAPSE; PATHO-BIOS; IAVAO; DIVECOSYS, Oct 2019, Dakar, Senegal. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02290439v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05174718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using drones to upscale yield and land-equivalent-ratio from plot to stand in an agro-silvo-pastoral system: the “Faidherbia-Flux” collaborative observatory (groundnut basin, Senegal)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Josias Sanou</w:t>
+                <w:t xml:space="preserve">DynA_Cof, a model for growth, yield, carbon, water, energy balances and ecosystem services of Coffea in agroforestry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Vezy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guerric Le Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Christina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selena Georgiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence intensification durable (CID 2019) : Leviers d'intensification pour une transition agroécologique des systèmes de production en Afrique Sub-Saharienne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IESOL; LAPSE; PATHO-BIOS; IAVAO; DIVECOSYS, Oct 2019, Dakar, Senegal. 2 p</w:t>
+              <w:t xml:space="preserve">4th World congress on Agroforestry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05174718v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02290439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of shade on temperature mitigation and canopy assimilation of coffee agroforestry systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Vezy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Deshors-Picart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Christina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selena Georgiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Agroforestry Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01594725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupling a 3D light interception with a growth and yield model to adjust shade evel in coffee agroforestry systems simulated under climate change</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Vezy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Deshors-Picart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Christina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Soma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selena Georgiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32. Conference on Agricultural and Forest Meteorology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, American Meteorological Society (AMS). USA., Jun 2016, Salt Lake City, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01594735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6753,641 +6899,641 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une plateforme logicielle au Cirad pour la gestion et l'ouverture contrôlée des codes sources : application à l'agroforesterie dans l'intensification durable en Afrique de l'Ouest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Blitz-Frayret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Auzoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidy Sow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheikh Diop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Vezy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international Science ouverte au Sud. Gestion et ouverture des données de la recherche : panorama et perspectives en Afrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Cotonou, Bénin. IRD; CIRAD, 1 p., 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05179883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calibration and Evaluation of the STICS Intercrop Model for Two Cereal-Legume Mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kirsten Paff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Munz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Vezy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Gaudio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bedoussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. International Crop Modelling Symposium (iCROPM2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2020, Montpellier, France. , 1 p., 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02791381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Light exchanges in discrete directions as an alternative to raytracing and radiosity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Vezy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael P. A. Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Dauzat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FSPM 2020 : Towards Computable Plants. 9th International Conference on Functional-Structural Plant models</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Hannover, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03105541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faidherbia-Flux: a collaborative observatory for Ecosystem Services and GHG in a semi-arid agro-silvo-pastoral system (Senegal)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Roupsard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cournac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Orange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Do</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourth World Congress on Agroforestry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Montpellier (34000), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04453905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faidherbia-Flux, an open observatory for GHG balance and C stocks in a semi-arid agro-sylvo-pastoral system (Senegal)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Roupsard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cournac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Tall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Duthoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dupraz Christian (ed.); Gosme Marie (ed.); Lawson Gerry (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Congress on Agroforestry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Montpellier, France. CIRAD; INRA, pp.44, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05173987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7397,100 +7543,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation de pratiques de gestion alternatives pour l'adaptation des plantations pérennes aux changements globaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Vezy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ecologie, Environnement. Université de Bordeaux, 2017. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2017BORD0939⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01718808v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7500,161 +7646,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The &amp;quot;Coffee-flux collaborative observatory&amp;quot;: measuring and modeling carbon, nutrients, water and sediment Ecosystem services in a coffee agroforestry watershed (Costa Rica)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Roupsard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karel van den Meersche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Allinne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Rapidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Avelino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016, 23 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01837379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId233"/>
+      <w:footerReference w:type="default" r:id="rId240"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7722,51 +7868,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0D83F133"/>
+    <w:nsid w:val="FB0C8649"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7953,51 +8099,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/remi-vezy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0808-1461" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/224546104" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/K-6511-2015" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947042v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Perez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Torrelli" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Roques" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Devidal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Piel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838571v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Vezy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Millan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bonnet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dauzat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05110997v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Wibaux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-&#201;ric Lauri" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A M&#8217;bo Kacou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Pondo Kouakou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Vezy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcaf107" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05023495v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wibaux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Pondo Kouakou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. M&#8217;bo Kacou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2025.1423.9" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05223603v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y&#233;logniss&#232; Agbohessou" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Audebert" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adama Ndour" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Leroux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jourdan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2025.109918" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05067022v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Morales" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kottelenberg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Ernst" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochem Evers" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/insilicoplants/diaf005" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05376887v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Treillou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mackeown" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Peynaud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/insilicoplants/diaf021" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05239729v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Jes&#250;s Ariza-Salamanca" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Gonz&#225;lez-Moreno" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Palacios-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2025.110795" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04747808v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dereje T Demie" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Wallach" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas F D&#246;ring" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Ewert" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gaiser" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2024.109302" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04668684v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Normand" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Durand" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scienta.2024.113529" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04426468v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidy Sow" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande Senghor" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khardiatou Sadio" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roupsard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2023.109206" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04603780v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcae083" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04580715v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bordon" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Laisn&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae137" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04166660v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.05371" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04189857v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Munz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Gaudio" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Launay" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Lecharpentier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-023-00917-5" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04264171v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mougin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Grippa" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torbern Tagesson" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2023.109780" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03736274v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael P. A. Perez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Brancheriau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boudon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Grand" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/insilicoplants/diac009" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03470234v2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Louarn" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Barillot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Meunier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/insilicoplants/diab037/6449487" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03531784v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Leclerc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bommel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Motisi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Treminio" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54800/roc535" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824473v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Allinne" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel van Den Meersche" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vaast" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Rapidel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02488996v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guerric Le Maire" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Christina" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selena Georgiou" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Imbach" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2019.104609" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03051411v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Moreaux" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Martel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bosc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Picart" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Achat" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-13-5973-2020" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623871v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rouspard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Nouvellon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remko A. Duursma" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2018.02.005" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628550v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bordon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2017.12.048" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414244v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gaucherel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vezy," TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gontrand," TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bouchet," TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.R. Ramesh" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnc.2016.09.002" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4KDG4Z8F-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519953v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dumont" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Delandmeter" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Bancal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beaudoin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l L&#233;onard" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19103/AS.2025.0155.11" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04457334v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Brisson" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ripoche" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bertuzzi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1809/9782759236794/stics-soil-crop-model?affiliate_code=" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180537v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Attia" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bouillet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otavio Campoe" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173945v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel van den Meersche" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789592v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementine Allinne" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/produit/110/9782759230600/agroforesterie-et-services-ecosystemiques-en-zone-tropicale" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639401v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seydina Ba" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Ferchaud" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-7588" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04428293v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Devidal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04428170v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Arsouze" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04798287v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399157v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Beurier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Fernandez" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Labadie" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181548v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03121584v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Justes" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten Paff" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bedoussac" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176458v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Perez" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03053584v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doni Artanto Raharjo" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174881v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric D&#244;" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rocheteau" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Orange" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-11203" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03546172v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Buis" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Giner" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02563125v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Clermont-Dauphin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josias Sanou" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Koala" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173988v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Koala" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738452v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sanou" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02563243v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cournac" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tall" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Duthoit" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735870v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Charbonnier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Georgiou" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02290439v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174718v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y&#233;logniss&#233; Agbohessou" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594725v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Deshors-Picart" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594735v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Soma" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179883v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Blitz-Frayret" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Auzoux" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Diop" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791381v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03105541v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453905v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Do" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173987v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Tall" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01718808v2" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017BORD0939" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837379v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Avelino" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/remi-vezy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0808-1461" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/224546104" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/K-6511-2015" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947042v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Perez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Torrelli" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Roques" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Devidal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Piel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838571v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Vezy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Millan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bonnet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dauzat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05023495v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wibaux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Pondo Kouakou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. M&#8217;bo Kacou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-&#201;ric Lauri" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2025.1423.9" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05223603v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y&#233;logniss&#232; Agbohessou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Audebert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adama Ndour" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Leroux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jourdan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2025.109918" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05063503v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raniero Della Peruta" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Mereu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatella Spano" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Marras" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2025.104353" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05110997v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Wibaux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A M&#8217;bo Kacou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Pondo Kouakou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Vezy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcaf107" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05067022v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Morales" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kottelenberg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Ernst" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochem Evers" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/insilicoplants/diaf005" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04747808v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dereje T Demie" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Wallach" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas F D&#246;ring" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Ewert" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gaiser" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2024.109302" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05239729v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Jes&#250;s Ariza-Salamanca" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Gonz&#225;lez-Moreno" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Peynaud" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Palacios-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2025.110795" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05376887v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Treillou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mackeown" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/insilicoplants/diaf021" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04426468v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidy Sow" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande Senghor" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khardiatou Sadio" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roupsard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2023.109206" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04668684v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Normand" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Durand" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scienta.2024.113529" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04603780v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcae083" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04580715v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bordon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Laisn&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae137" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04166660v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.05371" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04189857v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Munz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Gaudio" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Launay" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Lecharpentier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-023-00917-5" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04264171v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mougin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Grippa" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torbern Tagesson" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2023.109780" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03736274v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael P. A. Perez" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Brancheriau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boudon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Grand" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/insilicoplants/diac009" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03470234v2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Louarn" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Barillot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Meunier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/insilicoplants/diab037/6449487" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03531784v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Leclerc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bommel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Motisi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Treminio" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54800/roc535" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824473v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Allinne" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel van Den Meersche" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vaast" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Rapidel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02488996v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guerric Le Maire" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Christina" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selena Georgiou" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Imbach" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2019.104609" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03051411v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Moreaux" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Martel" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bosc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Picart" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Achat" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-13-5973-2020" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623871v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rouspard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Nouvellon" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remko A. Duursma" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2018.02.005" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PR5PGN8X-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628550v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bordon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2017.12.048" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414244v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gaucherel" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vezy," TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gontrand," TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bouchet," TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.R. Ramesh" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnc.2016.09.002" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4KDG4Z8F-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519953v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dumont" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Delandmeter" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Bancal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beaudoin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l L&#233;onard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19103/AS.2025.0155.11" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04457334v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Brisson" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ripoche" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bertuzzi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1809/9782759236794/stics-soil-crop-model?affiliate_code=" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180537v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Attia" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bouillet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otavio Campoe" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173945v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel van den Meersche" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789592v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementine Allinne" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/produit/110/9782759230600/agroforesterie-et-services-ecosystemiques-en-zone-tropicale" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639401v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seydina Ba" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Ferchaud" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-7588" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04428293v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Devidal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04428170v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Arsouze" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04798287v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399157v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Beurier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Fernandez" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Labadie" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181548v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03121584v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Justes" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten Paff" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bedoussac" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03053584v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doni Artanto Raharjo" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176458v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Perez" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174881v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric D&#244;" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rocheteau" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Orange" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-11203" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03546172v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Buis" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Giner" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738452v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Clermont-Dauphin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sanou" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Koala" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173988v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josias Sanou" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02563125v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Koala" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02563243v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cournac" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tall" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Duthoit" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735870v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Charbonnier" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Georgiou" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174718v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y&#233;logniss&#233; Agbohessou" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02290439v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594725v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Deshors-Picart" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594735v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Soma" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179883v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Blitz-Frayret" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Auzoux" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Diop" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791381v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03105541v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453905v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Do" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173987v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Tall" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01718808v2" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017BORD0939" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837379v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Avelino" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>