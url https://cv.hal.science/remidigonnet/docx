--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -846,2075 +846,2075 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04625234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">10 Anger in French: “A poo of nerves”</w:t>
+                <w:t xml:space="preserve">Frontières et déplacements métaphoriques en architecture : Delirious New York de Rem Koolhaas (1978)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Digonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metaphors of ANGER across Languages: Universality and Variation</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+              <w:t xml:space="preserve">Congrès SAES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Nancy Université de Lorraine, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04787027v1</w:t>
+                <w:t xml:space="preserve">hal-04650999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">‘Mignonne, allons voir si la rose…’ ou les détours linguistiques de l’odeur dans Aphorismes d’un parfumeur de Dominique Ropion</w:t>
+                <w:t xml:space="preserve">Stratégies lexicales dans l’expression de la perception sensible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Digonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sens et senteurs. L’olfaction dans la littérature et la communication</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04650864v1</w:t>
+              <w:t xml:space="preserve">La perception en langue et en discours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04651024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La part utopique du manifeste d’urbanisme : Delirious New York. A Retroactive Manifesto for Manhattan de Rem Koolhaas</w:t>
+                <w:t xml:space="preserve">Le principe de réduction en linguistique ou le travail cognitif du reste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Digonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discours croisés sur l'architecture</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04650836v1</w:t>
+              <w:t xml:space="preserve">Le travail du reste</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Avignon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04651051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Duplicités métaphoriques en architecture</w:t>
+                <w:t xml:space="preserve">Transmission métaphorique d’un savoir sensible : l’olfaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Digonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quand le dire se dédouble : duplicité énonciative et stratégies discursives associées</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04625251v1</w:t>
+              <w:t xml:space="preserve">Congrès SAES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04651012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">‘L’odeur du cabinet, cette odeur liquoreuse, chaude de la fumée du tabac’ : A linguistic approach to the necessary contextualization of odours in Zola’s Le Ventre de Paris</w:t>
+                <w:t xml:space="preserve">Quelle frontière linguistique entre le cliché et la métaphore ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Digonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mediality of Smells / Médialité des odeurs</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04625269v1</w:t>
+              <w:t xml:space="preserve">Séminaire Territoires et représentations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Saint-Étienne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04651068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euphemism and hyperbole as figurative language in olfactory domain</w:t>
+                <w:t xml:space="preserve">Quelle rhétorique pour la transmission d’un savoir olfactif ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Digonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Figurative Thought and Language in the Human Universe</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04650914v1</w:t>
+              <w:t xml:space="preserve">Transmission des savoirs sensibles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Saint-Étienne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04651093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Corbusier’s New York: a geometric or sensory city?</w:t>
+                <w:t xml:space="preserve">Tentative d’appréhension du territoire par le sensible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Digonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">English-Speaking Towns and Cities: Memoirs and Narratives</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04650975v1</w:t>
+              <w:t xml:space="preserve">Séminaire Territoires et représentations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Saint-Étienne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04651081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">‘Ce goût c’était celui du petit morceau de madeleine…’ : une approche qualitative de la construction syntaxique dans le domaine de la perception</w:t>
+                <w:t xml:space="preserve">The figurative use of smelling: from sensation to emotion… and back to sensation? (Workshop)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Digonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La perception : langue, discours, cognition</w:t>
-[...14 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">UK Cognitive Linguistics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Birmingham (UK) WEBCONFERENCE, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04651119v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La part évidentielle dans l’expression de la perception sensible : approche contrastive anglais / français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Digonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PerceptiO : La perception et le vivant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04651032v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">hal-04650951v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From sensation to cognition: which gradient among perception verbs?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Digonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">UK Cognitive Linguistics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Birmingham (UK) WEBCONFERENCE, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04651139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (10)</w:t>
+        <w:t xml:space="preserve">Proceedings/Recueil des communications (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frontières et déplacements métaphoriques en architecture : Delirious New York de Rem Koolhaas (1978)</w:t>
+                <w:t xml:space="preserve">Transmission des savoirs sensibles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Digonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Pardoen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Érika Wicky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès SAES</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+              <w:t xml:space="preserve">Transmission des savoirs sensibles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04650999v1</w:t>
+                <w:t xml:space="preserve">hal-04650822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le principe de réduction en linguistique ou le travail cognitif du reste</w:t>
+                <w:t xml:space="preserve">Discours croisés sur l'architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Digonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Laferrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Manen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le travail du reste</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04651051v1</w:t>
+              <w:t xml:space="preserve">Quels discours pour l'architecture ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 46, Peter Lang Verlag, pp.414, 2023, Comparatisme et Société / Comparatism and Society, 9782807616134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3726/b20707⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04618121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégies lexicales dans l’expression de la perception sensible</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Discours croisés de l’architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Laferrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Digonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Manen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La perception en langue et en discours</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04651024v1</w:t>
+              <w:t xml:space="preserve">Actes du colloque « Quels discours pour l’architecture ? »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 46, Peter Lang, 2023, Comparatisme et Société, 9782807616134</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-04566686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transmission métaphorique d’un savoir sensible : l’olfaction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Manifestations sensorielles des urbanités contemporaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Béligon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Digonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès SAES</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04651012v1</w:t>
+              <w:t xml:space="preserve">Manifestations sensorielles des urbanités contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 39, Peter Lang B, pp.296, 2019, Comparatisme et Société / Comparatism and Society, 9782807610293. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3726/b16094⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04618122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle frontière linguistique entre le cliché et la métaphore ?</w:t>
+                <w:t xml:space="preserve">Pour une linguistique sensorielle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Digonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Territoires et représentations</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04651068v1</w:t>
+              <w:t xml:space="preserve">Pour une linguistique sensorielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bibliothèque de grammaire et de linguistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 55, Honoré Champion, pp.294, 2018, 978-2745347282</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04625171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle rhétorique pour la transmission d’un savoir olfactif ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sensory Perceptions in Language, Embodiment and Epistemology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annalisa Baicchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Digonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jodi Sandford</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transmission des savoirs sensibles</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04651093v1</w:t>
+              <w:t xml:space="preserve">Figurative Thought and Language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 42, Springer International Publishing, pp.215, 2018, Studies in Applied Philosophy, Epistemology and Rational Ethics, 978-3-319-91276-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-91277-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04625169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tentative d’appréhension du territoire par le sensible</w:t>
+                <w:t xml:space="preserve">Inhabiting Language, Constructing Language</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Digonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Territoires et représentations</w:t>
-[...62 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">Habiter la langue, construire la langue / Inhabiting language, constructing language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">UK Cognitive Linguistics Conference</w:t>
-[...159 lines deleted...]
-                <w:t xml:space="preserve">hal-04651139v1</w:t>
+              <w:t xml:space="preserve">GRAMM-R Etudes de linguistique française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 41, Peter Lang B, pp.222, 2018, 9782807602618. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3726/b11816⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04622445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Proceedings/Recueil des communications (7)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transmission des savoirs sensibles</w:t>
+                <w:t xml:space="preserve">‘Mignonne, allons voir si la rose…’ ou les détours linguistiques de l’odeur dans Aphorismes d’un parfumeur de Dominique Ropion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Digonnet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...27 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jérôme Hennebert. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transmission des savoirs sensibles</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04650822v1</w:t>
+              <w:t xml:space="preserve">Sens et senteurs. L’olfaction dans la littérature et la communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires du septentrion, 2024, 978-2-7574-4099-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04650864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discours croisés de l’architecture</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">10 Anger in French: “A poo of nerves”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Digonnet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...14 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Kövecses, Benczes, Szelid. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du colloque « Quels discours pour l’architecture ? »</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">ujm-04566686v1</w:t>
+              <w:t xml:space="preserve">Metaphors of ANGER across Languages: Universality and Variation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, De Gruyter, pp.365-412, 2024, 9783110730999. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/9783110730999-010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04787027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discours croisés sur l'architecture</w:t>
+                <w:t xml:space="preserve">La part utopique du manifeste d’urbanisme : Delirious New York. A Retroactive Manifesto for Manhattan de Rem Koolhaas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Digonnet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...27 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Digonnet Rémi, Laferrière Aude, Manen Pierre. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quels discours pour l'architecture ?</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04618121v1</w:t>
+              <w:t xml:space="preserve">Discours croisés sur l'architecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, pp.185-211, 2023, 9782807616134</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04650836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manifestations sensorielles des urbanités contemporaines</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Duplicités métaphoriques en architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Digonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Blandine Pennec et Sarah Bourse. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Manifestations sensorielles des urbanités contemporaines</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04618122v1</w:t>
+              <w:t xml:space="preserve">Quand le dire se dédouble : duplicité énonciative et stratégies discursives associées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PU MIDI, pp.47-63, 2022, 978-2810707966</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04625251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhabiting Language, Constructing Language</w:t>
+                <w:t xml:space="preserve">‘L’odeur du cabinet, cette odeur liquoreuse, chaude de la fumée du tabac’ : A linguistic approach to the necessary contextualization of odours in Zola’s Le Ventre de Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Digonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Érika Wicky; Jean-Alexandre Perras. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Habiter la langue, construire la langue / Inhabiting language, constructing language</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">hal-04622445v1</w:t>
+              <w:t xml:space="preserve">Mediality of Smells / Médialité des odeurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 47, Peter Lang UK, pp.151-174, 2021, 9781789976069. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3726/9781789976076.003.0007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04625269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pour une linguistique sensorielle</w:t>
+                <w:t xml:space="preserve">Euphemism and hyperbole as figurative language in olfactory domain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Digonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mario Brdar, Goran Milić, Dubravka Vidaković Erdeljić, Rita Brdar-Szabó. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pour une linguistique sensorielle</w:t>
-[...32 lines deleted...]
-                <w:t xml:space="preserve">hal-04625171v1</w:t>
+              <w:t xml:space="preserve">Figurative Thought and Language in the Human Universe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cambridge Scholars Publishing, 2021, 1527572463</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04650914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensory Perceptions in Language, Embodiment and Epistemology</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">‘Ce goût c’était celui du petit morceau de madeleine…’ : une approche qualitative de la construction syntaxique dans le domaine de la perception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Digonnet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...14 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Irina Thomières-Shakovskaya. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Figurative Thought and Language</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">La perception : langue, discours, cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris Sorbonne, pp.5-14, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04650951v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04625169v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Corbusier’s New York: a geometric or sensory city?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Digonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olivier Glain. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">English-Speaking Towns and Cities: Memoirs and Narratives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Saint-Étienne, pp.147-159, 2020, 978-2-86272-734-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04650975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3483,51 +3483,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F4E6CBB5"/>
+    <w:nsid w:val="5D2CEB98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3631,51 +3631,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="1AE4AEB8"/>
+    <w:nsid w:val="95FB1CCF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3865,51 +3865,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/remidigonnet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9280-5687" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245191v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Digonnet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13wna" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650890v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625229v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ss.023.0045" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03105227v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie B&#233;ligon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bourdier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Lacassain-Lagoin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lexis.3458" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03105228v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lexis.3443" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629506v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625234v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lexis.224" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787027v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110730999-010" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650864v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650836v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625251v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625269v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/9781789976076.003.0007" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650914v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650975v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650951v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650999v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651051v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651024v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651012v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651068v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651093v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651081v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651119v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651032v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651139v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650822v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Pardoen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;rika Wicky" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-04566686v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Laferri&#232;re" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Manen" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618121v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b20707" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618122v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b16094" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622445v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b11816" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625171v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625169v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Baicchi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jodi Sandford" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-91277-6" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04186588v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625179v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Beligon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lexis.1147" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103199v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625180v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/remidigonnet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9280-5687" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245191v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Digonnet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13wna" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650890v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625229v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ss.023.0045" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03105227v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie B&#233;ligon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bourdier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Lacassain-Lagoin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lexis.3458" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03105228v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lexis.3443" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629506v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625234v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lexis.224" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650999v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651024v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651051v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651012v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651068v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651093v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651081v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651119v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651032v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651139v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650822v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Pardoen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;rika Wicky" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618121v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Laferri&#232;re" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Manen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b20707" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-04566686v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618122v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b16094" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625171v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625169v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Baicchi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jodi Sandford" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-91277-6" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622445v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b11816" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650864v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787027v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110730999-010" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650836v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625251v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625269v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/9781789976076.003.0007" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650914v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650951v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650975v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04186588v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625179v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Beligon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lexis.1147" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103199v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625180v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>