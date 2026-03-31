--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -1061,278 +1061,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04402041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterisation of visual guidance of steering to intercept targets following curving trajectories using Qualitative Inconsistency Detection</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Visual guidance of locomotor interception is based on nulling changes in target bearing (not egocentric target direction nor target-heading angle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Casanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Albertha A. M. Van Opstal</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Frank T. J. M. Zaal</w:t>
+                <w:t xml:space="preserve">Gwenaelle Ceyte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinoud J. Bootsma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-022-24625-4⟩</w:t>
+              <w:t xml:space="preserve">Human Movement Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 82, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.humov.2022.102929⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03989730v1</w:t>
+                <w:t xml:space="preserve">hal-03551910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visual guidance of locomotor interception is based on nulling changes in target bearing (not egocentric target direction nor target-heading angle)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterisation of visual guidance of steering to intercept targets following curving trajectories using Qualitative Inconsistency Detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albertha A. M. Van Opstal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Casanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwenaelle Ceyte</w:t>
+                <w:t xml:space="preserve">Frank T. J. M. Zaal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinoud J. Bootsma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Movement Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 82, </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.humov.2022.102929⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-022-24625-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03551910v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03989730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reversals in Movement Direction in Locomotor Interception of Uniformly Moving Targets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaelle Ceyte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Casanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1418,51 +1418,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinoud J. Bootsma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Casanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank T. J. M. Zaal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Perception</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 48 (1_suppl), pp.187-187. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2244,457 +2244,457 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01668074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Playing ‘Pong’ Together: Emergent Coordination in a Doubles Interception Task</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The Influence of the ‘Trier Social Stress Test’ on Free Throw Performance in Basketball: An Interdisciplinary Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mascret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Ibáñez-Gijón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bréjard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martinus Buekers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Casanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2016.01910⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (6), pp.e0157215. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0157215⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01778602v1</w:t>
+                <w:t xml:space="preserve">hal-01415458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Influence of the ‘Trier Social Stress Test’ on Free Throw Performance in Basketball: An Interdisciplinary Study</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fractional-order information in the visual control of lateral locomotor interception.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reinoud J. Bootsma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ledouit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Casanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank T. J. M. Zaal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0157215⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Psychology. Human Perception and Performance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 42 (4), pp.517 - 529. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/xhp0000162⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01415458v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01439633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fractional-order information in the visual control of lateral locomotor interception.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Playing ‘Pong’ Together: Emergent Coordination in a Doubles Interception Task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niek H. Benerink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank T. J. M. Zaal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Casanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bonnardel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinoud J. Bootsma</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frank T. J. M. Zaal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Psychology. Human Perception and Performance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/xhp0000162⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7 (1910), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2016.01910⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01439633v1</w:t>
+                <w:t xml:space="preserve">hal-01440518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Playing ‘Pong’ Together: Emergent Coordination in a Doubles Interception Task</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niek H. Benerink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frank T. J. M. Zaal</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank T.J.M. Zaal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Casanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -2704,78 +2704,78 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinoud J. Bootsma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 7 (1910), </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+              <w:t xml:space="preserve">, 2016, 7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fpsyg.2016.01910⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01440518v1</w:t>
+                <w:t xml:space="preserve">hal-01778602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reading from a Head-Fixed Display during Walking: Adverse Effects of Gaze Stabilization Mechanisms</w:t>
               </w:r>
@@ -3099,77 +3099,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prospective Control in Catching: The Persistent Angle-of- Approach Effect in Lateral Interception</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ledouit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Casanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank T. J. M. Zaal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinoud J. Bootsma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3513,692 +3513,692 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating Multimodal Behavioral Features for Public Speaking Assessment in Virtual Reality</w:t>
+                <w:t xml:space="preserve">Rôles relatifs de la sémantique et du mouvement biologique dans l’estimation du Time-To-Collision</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Ristorcelli</w:t>
+                <w:t xml:space="preserve">Martin Bossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Chomienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Etienne</w:t>
+                <w:t xml:space="preserve">Mohcina Meghagha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michaël Schyns</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rémy Casanova</w:t>
+                <w:t xml:space="preserve">Medhi Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magalie Ochs</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Marie Pergandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IVA '25: ACM International Conference on Intelligent Virtual Agents</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">XR 2025 - colloque "XR en mouvement"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Limoges, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05324708v1</w:t>
+                <w:t xml:space="preserve">hal-05478792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une bibliothèque d’animations de mouvement piéton en libre accès pour la XR</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Loïc Chomienne</w:t>
+                <w:t xml:space="preserve">Evaluating Multimodal Behavioral Features for Public Speaking Assessment in Virtual Reality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Ristorcelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehdi Pierron</w:t>
+                <w:t xml:space="preserve">Elodie Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marie Pergandi</w:t>
+                <w:t xml:space="preserve">Michaël Schyns</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Casanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Sanchez</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Magalie Ochs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XR 2025 - Colloque "XR en Mouvement"</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IVA '25: ACM International Conference on Intelligent Virtual Agents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Conference - Intelligent Virtual Agents, Sep 2025, Berlin, Germany. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3717511.3749301⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05478807v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05324708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rôles relatifs de la sémantique et du mouvement biologique dans l’estimation du Time-To-Collision</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Une bibliothèque d’animations de mouvement piéton en libre accès pour la XR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Chomienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Bossard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Loïc Chomienne</w:t>
+                <w:t xml:space="preserve">Mehdi Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Pergandi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohcina Meghagha</w:t>
+                <w:t xml:space="preserve">Alexandre Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Medhi Pierron</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Pergandi</w:t>
+                <w:t xml:space="preserve">Stéphane Caro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XR 2025 - colloque "XR en mouvement"</w:t>
+              <w:t xml:space="preserve">XR 2025 - Colloque "XR en Mouvement"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05478792v1</w:t>
+                <w:t xml:space="preserve">hal-05478807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the Nonverbal Behavior of Virtual Audience on Users' Perception of Social Attitudes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
+                <w:t xml:space="preserve">A Systematic Review on the Socio-affective Perception of IVAs' Multi-modal behaviour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Ristorcelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre d'Ambra</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Pergandi</w:t>
+                <w:t xml:space="preserve">Sarah Saufnay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Quilez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Casanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 International Conference on Advanced Visual Interfaces (AVI 2024)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">24th ACM International Conference on Intelligent Virtual Agents (IVA '24)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Glasgow, Sep 2024, Glasgow, United Kingdom</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04613261v1</w:t>
+                <w:t xml:space="preserve">hal-04661865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Systematic Review on the Socio-affective Perception of IVAs' Multi-modal behaviour</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
+                <w:t xml:space="preserve">Impact of the Nonverbal Behavior of Virtual Audience on Users' Perception of Social Attitudes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Ristorcelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Saufnay</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Quilez</w:t>
+                <w:t xml:space="preserve">Alexandre d'Ambra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Pergandi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Casanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Ochs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th ACM International Conference on Intelligent Virtual Agents (IVA '24)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2024 International Conference on Advanced Visual Interfaces (AVI 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Arenzano, Italy. pp.16, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3656650.3656687⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04661865v1</w:t>
+                <w:t xml:space="preserve">hal-04613261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">REVITALISE viRtual skIlls TrAining for pubLIc SpEaking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Ochs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ristorcelli Marion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4288,90 +4288,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the impact of a virtual audience's gender and attitudes on a human speaker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Ristorcelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Gallego</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Nguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Pergandi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Casanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4575,103 +4575,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedestrians' motion Through the Eyes of Road Users</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Bossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Lobjois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Pergandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Bossard</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Mehdi Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Caro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SAP 2024 - ACM Symposium on Applied Perception</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Dublin, Ireland. ACM, 25, pp.1 - 3, 2024, </w:t>
@@ -5266,51 +5266,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05189960v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijn S.J. Hafkamp" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Casanova" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinoud J Bootsma" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humov.2025.103365" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04943996v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Paris" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Casanova" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Bergeonneau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mestre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app14031251" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04795320v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danial Borooghani" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank T.J.M. Zaal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/mc.2024-0036" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434048v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fazzari" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Macchi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoko Kunimasa" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cam&#233;lia Ressam" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-50076-6" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116070v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Nicol" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2023.1212198" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165500v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albertha A M van Opstal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank T J M Zaal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinoud J. Bootsma" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1167/jov.23.3.11" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204212v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Keime" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Chomienne" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Goulon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sainton" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lapole" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2023.1201253" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402041v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijn S J Hafkamp" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2023.1287148" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03989730v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albertha A. M. Van Opstal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank T. J. M. Zaal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-24625-4" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03551910v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Ceyte" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humov.2022.102929" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03144990v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.562806" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02185336v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0301006618824879" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02479626v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xhp0000162" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02276587v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mascret" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vors" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Marqueste" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cury" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10615806.2019.1638680" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02479671v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphne van Opstal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niek H. Benerink" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02185326v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphne A.A.M. van Opstal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01898965v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphne Aam van Opstal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2018.01731" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01668074v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bonnardel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humov.2017.11.012" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778602v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2016.01910" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415458v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Ib&#225;&#241;ez-Gij&#243;n" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Br&#233;jard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martinus Buekers" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0157215" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439633v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ledouit" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01440518v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01203497v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Borg" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0129902" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414104v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2015.1013052" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01441653v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Coton" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Barla" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.displa.2014.11.003" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01771593v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01565172v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Gandon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thelma Coyle" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Roux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2010.12.003" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3PGNDJBW-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438698v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Moukoko" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Pithioux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Pailler-Matt&#233;i" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Zahouani" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11517-010-0637-7" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324708v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ristorcelli" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Etienne" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Schyns" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Ochs" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3717511.3749301" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05478807v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Pierron" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Pergandi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Sanchez" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Caro" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05478792v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bossard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohcina Meghagha" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Medhi Pierron" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613261v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre d'Ambra" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3656650.3656687" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661865v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Saufnay" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Quilez" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387146v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ristorcelli Marion" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Ambra" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vessiot Manon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/nnnnnnn.nnnnnnn" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194953v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Gallego" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Nguy" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3610661.3616128" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378535v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marchat" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chabrand" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04708218v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Lobjois" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3675231.3678870" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358566v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chavet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.28388.96642" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439909v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mourer" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fernandez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinoud Jan Bootsma" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497028v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Mokoko" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05189960v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijn S.J. Hafkamp" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Casanova" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinoud J Bootsma" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humov.2025.103365" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04943996v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Paris" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Casanova" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Bergeonneau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mestre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app14031251" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04795320v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danial Borooghani" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank T.J.M. Zaal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/mc.2024-0036" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434048v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fazzari" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Macchi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoko Kunimasa" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cam&#233;lia Ressam" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-50076-6" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116070v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Nicol" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2023.1212198" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165500v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albertha A M van Opstal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank T J M Zaal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinoud J. Bootsma" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1167/jov.23.3.11" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204212v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Keime" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Chomienne" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Goulon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sainton" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lapole" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2023.1201253" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402041v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijn S J Hafkamp" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2023.1287148" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03551910v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Ceyte" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humov.2022.102929" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03989730v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albertha A. M. Van Opstal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank T. J. M. Zaal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-24625-4" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03144990v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.562806" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02185336v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0301006618824879" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02479626v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xhp0000162" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02276587v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mascret" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vors" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Marqueste" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cury" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10615806.2019.1638680" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02479671v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphne van Opstal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niek H. Benerink" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02185326v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphne A.A.M. van Opstal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01898965v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphne Aam van Opstal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2018.01731" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01668074v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bonnardel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humov.2017.11.012" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415458v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Ib&#225;&#241;ez-Gij&#243;n" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Br&#233;jard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martinus Buekers" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0157215" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439633v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ledouit" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01440518v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2016.01910" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778602v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01203497v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Borg" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0129902" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414104v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2015.1013052" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01441653v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Coton" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Barla" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.displa.2014.11.003" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01771593v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01565172v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Gandon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thelma Coyle" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Roux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2010.12.003" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3PGNDJBW-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438698v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Moukoko" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Pithioux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Pailler-Matt&#233;i" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Zahouani" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11517-010-0637-7" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05478792v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bossard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohcina Meghagha" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Medhi Pierron" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Pergandi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324708v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ristorcelli" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Etienne" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Schyns" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Ochs" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3717511.3749301" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05478807v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Pierron" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Sanchez" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Caro" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661865v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Saufnay" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Quilez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613261v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre d'Ambra" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3656650.3656687" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387146v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ristorcelli Marion" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Ambra" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vessiot Manon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/nnnnnnn.nnnnnnn" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194953v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Gallego" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Nguy" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3610661.3616128" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378535v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marchat" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chabrand" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04708218v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Lobjois" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3675231.3678870" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358566v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chavet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.28388.96642" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439909v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mourer" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fernandez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinoud Jan Bootsma" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497028v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Mokoko" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>