--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -368,295 +368,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01987689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unravelling the matrix effect of fresh sampled cells for in vivo unbiased FTIR determination of the absolute concentration of total lipid content of microalgae</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of physical and chemical properties of HTSXT-FTIR samples on the quality of prediction models developed to determine absolute concentrations of total proteins, carbohydrates and triglycerides: a preliminary study on the determination of their absolute concentrations in fresh microalgal biomass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esteban Serrano Leon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Coat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Valeria Montalescot</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Moutel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Esteban Serrano León</w:t>
+                <w:t xml:space="preserve">Jeremy Pruvost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Kucma</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Candice Perrier</w:t>
+                <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioprocess and Biosystems Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 37 (11), pp.2175 - 2187. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00449-014-1194-5⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 37 (11), pp.2371 - 2380. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00449-014-1215-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01887968v1</w:t>
+                <w:t xml:space="preserve">hal-01887960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of physical and chemical properties of HTSXT-FTIR samples on the quality of prediction models developed to determine absolute concentrations of total proteins, carbohydrates and triglycerides: a preliminary study on the determination of their absolute concentrations in fresh microalgal biomass</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unravelling the matrix effect of fresh sampled cells for in vivo unbiased FTIR determination of the absolute concentration of total lipid content of microalgae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Coat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valeria Montalescot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Esteban Serrano Leon</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Moutel</w:t>
+                <w:t xml:space="preserve">Esteban Serrano León</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremy Pruvost</w:t>
+                <w:t xml:space="preserve">Delphine Kucma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jack Legrand</w:t>
+                <w:t xml:space="preserve">Candice Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioprocess and Biosystems Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 37 (11), pp.2371 - 2380. </w:t>
+              <w:t xml:space="preserve">, 2014, 37 (11), pp.2175 - 2187. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00449-014-1215-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00449-014-1194-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01887960v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01887968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -687,51 +687,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Découverte de marqueurs précoces de l'altération microbiologique des ovoproduits par des approches de métabolomique croisée (RMN-spectrométrie de masse)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Coat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdellah Arhaliass</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -795,70 +795,70 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discovery of early prediction biomarkers of ovoproducts degradation using combined NMR and MS fingerprinting approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Coat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arahliass Abdelah</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellah Arhaliass</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SMMAP 2017, Spectrométrie de Masse, Métabolomique et Analyse Protéomique</w:t>
             </w:r>
@@ -876,245 +876,245 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02336176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microbiological alteration of egg products during their production process: discovery of early prediction biomarkers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Coat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arahliass Abdelah</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellah Arhaliass</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th european congress of chemical engineering ECCE10, 3rd european congress of applied biotechnology, ECAB3, 5th european process intensification conference EPIC5</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02334682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microbiological alteration of egg products during their production process: discovery of early prediction biomarkers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Coat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arahliass Abdelah</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellah Arhaliass</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9JS RFMF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02336300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1124,216 +1124,216 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multilevel chemotyping of microalgae, a necessary tool for chemodiversity exploration and blue biotechnology development : the i-chemalgae project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Coat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Chollet</w:t>
+                <w:t xml:space="preserve">Sylvie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Bernard</w:t>
+                <w:t xml:space="preserve">Anne Humeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ganesh Sockalingum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European RFMF Metabomeeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02543586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microbiological alteration of egg products during their production process : characterisation of metabolic pathways and dicovery of early prediction biomarkers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Coat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Martineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdellah Arhaliass</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1348,51 +1348,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Euromar 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02336381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1402,238 +1402,234 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Potential of Online Analysis Systems for the Chemotyping of the Egg Matrix</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spoilage of Egg Products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Jan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Coat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Gonçalves</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Alteration of Ovoproducts</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Elsevier, pp.259-283, 2018, </w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ISTE Editions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.51-156, 2018, 9781785482717. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/B978-1-78548-271-7.50004-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/B978-1-78548-271-7.50002-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02333841v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation de l’altération des ovoproduits par des approches ciblées et non ciblées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Coat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Gouilleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerald Thouand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Assaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdellah Arhaliass</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1665,207 +1661,207 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02547146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potentiel des systèmes d’analyse en ligne pour le chémotypage de la matrice ovoproduit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Coat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Gouilleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdellah Arhaliass</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerald Thouand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISTE Editions. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Altération des ovoproduits : de la métabolique au contrôle en ligne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.203-225, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02547164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les mécanismes d'altération des ovoproduits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Jan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Coat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1884,342 +1880,346 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gonçalves, Olivier and Legrand, Jack. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Altération des ovoproduits: De la métabolomique au contrôle en ligne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISTE Editions, pp.45-96, 2018, 1-78405-495-X</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02044446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spoilage of Egg Products</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Potential of Online Analysis Systems for the Chemotyping of the Egg Matrix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Coat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Gouilleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellah Arhaliass</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jack Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerald Thouand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Alteration of Ovoproducts</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, </w:t>
+              <w:t xml:space="preserve">, Elsevier, pp.259-283, 2018, </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ISTE Editions</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/B978-1-78548-271-7.50002-X⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/B978-1-78548-271-7.50004-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01861717v1</w:t>
+                <w:t xml:space="preserve">hal-02333841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterizing the Spoilage of Egg Products using Targeted and Non-targeted Approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Coat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Gouilleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerald Thouand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Assaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdellah Arhaliass</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Alteration of Ovoproducts</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ISTE Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.157-258, 2018, 9781785482717. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-1-78548-271-7.50003-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01861716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId61"/>
+      <w:footerReference w:type="default" r:id="rId60"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2366,51 +2366,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370749v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Deniset-Besseau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Coat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Moutel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolando Rebois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Mathurin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00037028211050659" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987689v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Ph&#233;lipp&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Le Bras" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorene Perrochaud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Peyretaillade" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-017-0776-x" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887968v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Montalescot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Serrano Le&#243;n" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Kucma" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Perrier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00449-014-1194-5" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887960v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Serrano Leon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Pruvost" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Legrand" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00449-014-1215-4" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336088v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Arhaliass" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gon&#231;alves" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336176v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arahliass Abdelah" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334682v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336300v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543586v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chollet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bernard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Humeau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ganesh Sockalingum" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336381v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Martineau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Giraudeau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333841v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Gouilleux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Thouand" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-271-7.50004-3" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547146v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Assaf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547164v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02044446v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Baron" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861717v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/books/alteration-of-ovoproducts/goncalves/978-1-78548-271-7" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-271-7.50002-X" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861716v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-271-7.50003-1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370749v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Deniset-Besseau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Coat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Moutel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolando Rebois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Mathurin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00037028211050659" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987689v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Ph&#233;lipp&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Le Bras" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorene Perrochaud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Peyretaillade" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-017-0776-x" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887960v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Serrano Leon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Pruvost" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Legrand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00449-014-1215-4" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887968v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Montalescot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Serrano Le&#243;n" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Kucma" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Perrier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00449-014-1194-5" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336088v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Arhaliass" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gon&#231;alves" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336176v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334682v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336300v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543586v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chollet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bernard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Humeau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ganesh Sockalingum" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336381v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Martineau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Giraudeau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861717v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Baron" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/books/alteration-of-ovoproducts/goncalves/978-1-78548-271-7" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-271-7.50002-X" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547146v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Gouilleux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Thouand" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Assaf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547164v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02044446v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333841v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-271-7.50004-3" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861716v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-271-7.50003-1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>