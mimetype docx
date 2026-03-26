--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -141,394 +141,394 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déterminer l’impact économique, les contraintes techniques et les déchets caractéristiques du recyclage du fer par l’expérimentation</w:t>
+                <w:t xml:space="preserve">Using dendro-anthracology to understand the links between iron production and forestry economy: the case of the Champigneulles medieval smelting site (54)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Jeannot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Girardclos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéométrie 2025 - XXVe colloque du GMPCA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Rouen, France</w:t>
+              <w:t xml:space="preserve">Les espaces de production de fer brut dans leur environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05042262v1</w:t>
+                <w:t xml:space="preserve">hal-05532640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La forge minière du carreau Sainte-Barbe à Sainte-Marie-aux-Mines (XVIe s.)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Déterminer l’impact économique, les contraintes techniques et les déchets caractéristiques du recyclage du fer par l’expérimentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Jeannot</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre Fluck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de l'archéologie en Alsace 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Service Régional de l'Archéologie Grand Est, Feb 2025, Andlau, France</w:t>
+              <w:t xml:space="preserve">Archéométrie 2025 - XXVe colloque du GMPCA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04975586v1</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05042262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using dendro-anthracology to understand the links between iron production and forestry economy: the case of the Champigneulles medieval smelting site (54)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La forge minière du carreau Sainte-Barbe à Sainte-Marie-aux-Mines (XVIe s.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lambart Ariane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Leroy</w:t>
+                <w:t xml:space="preserve">Anne Gebhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Girardclos</w:t>
+                <w:t xml:space="preserve">Pierre Fluck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les espaces de production de fer brut dans leur environnement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Besançon, France</w:t>
+              <w:t xml:space="preserve">Journées de l'archéologie en Alsace 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Service Régional de l'Archéologie Grand Est, Feb 2025, Andlau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05532640v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04975586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactions entre production sidérurgique et ressources en bois : l'exemple d'Entrains-sur-Nohain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Girardclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Berranger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Venault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre annuelle de la Société Française d'Etude des Mines et de la Métallurgie (SAFEMM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Champaubert, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -566,64 +566,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Undisturbed soil sample metallography as a tool to understand activities, organisation, dynamics and floor management practices in a blacksmith workshop</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Gebhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Gauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAA - Weaving Narratives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EAA, Aug 2023, Belfast, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -642,234 +642,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04283662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organisation of the mining exploitation on the Altenberg medieval sector (Sainte-Marie-aux-Mines; France: the mine &amp;quot;Sainte-Barbe&amp;quot;, an emblematic place</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Apport des analyses multivariées pour l’interprétation et la comparaison de scories de forge à l’échelle macroscopique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Berranger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stříbrná Jihlava - International Conference of the History of Old Mining and Metallurgy from Prehistoric to Modern Times</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Muzeum Vysočiny Jihlava, Sep 2022, Jihlava, Czech Republic</w:t>
+              <w:t xml:space="preserve">XXXIIIe colloque du GMPCA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, CHAMBERY, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04283633v1</w:t>
+                <w:t xml:space="preserve">hal-04008803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apport des analyses multivariées pour l’interprétation et la comparaison de scories de forge à l’échelle macroscopique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Organisation of the mining exploitation on the Altenberg medieval sector (Sainte-Marie-aux-Mines; France: the mine &amp;quot;Sainte-Barbe&amp;quot;, an emblematic place</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Gebhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Stock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXIIIe colloque du GMPCA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, CHAMBERY, France</w:t>
+              <w:t xml:space="preserve">Stříbrná Jihlava - International Conference of the History of Old Mining and Metallurgy from Prehistoric to Modern Times</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Muzeum Vysočiny Jihlava, Sep 2022, Jihlava, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04008803v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04283633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesizing old excavation records and new archaeo-metallurgical data through functional, spatial and temporal dimensions</w:t>
               </w:r>
@@ -1130,51 +1130,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Coubray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Girardclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Herbrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1475,51 +1475,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Berranger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Girardclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Herbrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2243,286 +2243,286 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les zones de production du fer en Bourgogne-Franche-Comté : une approche sur la longue durée par le radiocarbone</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marion Berranger</w:t>
+                <w:t xml:space="preserve">From ore to metal and from the 11 th to 18 th c.: the Sainte-Barbe mining site, a central working place on the Altenberg (Sainte-Marie-aux-Mines, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Leroy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hervé Laurent</w:t>
+                <w:t xml:space="preserve">Anne Gebhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Piétak</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Stock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gallia - Archéologie des Gaules</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Acta Rerum Naturalium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 28, pp.39-46</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04255696v1</w:t>
+                <w:t xml:space="preserve">hal-05132581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From ore to metal and from the 11 th to 18 th c.: the Sainte-Barbe mining site, a central working place on the Altenberg (Sainte-Marie-aux-Mines, France)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Gebhardt</w:t>
+                <w:t xml:space="preserve">Les zones de production du fer en Bourgogne-Franche-Comté : une approche sur la longue durée par le radiocarbone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Berranger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Bouvier</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Piétak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Rerum Naturalium</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Gallia - Archéologie des Gaules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 80 (2), pp.15-48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/gallia.6954⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05132581v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04255696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La métallurgie du fer dans l’agglomération antique d'Epomanduodurum (Mandeure-Mathay, 25)</w:t>
               </w:r>
@@ -2772,51 +2772,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042262v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Jeannot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04975586v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gauthier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lambart Ariane" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gebhardt" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fluck" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532640v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Leroy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Girardclos" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821925v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berranger" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Venault" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283662v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283633v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Stock" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bouvier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008803v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529445v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216875v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pansiot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Champeaux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Charbouillot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Christin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Demarest" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425112v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Aubert" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Coubray" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Herbrich" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874702v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549796v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fores" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502574v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535068v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535057v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubert Michel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Daval" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fluzin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grosbois Jean-Paul" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535065v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Buatier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Choulet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Disser" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534815v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bauvais" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisella Cabbo&#239;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Delque-Koli&#269;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535221v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534847v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barral" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brugnot Jonathan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255696v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Laurent" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Pi&#233;tak" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.6954" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05132581v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521039v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nouvel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532640v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Jeannot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Leroy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Girardclos" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042262v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04975586v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gauthier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lambart Ariane" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gebhardt" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fluck" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821925v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berranger" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Venault" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283662v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008803v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283633v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Stock" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bouvier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529445v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216875v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pansiot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Champeaux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Charbouillot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Christin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Demarest" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425112v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Aubert" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Coubray" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Herbrich" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874702v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549796v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fores" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502574v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535068v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535057v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubert Michel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Daval" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fluzin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grosbois Jean-Paul" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535065v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Buatier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Choulet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Disser" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534815v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bauvais" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisella Cabbo&#239;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Delque-Koli&#269;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535221v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534847v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barral" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brugnot Jonathan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05132581v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255696v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Laurent" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Pi&#233;tak" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.6954" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521039v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nouvel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>