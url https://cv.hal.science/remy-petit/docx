--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -347,2832 +347,2832 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05203541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des projets controversés pour leurs conséquences écologiques ? Analyse systématique, convivialité et processus démocratiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Bugeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Gauwin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Gerber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Grau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2024 Journée d'étude Controverses sur les savoirs, savoirs controversés en contexte de changement climatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Région Nouvelle Aquitaine; Institut Universitaire de France; Centre Émile Durkheim; Centre for Anglophone Studies; Futurs ACT; TESNA; Chaire TRENT; Université Toulouse Jean Jaurès; Université Bordeaux Montaigne, Dec 2024, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04870578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Développement rapide de marqueurs SNP pour l’aide à la gestion de la truite commune (Salmo trutta L.) dans le bassin de l’Adour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Urien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Chat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Manicki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Boury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Salin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">38. Réunion Annuelle du Groupe d'Etude de Biologie et Génétique des Populations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Paris Saclay, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01603236v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insect pollination in chestnut: an organized mess?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Chestnut reproductive biology and orchard design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Larue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy J. Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VII International Chestnut Symposium</w:t>
+              <w:t xml:space="preserve">7. International Chestnut Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Horticulturae</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.331 - 340, 2024, 9789462613997. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17660/actahortic.2024.1400.40⟩</w:t>
+              <w:t xml:space="preserve">, pp.295 - 304, 2024, 9789462613997. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17660/actahortic.2024.1400.35⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04731801v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04731807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chestnut reproductive biology and orchard design</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Insect pollination in chestnut: an organized mess?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Larue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy J. Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. International Chestnut Symposium</w:t>
+              <w:t xml:space="preserve">VII International Chestnut Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Horticulturae</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.295 - 304, 2024, 9789462613997. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17660/actahortic.2024.1400.35⟩</w:t>
+              <w:t xml:space="preserve">, pp.331 - 340, 2024, 9789462613997. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17660/actahortic.2024.1400.40⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04731807v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04731801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (20)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harmful self‐pollination drives gynodioecy in European chestnut, a self‐incompatible tree</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Larue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy J Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Botany</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 111, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/ajb2.16329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04595330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strong pollen limitation in genetically uniform hybrid chestnut orchards despite proximity to chestnut forests</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Adaptive function of duodichogamy: Why do chestnut trees have two pollen emission phases?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Pauly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Larue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy J Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Forest Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13595-023-01188-6⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 110 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ajb2.16204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04286789v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04214912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive function of duodichogamy: Why do chestnut trees have two pollen emission phases?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Sexual interference revealed by joint study of male and female pollination success in chestnut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Larue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rémy J Petit</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ajb2.16204⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 32 (5), pp.1211-1228. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mec.16820⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04214912v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04047838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sexual interference revealed by joint study of male and female pollination success in chestnut</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Strong pollen limitation in genetically uniform hybrid chestnut orchards despite proximity to chestnut forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Larue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Rémy Petit</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy J Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/mec.16820⟩</w:t>
+              <w:t xml:space="preserve">Annals of Forest Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 80 (1), pp.37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13595-023-01188-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04047838v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04286789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of the cascading translocations of larch (Larix decidua Mill.) on canker disease due to Lachnellula willkommii (R. Hartig) Dennis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefanie Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Baubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Ehrenmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Castagneyrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Forest Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 80 (1), pp.29. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s13595-023-01200-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04183932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asymmetric character displacement in mixed oak stands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fang K Du</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Min Qi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuan‐ye Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy J. Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Phytologist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, pp.1-13. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/nph.18311⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03745435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Confirmation that chestnuts are insect-pollinated</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy J. Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Larue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Botany Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, pp.1-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/23818107.2022.2088612⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03703519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting pollination mode in chestnut ( Castanea spp .): an integrated approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">An intensive study plot to investigate chestnut tree reproduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Larue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Rémy J. Petit</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Barreneche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy J Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Botany Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/23818107.2021.1872041⟩</w:t>
+              <w:t xml:space="preserve">Annals of Forest Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 78 (4), pp.90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13595-021-01104-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03148948v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03401914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sixty years from the first disease description, a novel badnavirus associated with chestnut mosaic disease</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Revisiting pollination mode in chestnut ( Castanea spp .): an integrated approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Larue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Austruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Basset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy J. Petit</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytopathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1094/PHYTO-09-20-0420-R⟩</w:t>
+              <w:t xml:space="preserve">Botany Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.1-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/23818107.2021.1872041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03036205v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03148948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An intensive study plot to investigate chestnut tree reproduction</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sixty years from the first disease description, a novel badnavirus associated with chestnut mosaic disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Marais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Murolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Brans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Larue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Forest Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13595-021-01104-w⟩</w:t>
+              <w:t xml:space="preserve">Phytopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 111 (6), pp.1051-1058. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/PHYTO-09-20-0420-R⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03401914v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03036205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetically depauperate but widespread: the case of an emblematic mediterranean pine</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multilevel Control of Organelle DNA Sequence Length in Plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Duminil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Grivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Ollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Jeandroz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Petit</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evolution - International Journal of Organic Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1558-5646.2007.00294.x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Molecular Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 66 (4), pp.405-415. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00239-008-9095-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01032062v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02017152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multilevel Control of Organelle DNA Sequence Length in Plants</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Genetically depauperate but widespread: the case of an emblematic mediterranean pine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni G. Vendramin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Fady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santiago C. Gonzalez-Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feng Sheng Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Scotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00239-008-9095-3⟩</w:t>
+              <w:t xml:space="preserve">Evolution - International Journal of Organic Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 62 (3), pp.680-688. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1558-5646.2007.00294.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02017152v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01032062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variation in wood volatile compounds in a mixed oak stand: strong species and spatial differentiation in whisky-lactone content</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
+                <w:t xml:space="preserve">L’histoire du hêtre au Quaternaire : un nouvel éclairage et des enseignements pour l'avenir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Musch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Valadon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Petit</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Puech</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Forest Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Rendez-vous Techniques de l'ONF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, hors-série 2, pp.22-28</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01194990v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02662931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’histoire du hêtre au Quaternaire : un nouvel éclairage et des enseignements pour l'avenir</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
+                <w:t xml:space="preserve">Variation in wood volatile compounds in a mixed oak stand: strong species and spatial differentiation in whisky-lactone content</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrei Prida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Ducousso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Nepveu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Puech</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rendez-vous Techniques de l'ONF</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annals of Forest Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 64 (3), pp.313-320. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/forest:2007008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02662931v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01194990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blind population genetics survey of tropical rainforest trees</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Duminil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henri Caron</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ivan Scotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saint-Omer Cazal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 15 (12), pp.3505-3513. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1365-294X.2006.03040.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01031226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méta-analyse des études de diversité chez les végétaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Duminil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Grivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Ollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Jeandroz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du BRG</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02018721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNA-based control of oak wood geographic origin in the context of the cooperage industry</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rémy Petit</w:t>
+                <w:t xml:space="preserve">Une application typique des outils de traçabilité : la filière merrain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Feuillat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Forest Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Rendez-vous Techniques de l'ONF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, hors-série 1, pp.71-79</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00883833v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02680663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une application typique des outils de traçabilité : la filière merrain</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">François Feuillat</w:t>
+                <w:t xml:space="preserve">Use of chloroplast microsatellites to differentiate oak populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-France Deguilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Pemonge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rendez-vous Techniques de l'ONF</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annals of Forest Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 61 (8), pp.825-830. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/forest:2004078⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02680663v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00883814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of chloroplast microsatellites to differentiate oak populations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+                <w:t xml:space="preserve">DNA-based control of oak wood geographic origin in the context of the cooperage industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-France Deguilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Pemonge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Forest Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, 61 (8), pp.825-830. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/forest:2004078⟩</w:t>
+              <w:t xml:space="preserve">, 2004, 61 (1), pp.97-104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/forest:2003089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00883814v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00883833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel perspectives in wood certification and forensics: dry wood as a source of DNA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.F. Deguilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. H. Pemonge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 269 (1495), pp.1039-104</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00457891v1</w:t>
-              </w:r>
-[...280 lines deleted...]
-                <w:t xml:space="preserve">hal-01603236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3190,77 +3190,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Botanique et biologie florale du châtaignier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Barreneche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Larue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy J. Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CTIFL. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La châtaigne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 978-2-87911-338-8</w:t>
@@ -3454,51 +3454,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diversité génétique et histoire des populations d'arbres forestiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy J. Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Génétique des populations [q-bio.PE]. Université de Paris-Sud Orsay, 1999</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3516,51 +3516,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diversité génétique et histoire des populations d'arbres forestiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Milieux et Changements globaux. Université Paris Sud - Paris 11, 1999</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3610,51 +3610,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ressources génétiques du pin maritime : apport des marqueurs enzymatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1988, 106p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3841,51 +3841,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05228696v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bod&#233;n&#232;s" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jean" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lepais" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Petit" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Pringarbe" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05203541v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc E. P&#226;ques" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dowkiw" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Ducousso" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fady" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731801v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Larue" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my J. Petit" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/actahortic.2024.1400.40" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731807v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/actahortic.2024.1400.35" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04595330v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Larue" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my J Petit" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajb2.16329" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04286789v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13595-023-01188-6" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04214912v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Pauly" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajb2.16204" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04047838v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Klein" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.16820" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04183932v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Robin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie Wagner" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Baubet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ehrenmann" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Castagneyrol" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13595-023-01200-z" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03745435v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fang K Du" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Qi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan&#8208;ye Zhang" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.18311" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03703519v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2022.2088612" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03148948v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Austruy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Basset" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2021.1872041" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03036205v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Marais" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Murolo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Faure" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Brans" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Larue" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-09-20-0420-R" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03401914v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Barreneche" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-021-01104-w" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01032062v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni G. Vendramin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago C. Gonzalez-Martinez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Sheng Hu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Scotti" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1558-5646.2007.00294.x" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02017152v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Duminil" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Grivet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ollier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Jeandroz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00239-008-9095-3" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-P02BT6Z2-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194990v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Prida" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Petit" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Nepveu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Puech" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2007008" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662931v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Musch" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Valadon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01031226v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Caron" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saint-Omer Cazal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2006.03040.x" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1GH7TB66-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02018721v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00883833v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Deguilloux" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Pemonge" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2003089" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680663v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Dumas" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Feuillat" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00883814v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2004078" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00457891v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Deguilloux" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. H. Pemonge" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870578v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Berger" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bugeau" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gauwin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gerber" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Grau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603236v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Urien" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Chat" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Manicki" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Boury" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Salin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728364v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00297705v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Bel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avner Bar-Hen" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Cheddadi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04725121v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02840756v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604928v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05228696v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bod&#233;n&#232;s" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jean" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lepais" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Petit" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Pringarbe" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05203541v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc E. P&#226;ques" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dowkiw" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Ducousso" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fady" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870578v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Berger" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bugeau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gauwin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gerber" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Grau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603236v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Urien" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Chat" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Manicki" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Boury" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Salin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731807v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Larue" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my J. Petit" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/actahortic.2024.1400.35" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731801v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/actahortic.2024.1400.40" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04595330v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Larue" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my J Petit" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajb2.16329" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04214912v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Pauly" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajb2.16204" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04047838v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Klein" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.16820" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04286789v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13595-023-01188-6" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04183932v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Robin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie Wagner" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Baubet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ehrenmann" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Castagneyrol" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13595-023-01200-z" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03745435v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fang K Du" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Qi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan&#8208;ye Zhang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.18311" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03703519v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2022.2088612" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03401914v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Barreneche" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-021-01104-w" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03148948v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Austruy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Basset" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2021.1872041" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03036205v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Marais" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Murolo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Faure" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Brans" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Larue" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-09-20-0420-R" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02017152v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Duminil" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Grivet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ollier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Jeandroz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00239-008-9095-3" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-P02BT6Z2-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01032062v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni G. Vendramin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago C. Gonzalez-Martinez" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Sheng Hu" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Scotti" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1558-5646.2007.00294.x" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662931v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Musch" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Valadon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Petit" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194990v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Prida" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Nepveu" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Puech" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2007008" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01031226v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Caron" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saint-Omer Cazal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2006.03040.x" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1GH7TB66-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02018721v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680663v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Dumas" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Feuillat" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00883814v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Deguilloux" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Pemonge" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2004078" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00883833v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2003089" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00457891v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Deguilloux" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. H. Pemonge" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728364v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00297705v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Bel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avner Bar-Hen" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Cheddadi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04725121v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02840756v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604928v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>