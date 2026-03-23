--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -600,209 +600,209 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04566194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Est-ce qu’il y aura encore du marketing dans un monde à + 3° ?</w:t>
+                <w:t xml:space="preserve">Le marketing doit-il penser sa propre disparition?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Rémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carnets de la Consommation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48748/Y5HK-KW97⟩</w:t>
+                <w:t xml:space="preserve">⟨10.48748/D3R8-KF96⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05240685v1</w:t>
+                <w:t xml:space="preserve">hal-05240692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le marketing doit-il penser sa propre disparition?</w:t>
+                <w:t xml:space="preserve">Est-ce qu’il y aura encore du marketing dans un monde à + 3° ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Rémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carnets de la Consommation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48748/D3R8-KF96⟩</w:t>
+                <w:t xml:space="preserve">⟨10.48748/Y5HK-KW97⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05240692v1</w:t>
+                <w:t xml:space="preserve">hal-05240685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the (un)changing nature of cultural intermediaries in digitalised markets: insights from independent music</w:t>
               </w:r>
@@ -1171,282 +1171,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02109433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’impact de la globalisation sur les systèmes de don : le cas de la migration sénégalaise</w:t>
+                <w:t xml:space="preserve">Le marché entre violence symbolique et émancipation. Le cas des Hardcore gameuses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Rémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">César Ndione</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Tiercelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01867762v1</w:t>
+                <w:t xml:space="preserve">hal-01867776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joindre l’image à la parole pour comprendre le sens culturel des pratiques : ce que révèle la photo-élicitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Rémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis César Ndione</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 33 (3), pp.65-89. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/0767370118773301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01867800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le marché entre violence symbolique et émancipation. Le cas des Hardcore gameuses</w:t>
+                <w:t xml:space="preserve">L’impact de la globalisation sur les systèmes de don : le cas de la migration sénégalaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Rémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Tiercelin</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">César Ndione</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01867776v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01867762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’impact de la globalisation sur les systèmes de don : le cas de la migration sénégalaise</w:t>
               </w:r>
@@ -2456,235 +2456,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02055392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La consommation illégale de musique numérique: y résister ou se l'approprier ?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Renaud Garcia-Bardidia</w:t>
+                <w:t xml:space="preserve">Légitimité et authenticité des affiliations ethniques : le cas du régionalisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Sitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Rémy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Décisions Marketing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7193/DM.068.89.94⟩</w:t>
+              <w:t xml:space="preserve">Recherche et Application en Marketing (RAM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 27 (1), 59-77 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/076737011202700103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02974377v1</w:t>
+                <w:t xml:space="preserve">hal-02312723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Légitimité et authenticité des affiliations ethniques : le cas du régionalisme</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Eric Rémy</w:t>
+                <w:t xml:space="preserve">La consommation illégale de musique numérique: y résister ou se l'approprier ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Remy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Nau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Garcia-Bardidia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherche et Application en Marketing (RAM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 27 (1), 59-77 p. </w:t>
+              <w:t xml:space="preserve">Décisions Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 68, pp.89-94. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/076737011202700103⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7193/DM.068.89.94⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02312723v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02974377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethnicité réflexive : légitimité et authenticité des affiliations ethniques régionales : le cas du régionalisme</w:t>
               </w:r>
@@ -2719,51 +2719,51 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Rémy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 27 (1), pp.59-77. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/076737011202700103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01867815v1</w:t>
@@ -2787,51 +2787,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consumer resistance and anti-consumption - Insights from the deviant careers of French illegal downloaders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Garcia-Bardidia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Nau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Rémy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4945,51 +4945,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Cléret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Ndione</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Tiercelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5476,51 +5476,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Que faire des traces de la musimorphose ? : quelques réflexions sur une micro-archéologie des pratiques de consommation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Garcia-Bardidia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Nau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Rémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5842,51 +5842,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le téléchargement et les jeunes : entre digital natives et héritiers ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Garcia-Bardidia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Nau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Remy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5931,239 +5931,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01697024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IX. Boltanski et Thévenot et la pensée de l’acteur critique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Robert-Demontrond</w:t>
+                <w:t xml:space="preserve">La sociologie de Pierre Bourdieu : La consommation par les pratiques sociales et la domination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Garcia-Bardidia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caterina Trizzulla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Remy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Eric Rémy; Philippe Robert-Demontrond. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regards croisés sur la consommation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/ems.remye.2015.01.0209⟩</w:t>
+              <w:t xml:space="preserve">Regards croisés sur la consommation. Tome 2 - Des structures au retour de l'acteur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EMS Editions, pp.79-124, 2015, 978-2-84769-838-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ems.remye.2015.01.0079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02473172v1</w:t>
+                <w:t xml:space="preserve">hal-01697008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La sociologie de Pierre Bourdieu : La consommation par les pratiques sociales et la domination</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Caterina Trizzulla</w:t>
+                <w:t xml:space="preserve">IX. Boltanski et Thévenot et la pensée de l’acteur critique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bouillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Robert-Demontrond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Remy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regards croisés sur la consommation. Tome 2 - Des structures au retour de l'acteur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EMS Editions, pp.79-124, 2015, 978-2-84769-838-1. </w:t>
+              <w:t xml:space="preserve">Regards croisés sur la consommation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EMS Editions, pp.209-238, 2015, </w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/ems.remye.2015.01.0079⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/ems.remye.2015.01.0209⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01697008v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02473172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction Tome 2</w:t>
               </w:r>
@@ -6378,78 +6378,78 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robert-Demontrond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Regards croisés sur la consommation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, EMS Editions, pp.129, 2014, </w:t>
+              <w:t xml:space="preserve">, EMS Editions, pp.21, 2014, </w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/ems.remye.2014.01.0129⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/ems.remye.2014.01.0021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02473156v1</w:t>
+                <w:t xml:space="preserve">hal-02473147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présentation</w:t>
               </w:r>
@@ -6469,78 +6469,78 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robert-Demontrond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Regards croisés sur la consommation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, EMS Editions, pp.21, 2014, </w:t>
+              <w:t xml:space="preserve">, EMS Editions, pp.129, 2014, </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/ems.remye.2014.01.0021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/ems.remye.2014.01.0129⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02473147v1</w:t>
+                <w:t xml:space="preserve">hal-02473156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
@@ -6712,51 +6712,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Être malin contre le marché ? Le cas du téléchargement illégal d’œuvres culturelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Garcia-Bardidia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Nau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Remy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7306,51 +7306,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05456266v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Antolin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Arnaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Messager" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric R&#233;my" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Verdier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54695/ror.204.0064" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04712661v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lapeyre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Maumon  de Longevialle" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Jolivet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/rfg.2024.40" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967719v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Collet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Cl&#233;ret" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37725/mgmt.2023.6050" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566194v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric R&#233;my" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Roux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Arnould" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#248;ren Askegaard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Beudaert" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07673701231220996" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240685v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48748/Y5HK-KW97" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240692v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48748/D3R8-KF96" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824223v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0267257X.2022.2118814" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02180727v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis C&#233;sar Ndione" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2051570719849553" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02566543v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Tiercelin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370118795565" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02109433v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Decrop" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Remy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annals.2018.02.004" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LCBXQHML-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01867762v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Ndione" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01867800v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370118773301" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01867776v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02109042v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370118802147" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588564v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370116686738" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02180691v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tierno Bah" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2051570717738695" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056025v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierno Bah" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313217v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dion" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Sitz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371707v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Trizzulla" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Garcia-Bardidia" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370115612050" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01867806v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ladwein" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415043v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cova" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.044.0187" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519903v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gauthier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cova" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Caill&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chanial" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.044.0005" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581986v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055392v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02974377v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Nau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.068.89.94" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312723v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/076737011202700103" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01867815v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02974385v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03090561111167423" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/4W2-RHMTN7XN-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312588v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10253866.2011.574834" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02180724v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dion" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sitz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908581v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.060.55.65" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312458v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dm.058.0015" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02914806v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.046.37.49" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02915166v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Ochs" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.042.75.81" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02919448v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.033.07.17" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047605v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Maumon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047627v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977428v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henda Gmada" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sondes Zouaghi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351231v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977434v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047514v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006149v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina B&#233;ji-B&#233;cheur" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Robert Demontrond" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568279v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung M. Nguyen" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Adam-Ledunois" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02161682v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01375766v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02161684v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02161683v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01655834v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lef&#232;vre" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Leroy" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odette Louiset" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02162016v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01655906v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02075679v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Ezan" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01885013v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cohen" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Monjaret" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sirost" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581998v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473312v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Robert-Demontrond" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022289v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01867821v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344871v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gentric" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581975v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.deboecksuperieur.com/ouvrage/9782807307674-la-consommation-collaborative" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01697024v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.steng.2015.01.0095" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473172v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bouill&#233;" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.remye.2015.01.0209" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01697008v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.remye.2015.01.0079" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473175v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.remye.2015.01.0013" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473142v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Roland" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.remye.2014.01.0023" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473156v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.remye.2014.01.0129" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473147v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.remye.2014.01.0021" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473138v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.remye.2014.01.0013" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344900v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01693287v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02049823v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022339v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189952v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bonnemaizon" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chateau Terrisse" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05456266v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Antolin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Arnaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Messager" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric R&#233;my" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Verdier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54695/ror.204.0064" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04712661v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lapeyre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Maumon  de Longevialle" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Jolivet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/rfg.2024.40" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967719v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Collet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Cl&#233;ret" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37725/mgmt.2023.6050" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566194v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric R&#233;my" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Roux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Arnould" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#248;ren Askegaard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Beudaert" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07673701231220996" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240692v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48748/D3R8-KF96" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240685v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48748/Y5HK-KW97" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824223v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0267257X.2022.2118814" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02180727v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis C&#233;sar Ndione" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2051570719849553" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02566543v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Tiercelin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370118795565" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02109433v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Decrop" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Remy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annals.2018.02.004" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LCBXQHML-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01867776v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01867800v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370118773301" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01867762v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Ndione" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02109042v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370118802147" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588564v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370116686738" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02180691v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tierno Bah" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2051570717738695" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056025v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierno Bah" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313217v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dion" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Sitz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371707v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Trizzulla" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Garcia-Bardidia" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370115612050" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01867806v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ladwein" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415043v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cova" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.044.0187" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519903v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gauthier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cova" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Caill&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chanial" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.044.0005" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581986v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055392v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312723v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/076737011202700103" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02974377v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Nau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.068.89.94" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01867815v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02974385v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03090561111167423" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/4W2-RHMTN7XN-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312588v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10253866.2011.574834" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02180724v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dion" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sitz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908581v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.060.55.65" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312458v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dm.058.0015" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02914806v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.046.37.49" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02915166v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Ochs" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.042.75.81" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02919448v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.033.07.17" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047605v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Maumon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047627v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977428v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henda Gmada" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sondes Zouaghi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351231v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977434v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047514v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006149v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina B&#233;ji-B&#233;cheur" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Robert Demontrond" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568279v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung M. Nguyen" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Adam-Ledunois" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02161682v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01375766v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02161684v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02161683v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01655834v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lef&#232;vre" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Leroy" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odette Louiset" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02162016v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01655906v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02075679v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Ezan" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01885013v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cohen" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Monjaret" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sirost" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581998v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473312v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Robert-Demontrond" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022289v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01867821v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344871v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gentric" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581975v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.deboecksuperieur.com/ouvrage/9782807307674-la-consommation-collaborative" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01697024v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.steng.2015.01.0095" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01697008v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.remye.2015.01.0079" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473172v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bouill&#233;" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.remye.2015.01.0209" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473175v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.remye.2015.01.0013" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473142v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Roland" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.remye.2014.01.0023" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473147v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.remye.2014.01.0021" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473156v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.remye.2014.01.0129" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473138v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.remye.2014.01.0013" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344900v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01693287v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02049823v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022339v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189952v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bonnemaizon" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chateau Terrisse" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>