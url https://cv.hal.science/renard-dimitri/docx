--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -100,1046 +100,1046 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel Supervisor-Based Architecture for Logic Controller Design</w:t>
+                <w:t xml:space="preserve">Introduction to Traceability and IoT with HOME I/O and MIT App Inventor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Arthur Gambo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bryan Pettinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Dimitri Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Annebicque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Emprin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MIM 2025 - 11th IFAC Conference on Manufacturing Modelling, Management and Control</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Trondheim, Norway</w:t>
+              <w:t xml:space="preserve">IFAC ACE 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05189381v1</w:t>
+                <w:t xml:space="preserve">hal-05172697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collaborative-Iterative Digital Twin Benchmarking</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">From Algebraic Synthesis and GRAFCET to Logical Controller Design in ST Code (IEC 61131-3)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Roisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Annebicque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Riera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Yvars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque S.Mart 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GIS S.Mart RAO, May 2025, Vogüé (Ardèche - France), France</w:t>
+              <w:t xml:space="preserve">22nd international conference on information in control, automation and robotics (ICINCO 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Marbella, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05244908v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05361727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filtre logique et Théorie du Contrôle Supervisé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Annebicque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramla Saddem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Riera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modélisation des Systèmes Réactifs (MSR'25)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CReSTIC, LICIIS, Nov 2025, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05491587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Initiation à la traçabilité et à l'IoT avec HOME I/O et MIT App Inventor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Gambo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bryan Pettinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Annebicque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Emprin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CETSIS 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Perpignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05172738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collaborative-Iterative Digital Twin Benchmarking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dylan Baptiste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">D Annebicque</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramla Saddem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Annebicque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Riera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19ème colloque national "Recherche et enseignement agiles pour une industrie soutenable"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Vogüé, France</w:t>
+              <w:t xml:space="preserve">Colloque S.Mart 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GIS S.Mart RAO, May 2025, Vogüé (Ardèche - France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05230179v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05244908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la modélisation par intension du problème de commande logique à la génération de code ST (IEC 61131-3)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Novel Supervisor-Based Architecture for Logic Controller Design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Annebicque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramla Saddem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Riera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modélisation des système réactifs (MSR'25)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2025, Reims, France</w:t>
+              <w:t xml:space="preserve">MIM 2025 - 11th IFAC Conference on Manufacturing Modelling, Management and Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Trondheim, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05382928v1</w:t>
+                <w:t xml:space="preserve">hal-05189381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction to Traceability and IoT with HOME I/O and MIT App Inventor</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Collaborative-Iterative Digital Twin Benchmarking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dylan Baptiste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Saddem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Annebicque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Riera</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFAC ACE 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Budapest, Hungary</w:t>
+              <w:t xml:space="preserve">19ème colloque national "Recherche et enseignement agiles pour une industrie soutenable"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Vogüé, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05172697v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05230179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Algebraic Synthesis and GRAFCET to Logical Controller Design in ST Code (IEC 61131-3)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">De la modélisation par intension du problème de commande logique à la génération de code ST (IEC 61131-3)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Roisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Annebicque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Yvars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Riera</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Alain Yvars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd international conference on information in control, automation and robotics (ICINCO 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Marbella, Spain</w:t>
+              <w:t xml:space="preserve">Modélisation des système réactifs (MSR'25)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05361727v1</w:t>
+                <w:t xml:space="preserve">hal-05382928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apprentissage par renforcement pour la synthèse de contrôleur logique et implémentation en langage ST</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramla Saddem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Annebicque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Riera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème Congrès Annuel de la SAGIP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Villeurbanne (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1164,103 +1164,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Reinforcement Learning to Reality: Generating Structured Text Logic Controller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramla Saddem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Annebicque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Roisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Riera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2024 10th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Vallette, France. pp.1269-1274, </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1294,90 +1294,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Painting of the digital twin to better understand and implement it in manufacturing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramla Saddem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Annebicque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Riera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 3rd Digital Twin International Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LURPA (Automated Production Research Laboratory), Paris-Saclay University, Oct 2023, Gif-sur-Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1402,90 +1402,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Jumeau Numérique dans le monde manufacturier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramla Saddem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Annebicque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Riera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès annuel de la SAGIP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1510,90 +1510,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un générateur Web de canevas CODESYS et SCHNEIDER Electric depuis un fichier FACTORY I/O pour l'aide à l'hybridation des TP d'Automates Programmables Industriels (API)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Riera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Riera</w:t>
+                <w:t xml:space="preserve">David Annebicque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bryan Pettinelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6èmes journées des Démonstrateurs en Automatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1784,90 +1784,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Sensors to Digital Twins toward an Iterative Approach for Existing Manufacturing Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramla Saddem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Annebicque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Riera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 24 (5), pp.1434. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1933,103 +1933,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unified data collect for Digital Twin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Le Mortellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramla Saddem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Annebicque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Riera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International forum on Digital Twins Design &amp; Operation (DTD&amp;O)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2023, Paris, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2054,103 +2054,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benchmark d'un système automatisé de production de type SED</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dylan Baptiste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramla Saddem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Annebicque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Riera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modélisation des Systèmes Réactifs (MSR'23)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2344,51 +2344,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05189381v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Renard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Annebicque" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramla Saddem" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Riera" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244908v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Baptiste" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491587v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172738v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Gambo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Pettinelli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Emprin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230179v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Saddem" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Annebicque" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382928v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Roisin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Yvars" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172697v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361727v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609484v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745723v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT62066.2024.10708353" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431349v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177887v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432415v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961582v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Riera" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maze" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Debernard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Philippot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Galaup" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.09.266" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585537v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24051434" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431896v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Le Mortellec" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431441v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172697v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Gambo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Pettinelli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Renard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Annebicque" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Emprin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361727v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Roisin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Riera" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Yvars" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491587v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramla Saddem" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172738v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244908v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Baptiste" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05189381v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230179v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Saddem" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Annebicque" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382928v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609484v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745723v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT62066.2024.10708353" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431349v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177887v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432415v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961582v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Riera" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maze" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Debernard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Philippot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Galaup" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.09.266" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585537v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24051434" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431896v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Le Mortellec" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431441v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>