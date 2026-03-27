--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -303,295 +303,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04819321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Climate teleconnections modulate global burned area</w:t>
+                <w:t xml:space="preserve">Global Warming Reshapes European Pyroregions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrián Cardil</w:t>
+                <w:t xml:space="preserve">Luiz Felipe Galizia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcos Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Ruffault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mario Tapia</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Joaquin Ramírez</w:t>
+                <w:t xml:space="preserve">Francois Pimont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-36052-8⟩</w:t>
+              <w:t xml:space="preserve">Earth's Future</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11, pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2022ef003182⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04210174v1</w:t>
+                <w:t xml:space="preserve">hal-04208702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global Warming Reshapes European Pyroregions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Climate teleconnections modulate global burned area</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrián Cardil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luiz Felipe Galizia</w:t>
+                <w:t xml:space="preserve">Mario Tapia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francois Pimont</w:t>
+                <w:t xml:space="preserve">Joaquin Ramírez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth's Future</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 11, pp.1-14. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.427. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2022ef003182⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-36052-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04208702v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04210174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Future expansion, seasonal lengthening and intensification of fire activity under climate change in southeastern France</w:t>
               </w:r>
@@ -711,51 +711,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding fire regimes in Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Felipe Galizia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Curt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -822,1312 +822,1312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03838759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding future changes to fires in southern Europe and their impacts on the wildland-urban interface</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Ganteaume</w:t>
+                <w:t xml:space="preserve">Prediction of regional wildfire activity in the probabilistic Bayesian framework of Firelihood</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Pimont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Fargeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Opitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Ruffault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Safety Science and Resilience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jnlssr.2021.01.001⟩</w:t>
+              <w:t xml:space="preserve">Ecological Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 31 (5), 83 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/eap.2316⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04210192v1</w:t>
+                <w:t xml:space="preserve">hal-03395958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthropogenic intensification of short-duration rainfall extremes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Understanding future changes to fires in southern Europe and their impacts on the wildland-urban interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ganteaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Barbero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Jappiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maillé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Reviews Earth &amp; Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s43017-020-00128-6⟩</w:t>
+              <w:t xml:space="preserve">Journal of Safety Science and Resilience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2 (1), pp.20-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnlssr.2021.01.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03838107v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04210192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the accuracy of remotely sensed fire datasets across the southwestern Mediterranean Basin</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anthropogenic intensification of short-duration rainfall extremes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hayley J Fowler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geert Lenderink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas F Prein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seth Westra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard P Allan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 21 (1), pp.73-86. </w:t>
+              <w:t xml:space="preserve">Nature Reviews Earth &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2 (2), pp.1-45. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/nhess-21-73-2021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s43017-020-00128-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03322175v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03838107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scaling and responses of extreme hourly precipitation in three climate experiments with a convection-permitting model</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Storm types in India: linking rainfall duration, spatial extent and intensity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hylke de Vries</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hayley J Fowler</w:t>
+                <w:t xml:space="preserve">Vincent Moron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bert van Ulft</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hayley Fowler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vimal Mishra</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Philosophical Transactions of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 379 (2195), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rsta.2019.0544⟩</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsta.2020.0137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03319658v1</w:t>
+                <w:t xml:space="preserve">hal-03325654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Storm types in India: linking rainfall duration, spatial extent and intensity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Moron</w:t>
+                <w:t xml:space="preserve">Assessing the accuracy of remotely sensed fire datasets across the southwestern Mediterranean Basin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Felipe Galizia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Curt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Vimal Mishra</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rsta.2020.0137⟩</w:t>
+              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (1), pp.73-86. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/nhess-21-73-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03325654v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03322175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards advancing scientific knowledge of climate change impacts on short-duration rainfall extremes</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nikolina Ban</w:t>
+                <w:t xml:space="preserve">Scaling and responses of extreme hourly precipitation in three climate experiments with a convection-permitting model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geert Lenderink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hylke de Vries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hayley J Fowler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Barbero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bert van Ulft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Philosophical Transactions of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 379 (2195), pp.20190542. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rsta.2019.0542⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 379 (2195), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsta.2019.0544⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03319402v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03319658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction of regional wildfire activity in the probabilistic Bayesian framework of Firelihood</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Julien Ruffault</w:t>
+                <w:t xml:space="preserve">Towards advancing scientific knowledge of climate change impacts on short-duration rainfall extremes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hayley Fowler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haider Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Allan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolina Ban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 31 (5), 83 p. </w:t>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 379 (2195), pp.20190542. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/eap.2316⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1098/rsta.2019.0542⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03395958v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03319402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attributing Increases in Fire Weather to Anthropogenic Climate Change Over France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Global distribution of the intensity and frequency of hourly precipitation and their responses to ENSO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiao-Feng Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen Blenkinsop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jingjing Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth Lewis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/feart.2020.00104⟩</w:t>
+              <w:t xml:space="preserve">Climate Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 54 (11-12), pp.4823-4839. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00382-020-05258-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03172850v1</w:t>
+                <w:t xml:space="preserve">hal-03619670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projections of fire danger under climate change over France: where do the greatest uncertainties lie?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Fargeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Pimont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Martin-StPaul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. de Caceres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Ruffault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Climatic Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 160 (3), pp.479-493. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10584-019-02629-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03169417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global distribution of the intensity and frequency of hourly precipitation and their responses to ENSO</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Attributing Increases in Fire Weather to Anthropogenic Climate Change Over France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elizabeth Lewis</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">John T Abatzoglou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Pimont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Ruffault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Curt</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Climate Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 54 (11-12), pp.4823-4839. </w:t>
+              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (2), pp.233-244. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00382-020-05258-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/feart.2020.00104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03619670v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03172850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of atmospheric circulation on the rainfall-temperature relationship in Australia</w:t>
               </w:r>
@@ -2165,51 +2165,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conrad Wasko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Moron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Research Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, pp.1-12. </w:t>
@@ -2273,51 +2273,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ruffault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Curt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Moron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ricardo M. Trigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2381,1397 +2381,1397 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrasting large fire activity in the French Mediterranean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ganteaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Barbero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 19 (5), pp.1055-1066. </w:t>
+              <w:t xml:space="preserve">, 2019, 19, pp.1055-1066. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/nhess-19-1055-2019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04213295v1</w:t>
+                <w:t xml:space="preserve">hal-02609504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weather Types and Hourly to Multiday Rainfall Characteristics in Tropical Australia</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simulating the effects of weather and climate on large wildfires in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.P. Evans</w:t>
+                <w:t xml:space="preserve">T. Curt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ganteaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Westra</w:t>
+                <w:t xml:space="preserve">E. Maille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H.J. Fowler</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">M. Jappiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Climate</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, pp.1-30. </w:t>
+              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 19, pp.441-454. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1175/JCLI-D-18-0384.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/nhess-19-441-2019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02609505v1</w:t>
+                <w:t xml:space="preserve">hal-02608982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A synthesis of hourly and daily precipitation extremes in different climatic regions</w:t>
+                <w:t xml:space="preserve">Contrasting large fire activity in the French Mediterranean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ganteaume</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Weather and Climate Extremes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.wace.2019.100219⟩</w:t>
+              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 19 (5), pp.1055-1066. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/nhess-19-1055-2019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02464970v1</w:t>
+                <w:t xml:space="preserve">hal-04213284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulating the effects of weather and climate on large wildfires in France</w:t>
+                <w:t xml:space="preserve">A synthesis of hourly and daily precipitation extremes in different climatic regions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Marielle Jappiot</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hayley Fowler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen Blenkinsop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seth Westra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Moron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/nhess-19-441-2019⟩</w:t>
+              <w:t xml:space="preserve">Weather and Climate Extremes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 26, pp.1-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.wace.2019.100219⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04213297v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02464970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GSDR: A Global Sub-Daily Rainfall Dataset</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">F. Mcclean</w:t>
+                <w:t xml:space="preserve">Simulating the effects of weather and climate on large wildfires in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Barbero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Curt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ganteaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Jappiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Climate</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1175/JCLI-D-18-0143.1⟩</w:t>
+              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 19 (2), pp.441-454. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/nhess-19-441-2019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02609506v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04213297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrasting large fire activity in the French Mediterranean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ganteaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Barbero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 19, pp.1055-1066. </w:t>
+              <w:t xml:space="preserve">, 2019, 19 (5), pp.1055-1066. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/nhess-19-1055-2019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02609504v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04213295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulating the effects of weather and climate on large wildfires in France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Weather Types and Hourly to Multiday Rainfall Characteristics in Tropical Australia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Moron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Evans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Westra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.J. Fowler</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/nhess-19-441-2019⟩</w:t>
+              <w:t xml:space="preserve">Journal of Climate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.1-30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1175/JCLI-D-18-0384.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02608982v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02609505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrasting large fire activity in the French Mediterranean</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">GSDR: A Global Sub-Daily Rainfall Dataset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Lewis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Fowler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Alexander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Dunn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Mcclean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/nhess-19-1055-2019⟩</w:t>
+              <w:t xml:space="preserve">Journal of Climate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.4715-4729. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1175/JCLI-D-18-0143.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04213284v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02609506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of continental-scale intensification of hourly rainfall extremes</w:t>
+                <w:t xml:space="preserve">Reply to comments on &amp;quot;Temperature-extreme precipitation scaling: a two-way causality?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S.B. Guerreiro</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+                <w:t xml:space="preserve">G. Lenderink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Barbero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Westra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.J. Fowler</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Climate Change</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41558-018-0245-3⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Climatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/joc.5370⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02607902v1</w:t>
+                <w:t xml:space="preserve">hal-02607903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of large‐scale midlatitude disturbances to hourly precipitation extremes in the United States</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Detection of continental-scale intensification of hourly rainfall extremes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.B. Guerreiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.J. Fowler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Westra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lenderink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Climate Dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00382-018-4123-5⟩</w:t>
+              <w:t xml:space="preserve">Nature Climate Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.803-808. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41558-018-0245-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02607900v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02607902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reply to comments on &amp;quot;Temperature-extreme precipitation scaling: a two-way causality?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Contribution of large‐scale midlatitude disturbances to hourly precipitation extremes in the United States</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.T. Abatzoglou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.J. Fowler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Climatology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, pp.3. </w:t>
+              <w:t xml:space="preserve">Climate Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/joc.5370⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00382-018-4123-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02607903v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02607900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le projet INTENSE : utiliser les observations et les modèles pour comprendre le passé, le présent et l'avenir des extrêmes de précipitations infraquotidiennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Blenkinsop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.J. Fowler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.C. Chan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.B. Guerreiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Science and Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 15, pp.117-126. </w:t>
@@ -3809,51 +3809,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global Emergence of Anthropogenic Climate Change in Fire Weather Indices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.T. Abatzoglou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.A. Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3913,51 +3913,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Super-Clausius–Clapeyron Scaling of Extreme Hourly Convective Precipitation and Its Relation to Large-Scale Atmospheric Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Lenderink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4056,51 +4056,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H J Fowler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Lenderink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Blenkinsop</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4160,77 +4160,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temperature-extreme precipitation scaling: a two-way causality?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Westra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Lenderink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.J. Fowler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017, pp.6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4261,51 +4261,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of Statistical Downscaling of North American Multimodel Ensemble Forecasts over the Western United States</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John T Abatzoglou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katherine C Hegewisch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4352,51 +4352,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subseasonal-to-interannual variability of rainfall over New Caledonia (SW Pacific)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Moron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4720,51 +4720,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction of September–December Fire in New Caledonia (Southwestern Pacific) Using July Niño-4 Sea Surface Temperature Index</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Moron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4848,418 +4848,568 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01855547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationships between MODIS and ATSR fires and atmospheric variability in New Caledonia (SW Pacific)</w:t>
+                <w:t xml:space="preserve">Seasonal to decadal modulation of the impact of El Niño-Southern Oscillation on New Caledonia (SW Pacific) rainfall (1950-2010)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Moron</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christelle Hély</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 116 (D21), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2011JD015915⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 116 (D23), pp.n/a-n/a. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2011JD016577⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02895278v1</w:t>
+                <w:t xml:space="preserve">hal-02895356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonal to decadal modulation of the impact of El Niño-Southern Oscillation on New Caledonia (SW Pacific) rainfall (1950-2010)</w:t>
+                <w:t xml:space="preserve">Relationships between MODIS and ATSR fires and atmospheric variability in New Caledonia (SW Pacific)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Moron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgan Mangeas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Despinoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Hély</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 116 (D23), pp.n/a-n/a. </w:t>
+              <w:t xml:space="preserve">, 2011, 116 (D21), </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2011JD016577⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2011JD015915⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02895356v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02895278v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How much does VPD drive tree water stress and forest disturbances?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Martin-StPaul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Ruffault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joannes Guillemot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Barbero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Cochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04144911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projections des effets du changement climatique sur l’activité des feux de forêt au 21ème siècle : Rapport final</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pimont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ruffault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Rigolot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Opitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04149936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projections des effets du changement climatique sur l’activité des feux de forêts en zone méditerranéenne française au 21ème siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pimont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5281,237 +5431,87 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Opitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Rigolot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. 2022, 49 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04196101v1</w:t>
-              </w:r>
-[...148 lines deleted...]
-                <w:t xml:space="preserve">hal-04144911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5712,77 +5712,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feux de végétation : comprendre leur diversité et leur évolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Curt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Hély</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Mouillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6028,51 +6028,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="31F8497C"/>
+    <w:nsid w:val="A9369B3C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6259,51 +6259,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/renaud-barbero" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8610-0018" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04819321v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Castel-Clavera" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pimont" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Opitz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ruffault" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Barbero" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2024.110315" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04210174v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n Cardil" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Rodrigues" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Tapia" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Ram&#237;rez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-36052-8" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04208702v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Felipe Galizia" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Pimont" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022ef003182" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04047648v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fargeon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/WF22103" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03838759v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Curt" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/WF21081" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04210192v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ganteaume" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Jappiot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maill&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnlssr.2021.01.001" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03838107v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayley J Fowler" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geert Lenderink" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas F Prein" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seth Westra" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard P Allan" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43017-020-00128-6" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03322175v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-21-73-2021" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03319658v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hylke de Vries" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert van Ulft" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2019.0544" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03325654v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Moron" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayley Fowler" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vimal Mishra" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2020.0137" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03319402v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haider Ali" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Allan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolina Ban" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2019.0542" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03395958v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eap.2316" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03172850v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John T Abatzoglou" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2020.00104" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03169417v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fargeon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pimont" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin-StPaul" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Caceres" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ruffault" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10584-019-02629-w" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03619670v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Feng Li" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Blenkinsop" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingjing Yu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Lewis" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-020-05258-7" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962639v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhavik Magan" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seokhyeon Kim" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conrad Wasko" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/abab35" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02937698v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo M. Trigo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Mouillot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-70069-z" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213295v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-19-1055-2019" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609505v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barbero" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Evans" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Westra" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.J. Fowler" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JCLI-D-18-0384.1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464970v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wace.2019.100219" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213297v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-19-441-2019" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609506v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lewis" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fowler" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Alexander" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dunn" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mcclean" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JCLI-D-18-0143.1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609504v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608982v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Curt" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Maille" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jappiot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213284v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607902v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.B. Guerreiro" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lenderink" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41558-018-0245-3" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607900v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.T. Abatzoglou" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-018-4123-5" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607903v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/joc.5370" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607901v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blenkinsop" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.C. Chan" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/asr-15-117-2018" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608385v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Williams" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GL080959" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04210220v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J M Loriaux" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H J Fowler" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JCLI-D-16-0808.1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04210225v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016GL071917" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607899v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04210229v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine C Hegewisch" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/WAF-D-16-0117.1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758963v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew W. Robertson" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-015-2712-0" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04210241v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J T Abatzoglou" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N K Larkin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C A Kolden" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Stocks" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/WF15083" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04210244v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John T. Abatzoglou" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crystal A. Kolden" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine C. Hegewisch" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narasimhan K. Larkin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/joc.4090" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855547v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Mangeas" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Borgniet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JAMC-D-12-03.1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895278v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Despinoy" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle H&#233;ly" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011JD015915" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895356v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011JD016577" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04149936v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dupuy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rigolot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04196101v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04144911v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joannes Guillemot" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Cochard" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04196161v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14195/978-989-26-2298-9_181" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04196075v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1741/9782759235063/feux-de-vegetation" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3506-3" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00715528v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/renaud-barbero" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8610-0018" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04819321v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Castel-Clavera" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pimont" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Opitz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ruffault" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Barbero" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2024.110315" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04208702v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Felipe Galizia" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Rodrigues" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Pimont" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022ef003182" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04210174v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n Cardil" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Tapia" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Ram&#237;rez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-36052-8" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04047648v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fargeon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/WF22103" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03838759v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Curt" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/WF21081" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03395958v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eap.2316" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04210192v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ganteaume" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Jappiot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maill&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnlssr.2021.01.001" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03838107v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayley J Fowler" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geert Lenderink" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas F Prein" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seth Westra" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard P Allan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43017-020-00128-6" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03325654v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Moron" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayley Fowler" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vimal Mishra" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2020.0137" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03322175v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-21-73-2021" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03319658v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hylke de Vries" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert van Ulft" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2019.0544" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03319402v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haider Ali" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Allan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolina Ban" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2019.0542" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03619670v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Feng Li" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Blenkinsop" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingjing Yu" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Lewis" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-020-05258-7" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03169417v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fargeon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pimont" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin-StPaul" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Caceres" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ruffault" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10584-019-02629-w" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03172850v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John T Abatzoglou" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2020.00104" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962639v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhavik Magan" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seokhyeon Kim" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conrad Wasko" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/abab35" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02937698v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo M. Trigo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Mouillot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-70069-z" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609504v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-19-1055-2019" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608982v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barbero" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Curt" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Maille" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jappiot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-19-441-2019" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213284v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464970v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wace.2019.100219" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213297v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213295v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609505v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Evans" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Westra" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.J. Fowler" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JCLI-D-18-0384.1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609506v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lewis" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fowler" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Alexander" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dunn" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mcclean" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JCLI-D-18-0143.1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607903v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lenderink" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/joc.5370" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607902v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.B. Guerreiro" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41558-018-0245-3" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607900v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.T. Abatzoglou" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-018-4123-5" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607901v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blenkinsop" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.C. Chan" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/asr-15-117-2018" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608385v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Williams" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GL080959" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04210220v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J M Loriaux" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H J Fowler" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JCLI-D-16-0808.1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04210225v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016GL071917" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607899v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04210229v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine C Hegewisch" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/WAF-D-16-0117.1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758963v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew W. Robertson" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-015-2712-0" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04210241v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J T Abatzoglou" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N K Larkin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C A Kolden" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Stocks" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/WF15083" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04210244v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John T. Abatzoglou" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crystal A. Kolden" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine C. Hegewisch" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narasimhan K. Larkin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/joc.4090" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01855547v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Mangeas" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Borgniet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JAMC-D-12-03.1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895356v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011JD016577" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895278v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Despinoy" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle H&#233;ly" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011JD015915" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04144911v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joannes Guillemot" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Cochard" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04149936v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dupuy" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rigolot" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04196101v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04196161v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14195/978-989-26-2298-9_181" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04196075v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1741/9782759235063/feux-de-vegetation" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3506-3" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00715528v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>