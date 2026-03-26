--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2740,204 +2740,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01268695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The control of gravitropic mouvements in plants.</w:t>
+                <w:t xml:space="preserve">La croissance en hauteur des plantes : une lente instabilité contournée par des mouvements actifs de contrôle postural</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno B. Moulia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Bastien</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane S. Douady</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Mouving without muscle (GDR Mécanique Physique Méphy)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Grenoble, France. 1 p</w:t>
+              <w:t xml:space="preserve">21ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France. 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00964751v1</w:t>
+                <w:t xml:space="preserve">hal-00964657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La croissance en hauteur des plantes : une lente instabilité contournée par des mouvements actifs de contrôle postural</w:t>
+                <w:t xml:space="preserve">The control of gravitropic mouvements in plants.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno B. Moulia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Bastien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane S. Douady</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France. 4 p</w:t>
+              <w:t xml:space="preserve">Colloque Mouving without muscle (GDR Mécanique Physique Méphy)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Grenoble, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00964657v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00964751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A general model for the dynamics of stem gravitropism</w:t>
               </w:r>
@@ -4047,51 +4047,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415061v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sanchez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram&#243;n Escobedo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Bastien" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Lenseigne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Denis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0339909" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368145v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mezey" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yating Zheng" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neal Mckee" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Stoll" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44182-025-00027-2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03494885v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Moulia" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Badel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Duchemin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Eloy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17913" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03186390v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lardy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice de Boyer Des Roches" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Capdeville" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Mounier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2019-17972" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02528942v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Capdeville" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bastien" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S175173112000052X" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715331v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawel Romanczuk" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aay0792" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269499v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Chauvet-Thiry" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Leblanc-Fournier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erz278" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621828v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chvan Youssef" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bizet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Legland" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-B&#233;atrice Bogeat-Triboulot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ery272" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833619v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Guayasamin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Douady" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0194893" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580977v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Derr" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Couturier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2017.0595" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939261v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Douellou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wessam Galia" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Kerangart" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Marchal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Milhau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.00947" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417736v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Martin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Fregosi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Peaucelle" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.13255" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123376v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Moulia" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1004037" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222880v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2014.00136" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964714v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Bohr" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1214301109" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00137133v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Py" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Bico" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Roman" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arezki Boudaoud" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/77/44005" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415065v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Reynaud" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Sire" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715335v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04889570v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Hartmann" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Franchel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ploquin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Decourteix" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04886732v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Fournier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Coutand" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268695v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964751v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane S. Douady" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964657v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189495v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189462v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607324v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Legu&#233;" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/389972.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269107v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Douady" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269277v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-01025576v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle C. Der Loughian" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Martin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rodriguez" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-polytechnique.archives-ouvertes.fr/hal-01025576" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-19091-9_11" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00764999v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010PA077241" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02822896v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415061v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sanchez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram&#243;n Escobedo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Bastien" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Lenseigne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Denis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0339909" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368145v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mezey" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yating Zheng" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neal Mckee" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Stoll" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44182-025-00027-2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03494885v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Moulia" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Badel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Duchemin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Eloy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17913" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03186390v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lardy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice de Boyer Des Roches" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Capdeville" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Mounier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2019-17972" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02528942v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Capdeville" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bastien" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S175173112000052X" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715331v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawel Romanczuk" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aay0792" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269499v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Chauvet-Thiry" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Leblanc-Fournier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erz278" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621828v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chvan Youssef" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bizet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Legland" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-B&#233;atrice Bogeat-Triboulot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ery272" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833619v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Guayasamin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Douady" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0194893" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580977v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Derr" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Couturier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2017.0595" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939261v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Douellou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wessam Galia" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Kerangart" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Marchal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Milhau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.00947" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417736v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Martin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Fregosi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Peaucelle" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.13255" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123376v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Moulia" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1004037" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222880v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2014.00136" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964714v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Bohr" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1214301109" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00137133v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Py" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Bico" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Roman" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arezki Boudaoud" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/77/44005" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415065v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Reynaud" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Sire" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715335v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04889570v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Hartmann" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Franchel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ploquin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Decourteix" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04886732v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Fournier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Coutand" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268695v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964657v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964751v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane S. Douady" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189495v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189462v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607324v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Legu&#233;" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/389972.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269107v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Douady" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269277v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-01025576v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle C. Der Loughian" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Martin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rodriguez" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-polytechnique.archives-ouvertes.fr/hal-01025576" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-19091-9_11" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00764999v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010PA077241" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02822896v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>