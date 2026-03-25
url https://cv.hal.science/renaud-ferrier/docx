--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -964,128 +964,128 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Planar crack identification in 3D linear elasticity by the Reciprocity Gap method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Kadri Kadri Kadri</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Larbi Kadri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gosselet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 355, pp.193-215. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cma.2019.06.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01907336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Steklov-Poincaré technique for data completion: preconditioning and filtering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1104,200 +1104,200 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gosselet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal for Numerical Methods in Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 116 (4), pp.270-286. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/nme.5924⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01632526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heat recovery in compost piles for building applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Édouard Walther</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Édouard Walther</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Renaud Ferrier</w:t>
+                <w:t xml:space="preserve">Rachid Bennacer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachid Bennacer</w:t>
+                <w:t xml:space="preserve">Caroline de Sa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloise Thierry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thermal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 21 (2), pp.775 - 784. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2298/TSCI160411299W⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01684848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1307,159 +1307,159 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sparse space-heterogeneous, physics-constrained PDE reconstruction for defect identification through low-frequency mechanics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kadri Mohamed Larbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kadri Mohamed Larbi</w:t>
+                <w:t xml:space="preserve">Drapier Sylvain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gosselet Pierre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Conference on Inverse Problems, Control and Shape Optimization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Hammamet, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05528876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation de grille par transport optimal pour l'homogénéisation par FFT. Application à des problèmes de mécanique en présence d'interphases fines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1475,113 +1475,113 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05312881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réduction de modèles darcéens diphasiques transitoires par POD-Galerkin à partir de données stationnaires grossières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maydine Ghestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bruchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1596,73 +1596,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05313123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic learning of physics-constrained space heterogeneous PDEs for defect identification in slender mechanical structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1691,263 +1691,263 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVII International Conference on Computational Plasticity. Fundamentals and Applications COMPLAS 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, The International Association for Computational Mechanics (IACM) CIMNE; The European Community on Computational Methods in Applied Sciences (ECCOMAS), Sep 2025, Barcelone (Espagne), Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05274072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apprentissage automatique d'EDPs contraintes par la physique pour l'identification des hétérogénéités dans les structures mécaniques élancées</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adaptive computations on non-uniform grids by optimal transport in FFT-based homogenization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Bellis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Ferrier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre Gosselet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Colloque National en Calcul de Structures (CSMA 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS; CSMA; ENS Paris-Saclay; CentraleSupélec, May 2024, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04610895v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04610885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive computations on non-uniform grids by optimal transport in FFT-based homogenization</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Apprentissage automatique d'EDPs contraintes par la physique pour l'identification des hétérogénéités dans les structures mécaniques élancées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Larbi Kadri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Drapier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gosselet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Colloque National en Calcul de Structures (CSMA 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS; CSMA; ENS Paris-Saclay; CentraleSupélec, May 2024, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04610885v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04230541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apprentissage automatique d'EDPs contraintes par la physique pour l'identification des hétérogénéités dans les structures mécaniques élancées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1989,315 +1989,315 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Colloque National en Calcul de Structures (CSMA 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS; CSMA; ENS Paris-Saclay; CentraleSupélec, May 2024, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04230541v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04610895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced order model based on POD-Galerkin for transient two-phase flows in porous media using database in steady state</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">POD model order reduction for transient biphasic flows in porous media based on steady-state snapshots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maydine Ghestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Drapier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bruchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd Computational Fluids Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Cannes, France</w:t>
+              <w:t xml:space="preserve">6th International Workshop on Model Reduction Techniques (MORTEch)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-05019704v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-05023804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">POD model order reduction for transient biphasic flows in porous media based on steady-state snapshots</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reduced order model based on POD-Galerkin for transient two-phase flows in porous media using database in steady state</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maydine Ghestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Drapier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bruchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Workshop on Model Reduction Techniques (MORTEch)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">22nd Computational Fluids Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Cannes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-05023804v1</w:t>
+                <w:t xml:space="preserve">emse-05019704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining a level-set method and a stabilized P1/P1 formulation for coupling transient Stokes-Darcy flows: application to particle deposition growth in suspension filtration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayoub Badia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2352,561 +2352,561 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22nd Computational Fluids Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Cannes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-05019688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification de champs par l’Erreur en Relation de Comportement modifiée : développements théoriques et application expérimentale</w:t>
+                <w:t xml:space="preserve">Estimateurs d'erreur a posteriori et critères de convergence en homogénéisation numérique par FFT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christian Hochard</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Bellis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25e Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
+              <w:t xml:space="preserve">15ème Colloque National en Calcul des Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-05019612v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03681031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accélération de simulations éléments finis de problèmes transitoires par projection de Galerkin à partir de solutions obtenues en régime permanent diphasique</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification de champ par l’erreur en relation de comportement modifiée : développements théoriques et application expérimentale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Moulin</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aldo Cocchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Hochard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15ème colloque national en calcul des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Polytechnique Hauts-de-France [UPHF], May 2022, 83400 Hyères-les-Palmiers, France</w:t>
+              <w:t xml:space="preserve">Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03717978v1</w:t>
+                <w:t xml:space="preserve">hal-03857018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimateurs d'erreur a posteriori et critères de convergence en homogénéisation numérique par FFT</w:t>
+                <w:t xml:space="preserve">Identification de champs par l’Erreur en Relation de Comportement modifiée : développements théoriques et application expérimentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">C Bellis</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aldo Cocchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Hochard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15ème Colloque National en Calcul des Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Hyères, France</w:t>
+              <w:t xml:space="preserve">25e Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03681031v1</w:t>
+                <w:t xml:space="preserve">emse-05019612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification de champ par l’erreur en relation de comportement modifiée : développements théoriques et application expérimentale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Accélération de simulations éléments finis de problèmes transitoires par projection de Galerkin à partir de solutions obtenues en régime permanent diphasique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maydine Ghestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bruchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Drapier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christian Hochard</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
+              <w:t xml:space="preserve">15ème colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Polytechnique Hauts-de-France [UPHF], May 2022, 83400 Hyères-les-Palmiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03857018v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03717978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RESOLUTION OF THE CAUCHY PROBLEM AND UNCERTAINTY QUANTIFICATION VIA THE STEKLOV-POINCARÉ APPROACH</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gosselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M L Kadri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th World Congress on Computational Mechanics (WCCM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, Paris (virtuel), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03145487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification de fissures en statique par l'écart à la réciprocité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2935,73 +2935,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LES PROBLEMES INVERSES POUR L’ANALYSE STRUCTURALE DANS LE SECTEUR AEROSPATIAL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03145497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification de fissures planes avec des données manquantes par la méthode de l'écart à la réciprocité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3030,73 +3030,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14ème Colloque National en Calcul de Structures (CSMA 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02152392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stecklov-Poincaré algorithm for the Cauchy problem : regularization by spectral analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3125,73 +3125,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PICOF'18 Inverse Problems, Control and Shape Optimization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Beyrouth, Lebanon</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01896998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Planar crack identification via the Reciprocity Gap method with polynomial reconstruction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3220,73 +3220,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th European Conference on Computational Mechanics (ECCM 6)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01899881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Algorithme Stecklov-Poincaré pour le problème de Cauchy en élasticité linéaire ― régularisation par analyse spectrale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3315,51 +3315,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du congrès français de mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01615871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3369,51 +3369,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élaboration de composites à matrice céramiques : étude du procédé d’infusion de résine liquide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jnanesh Gopale Gowda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3455,51 +3455,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Annuelles du Groupe Français de la Céramique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Saint-Etienne (FR), France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-05048996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3509,51 +3509,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Bayesian approach for uncertainty quantification in elliptic Cauchy problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3562,107 +3562,107 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Larbi Kadri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gosselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hermann G. Matthies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Virtual design and validation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, pp.293-308, 2020, 978-3-030-38156-1. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-38156-1_15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02344209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId82"/>
+      <w:footerReference w:type="default" r:id="rId81"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3730,51 +3730,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1BBB7013"/>
+    <w:nsid w:val="3A6F4193"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3961,51 +3961,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/renaud-ferrier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6651-5857" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05447332v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jnanesh Gopale Gowda" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Latour" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Baral" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Ferrier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Saunier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2025.118116" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211416v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bellis" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2023.116658" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04664090v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Badia" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Moulin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Descamps" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Drapier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2024.07.019" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952103v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.7145" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146851v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ferrier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kadri" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gosselet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-021-02006-4" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363459v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Cocchi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Hochard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.6842" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169245v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Larbi Kadri" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gosselet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907336v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kadri Kadri Kadri" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2019.06.017" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632526v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.5924" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684848v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Walther" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Bennacer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline de Sa" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Thierry" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2298/TSCI160411299W" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528876v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kadri Mohamed Larbi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drapier Sylvain" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gosselet Pierre" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312881v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313123v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maydine Ghestin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bruchon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274072v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610895v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610885v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230541v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05019704v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05023804v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Drapier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05019688v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05019612v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717978v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681031v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bellis" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857018v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145487v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M L Kadri" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145497v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152392v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896998v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899881v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615871v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05048996v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344209v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermann G. Matthies" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-38156-1_15" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/renaud-ferrier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6651-5857" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05447332v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jnanesh Gopale Gowda" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Latour" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Baral" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Ferrier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Saunier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2025.118116" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211416v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bellis" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2023.116658" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04664090v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Badia" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Moulin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Descamps" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Drapier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2024.07.019" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952103v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.7145" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146851v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ferrier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kadri" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gosselet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-021-02006-4" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363459v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Cocchi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Hochard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.6842" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169245v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Larbi Kadri" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gosselet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907336v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2019.06.017" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632526v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.5924" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684848v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Walther" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Bennacer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline de Sa" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Thierry" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2298/TSCI160411299W" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528876v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kadri Mohamed Larbi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drapier Sylvain" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gosselet Pierre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312881v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313123v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maydine Ghestin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bruchon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274072v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610885v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230541v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610895v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05023804v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Drapier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05019704v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05019688v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681031v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bellis" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857018v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05019612v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717978v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145487v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M L Kadri" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145497v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152392v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896998v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899881v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615871v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05048996v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344209v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermann G. Matthies" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-38156-1_15" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>