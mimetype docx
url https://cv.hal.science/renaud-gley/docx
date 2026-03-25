--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -502,295 +502,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05193219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geochemical analysis of bituminous samples from the Pre-Pottery Neolithic B site of Nahal Efe (Northern Negev, Israel): Earliest evidence in the region and an example of alteration of the Dead Sea bitumen</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of permanent dam opening on the fate of polycyclic aromatic compounds in industrial sludges accumulated on river banks: In situ approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ferran Borrell</w:t>
+                <w:t xml:space="preserve">Rafael Balastegui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacob Vardi</w:t>
+                <w:t xml:space="preserve">Laurence Mansuy-Huault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Wolff</w:t>
+                <w:t xml:space="preserve">Catherine Lorgeoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steven M Ortiz</w:t>
+                <w:t xml:space="preserve">Christophe Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Losson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Geochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.orggeochem.2024.104844⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 955 (1), pp.176879. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.176879⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04777834v1</w:t>
+                <w:t xml:space="preserve">hal-04767763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of permanent dam opening on the fate of polycyclic aromatic compounds in industrial sludges accumulated on river banks: In situ approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rafael Balastegui</w:t>
+                <w:t xml:space="preserve">Geochemical analysis of bituminous samples from the Pre-Pottery Neolithic B site of Nahal Efe (Northern Negev, Israel): Earliest evidence in the region and an example of alteration of the Dead Sea bitumen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Connan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Mansuy-Huault</w:t>
+                <w:t xml:space="preserve">Ferran Borrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Lorgeoux</w:t>
+                <w:t xml:space="preserve">Jacob Vardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Gauthier</w:t>
+                <w:t xml:space="preserve">Samuel Wolff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Losson</w:t>
+                <w:t xml:space="preserve">Steven M Ortiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 955 (1), pp.176879. </w:t>
+              <w:t xml:space="preserve">Organic Geochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 195, pp.104844. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.176879⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.orggeochem.2024.104844⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04767763v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04777834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaolinites structural defects related to urea and dimethyl sulfoxide intercalation</w:t>
               </w:r>
@@ -1038,295 +1038,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04666959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natural suspended particulate matter (SPM) versus lab-controlled particles: Comparison of the reactivity and association mode of Zn</w:t>
+                <w:t xml:space="preserve">Controlled assembly of heterogeneous aggregates of clay, iron hydr(oxydes) and polysaccharide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Le Meur</w:t>
+                <w:t xml:space="preserve">Erwin A. Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Montargès-Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Briois</w:t>
+                <w:t xml:space="preserve">Isabelle Bihannic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Caillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Michot</w:t>
+                <w:t xml:space="preserve">Jaafar Ghanbaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Geochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, pp.105286. </w:t>
+              <w:t xml:space="preserve">Applied Clay Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 216, pp.106340. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apgeochem.2022.105286⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.clay.2021.106340⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03627844v1</w:t>
+                <w:t xml:space="preserve">hal-03456217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlled assembly of heterogeneous aggregates of clay, iron hydr(oxydes) and polysaccharide</w:t>
+                <w:t xml:space="preserve">Natural suspended particulate matter (SPM) versus lab-controlled particles: Comparison of the reactivity and association mode of Zn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwin A. Henry</w:t>
+                <w:t xml:space="preserve">Mathieu Le Meur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Montargès-Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Gley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Bihannic</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Céline Caillet</w:t>
+                <w:t xml:space="preserve">Valérie Briois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jaafar Ghanbaja</w:t>
+                <w:t xml:space="preserve">Laurent Michot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Clay Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 216, pp.106340. </w:t>
+              <w:t xml:space="preserve">Applied Geochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.105286. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.clay.2021.106340⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apgeochem.2022.105286⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03456217v1</w:t>
+                <w:t xml:space="preserve">hal-03627844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distinctive Features of Composts of Different Origin: A Thorough Examination of the Characterization Results</w:t>
               </w:r>
@@ -1472,51 +1472,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Etique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Romaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bihannic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Gley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1606,51 +1606,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fayez Abuhelou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mansuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lorgeoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Catteloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1708,295 +1708,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01760448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of intracellular metallothionein on metal biouptake and partitioning dynamics at bacterial interfaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spatial and temporal variations of particulate organic matter from Moselle River and tributaries: A multimolecular investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Le Meur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Mansuy-Huault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lorgeoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Présent</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Benedicte Sohm</w:t>
+                <w:t xml:space="preserve">Allan Bauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Gley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c7cp05456d⟩</w:t>
+              <w:t xml:space="preserve">Organic Geochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 110, pp.45-56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.orggeochem.2017.04.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01933184v1</w:t>
+                <w:t xml:space="preserve">hal-01939684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial and temporal variations of particulate organic matter from Moselle River and tributaries: A multimolecular investigation</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Catherine Lorgeoux</w:t>
+                <w:t xml:space="preserve">Impact of intracellular metallothionein on metal biouptake and partitioning dynamics at bacterial interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Présent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Rotureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Billard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Pagnout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Allan Bauer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Renaud Gley</w:t>
+                <w:t xml:space="preserve">Benedicte Sohm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Geochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 110, pp.45-56. </w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 19 (43), pp.29114 - 29124. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.orggeochem.2017.04.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c7cp05456d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01939684v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01933184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iron mineralogy as a fingerprint of former steelmaking activities in river sediments</w:t>
               </w:r>
@@ -2021,51 +2021,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Montargès-Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Losson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bihannic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Gley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2116,77 +2116,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of suspended particulate matter in the Moselle River (Lorraine, France): evolution along the course of the river and in different hydrologic regimes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Le Meur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Montarges-Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allan Bauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Gley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2289,51 +2289,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rivard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bihannic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Gley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2441,90 +2441,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular geochemistry of Zn in continental rivers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Montargès-Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Le Meur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hussein Kanbar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bihannic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Goldschmidt</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Barcelone, Spain</w:t>
@@ -2592,51 +2592,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hussein Kanbar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Guénet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bihannic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Gley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2829,277 +2829,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03170240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxygenated Polycyclic Aromatic Compounds To Discriminate The Origin Of Suspended Matter In The River Of A Past Industrial Valley</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Suspended Particulate Matter Collection Methods affect the Quantification of Polycyclic Aromatic Compounds in the River System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mansuy-Huault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lorgeoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fayez Abuhelou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Catteloin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Collin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Delphine Catteloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AquaConSoil</w:t>
+              <w:t xml:space="preserve">AQUACONSOIL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03217718v1</w:t>
+                <w:t xml:space="preserve">hal-03217750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suspended Particulate Matter Collection Methods affect the Quantification of Polycyclic Aromatic Compounds in the River System</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Oxygenated Polycyclic Aromatic Compounds To Discriminate The Origin Of Suspended Matter In The River Of A Past Industrial Valley</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mansuy-Huault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lorgeoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fayez Abuhelou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Catteloin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valéry Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AQUACONSOIL</w:t>
+              <w:t xml:space="preserve">AquaConSoil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03217750v1</w:t>
+                <w:t xml:space="preserve">hal-03217718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3156,51 +3156,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Gley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelina Razafitianamaharavo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bihannic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustapha Abdelmoula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3411,51 +3411,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175124v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Milesi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe M&#252;nch" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Charpentier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Iemmolo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aoutmane Bouaoudi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2025.105465" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066741v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Connan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bonn&#233;ric" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Perrogon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael H Engel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Gley" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules30092006" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193219v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Barye Tatang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Richard Mache" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrill Jo&#235;l Ngally Sabouang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Razafitianamaharavo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4ra08707k" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04777834v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferran Borrell" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Vardi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Wolff" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven M Ortiz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2024.104844" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04767763v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Balastegui" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mansuy-Huault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lorgeoux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gauthier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Losson" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.176879" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193197v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Aim&#233; Mbey" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2024.107415" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666959v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lesniewska" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me F L Duval" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Caillet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; P Pinheiro" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3nr04740g" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03627844v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Le Meur" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Montarg&#232;s-Pelletier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Briois" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Michot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2022.105286" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03456217v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwin A. Henry" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bihannic" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar Ghanbaja" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2021.106340" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836649v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Catarina Silva" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Teixeira" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Antelo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patr&#237;cia Valderrama" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Oliveira" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su14127449" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898888v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Etique" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Romaine" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Carteret" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2018.06.032" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01760448v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fayez Abuhelou" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mansuy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Catteloin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Collin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-017-9840-5" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933184v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pr&#233;sent" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Rotureau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Billard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pagnout" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Sohm" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7cp05456d" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939684v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Bauer" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2017.04.003" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01542484v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Jaafar Kanbar" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Losson" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.04.156" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529891v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Montarges-Pelletier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Migot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-015-1335-8" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01248724v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Pape" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rivard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Pelletier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2015.05.008" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MC1X73X8-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03169791v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Kanbar" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03170223v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gu&#233;net" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03170240v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Zelano" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fraysse" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Landrot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03217718v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03217750v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03219722v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Abdelmoula" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175124v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Milesi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe M&#252;nch" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Charpentier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Iemmolo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aoutmane Bouaoudi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2025.105465" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066741v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Connan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bonn&#233;ric" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Perrogon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael H Engel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Gley" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules30092006" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193219v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Barye Tatang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Richard Mache" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrill Jo&#235;l Ngally Sabouang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Razafitianamaharavo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4ra08707k" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04767763v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Balastegui" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mansuy-Huault" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lorgeoux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gauthier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Losson" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.176879" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04777834v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferran Borrell" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Vardi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Wolff" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven M Ortiz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2024.104844" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193197v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Aim&#233; Mbey" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2024.107415" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666959v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lesniewska" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me F L Duval" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Caillet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; P Pinheiro" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3nr04740g" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03456217v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwin A. Henry" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Montarg&#232;s-Pelletier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bihannic" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar Ghanbaja" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2021.106340" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03627844v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Le Meur" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Briois" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Michot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2022.105286" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836649v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Catarina Silva" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Teixeira" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Antelo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patr&#237;cia Valderrama" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Oliveira" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su14127449" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898888v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Etique" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Romaine" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Carteret" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2018.06.032" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01760448v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fayez Abuhelou" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mansuy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Catteloin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Collin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-017-9840-5" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939684v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Bauer" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2017.04.003" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933184v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pr&#233;sent" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Rotureau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Billard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pagnout" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Sohm" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7cp05456d" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01542484v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Jaafar Kanbar" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Losson" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.04.156" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529891v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Montarges-Pelletier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Migot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-015-1335-8" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01248724v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Pape" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rivard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Pelletier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2015.05.008" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MC1X73X8-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03169791v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Kanbar" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03170223v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gu&#233;net" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03170240v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Zelano" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fraysse" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Landrot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03217750v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03217718v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03219722v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Abdelmoula" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>