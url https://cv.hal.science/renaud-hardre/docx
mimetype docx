--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -156,3157 +156,3287 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (23)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (24)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogen Evolution Reaction Mechanisms in Thiosemicarbazone Metal Complexes: A Combined Theoretical and Experimental Investigation on the Impact of Proton Source</w:t>
+                <w:t xml:space="preserve">A recent history of ligand modification for hydrogen evolution catalysts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Michael Papadakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Delmotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jana Mehrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hardré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Papadakis</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maylis Orio</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Coordination Chemistry Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 559, pp.217841. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D4DT03507K⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ccr.2026.217841⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05020331v1</w:t>
+                <w:t xml:space="preserve">hal-05566846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How Metal Nuclearity Impacts Electrocatalytic H2 Production in Thiocarbohydrazone-based Complexes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Hydrogen Evolution Reaction Mechanisms in Thiosemicarbazone Metal Complexes: A Combined Theoretical and Experimental Investigation on the Impact of Proton Source</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jana Mehrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Barrozo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Delmotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Hardré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Papadakis</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sergiu Shova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/inorganics11040149⟩</w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D4DT03507K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04061771v1</w:t>
+                <w:t xml:space="preserve">hal-05020331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ditopic Chelators of Dicopper Centers for Enhanced Tyrosinases Inhibition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How Metal Nuclearity Impacts Electrocatalytic H2 Production in Thiocarbohydrazone-based Complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Papadakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Barrozo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Delmotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Straistari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elina Buitrago</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Ahcène Boumendjel</w:t>
+                <w:t xml:space="preserve">Sergiu Shova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.202004695⟩</w:t>
+              <w:t xml:space="preserve">Inorganics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (4), pp.149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/inorganics11040149⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03173336v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04061771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ligand-based electronic effects on the electrocatalytic hydrogen production by thiosemicarbazone nickel complexes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Tatiana Straistari</w:t>
+                <w:t xml:space="preserve">Ditopic Chelators of Dicopper Centers for Enhanced Tyrosinases Inhibition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elina Buitrago</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarisse Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lylia Challali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Bergantino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Queyriaux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anisa Putri</w:t>
+                <w:t xml:space="preserve">Ahcène Boumendjel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c9dt04775a⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27 (13), pp.4384-4393. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.202004695⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02877733v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03173336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrogen evolution reaction mediated by an all-sulfur trinuclear nickel complex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Pieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Pieri</w:t>
+                <w:t xml:space="preserve">Anirban Bhattacharjee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Barrozo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anirban Bhattacharjee</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Barrozo</w:t>
+                <w:t xml:space="preserve">Bruno Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Giorgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 56 (75), pp.11106-11109. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/d0cc04174b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02961657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruminococcin C, a promising antibiotic produced by a human gut symbiont</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ligand-based electronic effects on the electrocatalytic hydrogen production by thiosemicarbazone nickel complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Papadakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Barrozo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Straistari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Queyriaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steve Chiumento</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Chloé Leprêtre</w:t>
+                <w:t xml:space="preserve">Anisa Putri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciadv.aaw9969⟩</w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 49 (16), pp.5064-5073. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c9dt04775a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02371747v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02877733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient Light-Driven Hydrogen Evolution Using a Thiosemicarbazone-Nickel (II) Complex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stylianos Panagiotakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgios Landrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vasilis Nikolaou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anisa Putri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hardré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 7, pp.405. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fchem.2019.00405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02190650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the metal ion on the electrocatalytic hydrogen production by a thiosemicarbazone palladium complex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tatiana Straistari</w:t>
+                <w:t xml:space="preserve">Ruminococcin C, a promising antibiotic produced by a human gut symbiont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Chiumento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarisse Roblin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Kieffer-Jaquinod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sybille Tachon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renaud M Hardré</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Bruno Faure</w:t>
+                <w:t xml:space="preserve">Chloé Leprêtre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 5 (9), pp.eaaw9969. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.aaw9969⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01771136v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02371747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogen evolution reaction catalyzed by a bis(thiosemicarbazone) cobalt complex: An experimental and theoretical study.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Influence of the Metal Ion on the Electrocatalytic Hydrogen Production by a Thiosemicarbazone Palladium Complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatiana Straistari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Renaud Hardré</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud M Hardré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer Fize</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Michel Giorgi</w:t>
+                <w:t xml:space="preserve">Julien Massin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Attolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20-21, pp.2259-2266</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01771020v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01948729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the Metal Ion on the Electrocatalytic Hydrogen Production by a Thiosemicarbazone Palladium Complex</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Influence of the metal ion on the electrocatalytic hydrogen production by a thiosemicarbazone palladium complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatiana Straistari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud M Hardré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Massin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Attolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 20-21, pp.2259-2266</w:t>
+              <w:t xml:space="preserve">, 2018, pp.2259-2266</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01948729v1</w:t>
+                <w:t xml:space="preserve">hal-01771136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Air-Stable Molybdenum-Based Precatalyst in Oxygen-Atom Transfer Reactions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hydrogen evolution reaction catalyzed by a bis(thiosemicarbazone) cobalt complex: An experimental and theoretical study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Straistari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Hardré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Oheix</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Jennifer Fize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergiu Shova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Giorgi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olga Iranzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejic.201701410⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 24 (35), pp.8779-8786. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201801155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01948731v1</w:t>
+                <w:t xml:space="preserve">hal-01771020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2-Hydroxypyridine- N -oxide-Embedded Aurones as Potent Human Tyrosinase Inhibitors</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Elina Buitrago</w:t>
+                <w:t xml:space="preserve">An Air-Stable Molybdenum-Based Precatalyst in Oxygen-Atom Transfer Reactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Oheix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maylis Orio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Giorgi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Réglier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Iranzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Medicinal Chemistry Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsmedchemlett.6b00369⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2018 (12), pp.1427-1434. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejic.201701410⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01617843v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01948731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are Human Tyrosinase and Related Proteins Suitable Targets for Melanoma Therapy?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">2-Hydroxypyridine- N -oxide-Embedded Aurones as Potent Human Tyrosinase Inhibitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Haudecoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Carotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Gouron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Maresca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elina Buitrago</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Catherine Belle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Topics in Medicinal Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2174/1568026616666160216160112⟩</w:t>
+              <w:t xml:space="preserve">ACS Medicinal Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8 (1), pp.55 - 60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsmedchemlett.6b00369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01644550v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01617843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recombinant Tyrosinase from Polyporus arcularius : Overproduction in Escherichia coli , Characterization, and Use in a Study of Aurones as Tyrosinase Effectors</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+                <w:t xml:space="preserve">Are Human Tyrosinase and Related Proteins Suitable Targets for Melanoma Therapy?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elina Buitrago</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud M Hardré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Haudecoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jamet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Belle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.6b00286.s001⟩</w:t>
+              <w:t xml:space="preserve">Current Topics in Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 16 (27), pp.3033 - 3047. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2174/1568026616666160216160112⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01948810v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01644550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reactivity of dinuclear copper(II) complexes towards melanoma cells: Correlation with its stability, tyrosinase mimicking and nuclease activity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Renaud M Hardré</w:t>
+                <w:t xml:space="preserve">Recombinant Tyrosinase from Polyporus arcularius : Overproduction in Escherichia coli , Characterization, and Use in a Study of Aurones as Tyrosinase Effectors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Marková</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Kotik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alena Křenková</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petr Man</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Haudecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Inorganic Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jinorgbio.2015.05.007⟩</w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 64 (14), pp.2925-2931. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.6b00286.s001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01475558v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01948810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of Binding-Site Homology between Mushroom and Bacterial Tyrosinases by Using Aurones as Effectors</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mark Lightbody</w:t>
+                <w:t xml:space="preserve">Reactivity of dinuclear copper(II) complexes towards melanoma cells: Correlation with its stability, tyrosinase mimicking and nuclease activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cléia Justino Nunes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz Essenfelder Essenfelder Borges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lia Sumie Nakao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugénie M Peyroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud M Hardré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemBioChem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cbic.201402003⟩</w:t>
+              <w:t xml:space="preserve">Journal of Inorganic Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 149, pp.49 - 58. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jinorgbio.2015.05.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01652214v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01475558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the Interaction of N/S Compounds with a Dicopper Center: Tyrosinase Inhibition and Model Studies</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gisèle Gellon</w:t>
+                <w:t xml:space="preserve">Investigation of Binding-Site Homology between Mushroom and Bacterial Tyrosinases by Using Aurones as Effectors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Haudecoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Gouron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jamet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Lightbody</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ic501829s⟩</w:t>
+              <w:t xml:space="preserve">ChemBioChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 15 (9), pp.1325 - 1333. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cbic.201402003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01652187v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01652214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unsymmetrical binding modes of the HOPNO inhibitor of tyrosinase: from model complexes to the enzyme</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Luigi Bubacco</w:t>
+                <w:t xml:space="preserve">Exploring the Interaction of N/S Compounds with a Dicopper Center: Tyrosinase Inhibition and Model Studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elina Buitrago</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Vuillamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahcène Boumendjel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Yi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gisèle Gellon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.201202643⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 53 (24), pp.12848 - 12858. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ic501829s⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01107636v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01652187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Refinement of arylthiosemicarbazone pharmacophore in inhibition of mushroom tyrosinase</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
+                <w:t xml:space="preserve">Unsymmetrical binding modes of the HOPNO inhibitor of tyrosinase: from model complexes to the enzyme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constance Bochot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Favre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Catherine Belle</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Baptiste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Bubacco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2011.07.003⟩</w:t>
+              <w:t xml:space="preserve">Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 19 (11), pp.3655-3664. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201202643⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01655567v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01107636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probing the Peptidylglycine α-Hydroxylating Monooxygenase Active Site with Novel 4-Phenyl-3-butenoic Acid Based Inhibitors</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Réglier</w:t>
+                <w:t xml:space="preserve">Refinement of arylthiosemicarbazone pharmacophore in inhibition of mushroom tyrosinase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Yi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Yahiaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Haudecoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Belle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemMedChem</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 46 (9), pp.4330 - 4335. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2011.07.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01948940v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01655567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Binding of 2-Hydroxypyridine- N -oxide on Dicopper(II) Centers: Insights into Tyrosinase Inhibition Mechanism by Transition-State Analogs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Probing the Peptidylglycine α-Hydroxylating Monooxygenase Active Site with Novel 4-Phenyl-3-butenoic Acid Based Inhibitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Langella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eugénie Peyroux</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Wadih Ghattas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Giorgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bruno Faure</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Réglier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ChemMedChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 5 (9), pp.1568-1576</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01658950v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01948940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pathway for the Stereocontrolled Z and E Production of α,α-Difluorine-Substituted Phenyl Butenoates</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+                <w:t xml:space="preserve">Binding of 2-Hydroxypyridine- N -oxide on Dicopper(II) Centers: Insights into Tyrosinase Inhibition Mechanism by Transition-State Analogs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugénie Peyroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wadih Ghattas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Judith Klinman</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Hardré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Giorgi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 48 (23), pp.10874 - 10876. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ic901593x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01948927v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01658950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Pathway for the Stereocontrolled Z and E Production of α,α-Difluorine-Substituted Phenyl Butenoates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wadih Ghattas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinna Hess</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Iacazio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud M Hardré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Klinman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 71 (22), pp.8618-8621</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01948927v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Superoxide Dismutase-like Activity of Cobalt(II) Complexes Based on a Sugar Platform</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bellot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hardré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgio Pelosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Thérisod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Policar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 43, pp.5414-5416. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/B508893C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02011964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3316,117 +3446,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catalyseur et procédé de production d’hydrogène par réduction de protons.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maylis Orio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hardré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Papadakis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR3154331. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05046375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3436,164 +3566,164 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dispositifs d'aide à la réussite en Sciences à Aix Marseille Université : 2018-2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Virey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Ealet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Georgelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hardre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Queyroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diversité, Réussite[s] dans l’Enseignement Supérieur (2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nantes Université [Nantes Univ], Apr 2024, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04557118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId134"/>
+      <w:footerReference w:type="default" r:id="rId136"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3661,51 +3791,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F1DA7619"/>
+    <w:nsid w:val="8048A772"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3892,51 +4022,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/renaud-hardre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4875-3533" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/169997324" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020331v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Mehrez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Barrozo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Delmotte" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Hardr&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Papadakis" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4DT03507K" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061771v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Straistari" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergiu Shova" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/inorganics11040149" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03173336v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elina Buitrago" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Faure" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lylia Challali" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Bergantino" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahc&#232;ne Boumendjel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202004695" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877733v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Queyriaux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anisa Putri" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9dt04775a" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961657v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Pieri" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anirban Bhattacharjee" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Faure" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Giorgi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0cc04174b" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371747v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Chiumento" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Roblin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Kieffer-Jaquinod" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sybille Tachon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aaw9969" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190650v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stylianos Panagiotakis" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Landrou" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasilis Nikolaou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2019.00405" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771136v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud M Hardr&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Massin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Attolini" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771020v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Fize" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201801155" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948729v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948731v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Oheix" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maylis Orio" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. R&#233;glier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Iranzo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201701410" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617843v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Haudecoeur" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Carotti" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gouron" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Maresca" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsmedchemlett.6b00369" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644550v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jamet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Belle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1568026616666160216160112" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/R65-6VJ65XCP-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948810v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Markov&#225;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Kotik" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alena K&#345;enkov&#225;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Man" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.6b00286.s001" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475558v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ia Justino Nunes" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Essenfelder Essenfelder Borges" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lia Sumie Nakao" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie M Peyroux" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinorgbio.2015.05.007" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652214v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Dubois" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Lightbody" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.201402003" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6RQNVQV1-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652187v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Vuillamy" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Yi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Gellon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic501829s" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107636v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Bochot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Favre" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Baptiste" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Bubacco" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201202643" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/481780969F3430BAE5E467A22F69F6138A33DC94/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655567v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Yahiaoui" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2011.07.003" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F7S10LGP-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948940v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Langella" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pierre" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wadih Ghattas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658950v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Peyroux" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic901593x" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948927v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinna Hess" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Iacazio" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Klinman" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011964v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bellot" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Pelosi" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Th&#233;risod" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Policar" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B508893C" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-G54DNZBD-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046375v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557118v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Virey" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Ealet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Georgelin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Hardre" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Queyroy" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/renaud-hardre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4875-3533" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/169997324" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05566846v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Papadakis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Delmotte" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Mehrez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Hardr&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maylis Orio" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccr.2026.217841" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020331v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Barrozo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4DT03507K" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061771v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Straistari" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergiu Shova" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/inorganics11040149" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03173336v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elina Buitrago" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Faure" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lylia Challali" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Bergantino" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahc&#232;ne Boumendjel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202004695" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961657v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Pieri" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anirban Bhattacharjee" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Faure" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Giorgi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0cc04174b" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877733v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Queyriaux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anisa Putri" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9dt04775a" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190650v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stylianos Panagiotakis" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Landrou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasilis Nikolaou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2019.00405" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371747v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Chiumento" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Roblin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Kieffer-Jaquinod" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sybille Tachon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aaw9969" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948729v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud M Hardr&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Massin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Attolini" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771136v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771020v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Fize" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201801155" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948731v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Oheix" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. R&#233;glier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Iranzo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201701410" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617843v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Haudecoeur" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Carotti" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gouron" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Maresca" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsmedchemlett.6b00369" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644550v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jamet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Belle" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1568026616666160216160112" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/R65-6VJ65XCP-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948810v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Markov&#225;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Kotik" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alena K&#345;enkov&#225;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Man" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.6b00286.s001" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475558v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ia Justino Nunes" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Essenfelder Essenfelder Borges" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lia Sumie Nakao" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie M Peyroux" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinorgbio.2015.05.007" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652214v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Dubois" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Lightbody" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.201402003" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6RQNVQV1-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652187v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Vuillamy" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Yi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Gellon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic501829s" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107636v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Bochot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Favre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Baptiste" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Bubacco" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201202643" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/481780969F3430BAE5E467A22F69F6138A33DC94/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655567v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Yahiaoui" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2011.07.003" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F7S10LGP-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948940v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Langella" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pierre" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wadih Ghattas" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658950v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Peyroux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic901593x" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948927v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinna Hess" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Iacazio" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Klinman" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011964v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bellot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Pelosi" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Th&#233;risod" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Policar" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B508893C" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-G54DNZBD-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046375v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557118v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Virey" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Ealet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Georgelin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Hardre" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Queyroy" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>