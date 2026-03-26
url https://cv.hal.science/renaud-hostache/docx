--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -147,117 +147,263 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graph neural networks for water level modelling in floodplains: application to the Severn floodplain with HydroGCN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadil Boodoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Delenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franco Alberto Cardillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joris Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Hostache</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05557957v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (23)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apport modélisation des hauteurs d’eau dans les plaines d’inondation avec les GNN</w:t>
+                <w:t xml:space="preserve">Modélisation des hauteurs d’eau dans les plaines d’inondation avec les GNN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fadil Boodoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Delenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Alberto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joris Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -272,243 +418,243 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Eau &amp; Intelligence Artificielle 2026</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2026, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05507025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Not every day is a sunny day: Synthetic cloud injection for deep land cover segmentation robustness evaluation across data sources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Mobsite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Berti Equille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joris Guerin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Machine Learning for Earth Observation (MACLEAN), In Conjunction with ECML/PKDD 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Porto (Portugal), Portugal. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48550/ARXIV.2510.03006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05529023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U-NetMN and SegNetMN: Modified U-Net and SegNet Models for Bimodal SAR Image Segmentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marwane Kzadri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franco Alberto Cardillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanée Chahinian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Delenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -517,106 +663,106 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2025 International Conference on Circuit, Systems and Communication (ICCSC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Fez, Morocco. pp.1-6, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICCSC66714.2025.11135135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05447986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of training dataset size and its hydrometeorological typology on LSTM performance for rainfall-runoff modeling: a case study of the Severn river</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Skifa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fadil Boodoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -624,254 +770,254 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Delenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Abily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SimHydro conference 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Hydrotechnique de France (SHF); the Association Française de Mécanique (AFM); the Environmental &amp; Water Resources Institute (EWRI); the International Association for Hydro-Environment Engineering and Research (IAHR), Nov 2023, Chatou, France. pp.107-128, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-981-97-4076-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04375806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining SAR imagery and topography for the automatic retrieval of floodwater depth maps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vita Ayoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Chini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramona Maria-Pelich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Matgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IGARSS 2024 - 2024 IEEE International Geoscience and Remote Sensing Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEETGRS, Jul 2024, Athènes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04827007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of training dataset size and its hydrometeorological typology on LSTM performance for Rainfall-Runoff modeling : A case study of the Severn River (UK)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Skifa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fadil Boodoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -879,4507 +1025,4507 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Delenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Abily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SimHydro 2023: New modelling paradigms for water issues?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Chatou/Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05506931v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assimilation of probabilistic flood maps into large scale hydraulic models to retrieve missing river geometry data using a tempered particle filter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vita Ayoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Chini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramona Pelich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Delenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IGARSS 2023 - 2023 IEEE International Geoscience and Remote Sensing Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Pasadena, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04378319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to Optimally Represent Riverbed Geometry with a Simplified Cross-Section Shape in Shallow Water Models</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Violeta Montoya-Coronado</w:t>
+                <w:t xml:space="preserve">Imaging flood depth from space: a method based on the fusion of topography and synthetic aperture radar data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vita Ayoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Delenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Finaud-Guyot</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ramona-Maria Pelich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Chini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Matgen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SimHydro 2021 conference : Models for complex and global water issues – Practices &amp; expectations</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The XIth Scientific Assembly of the International Association of Hydrological Sciences (IAHS 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Montpellier, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03782257v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04087858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imaging flood depth from space: a method based on the fusion of topography and synthetic aperture radar data</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Carole Delenne</w:t>
+                <w:t xml:space="preserve">A joint assimilation of satellite soil moisture and flood extent maps to improve flood hazard modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Hostache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Matgen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter-Jan van Leuuwen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ramona-Maria Pelich</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Nancy K Nichols</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Chini</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrick Matgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The XIth Scientific Assembly of the International Association of Hydrological Sciences (IAHS 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04087858v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04087380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A joint assimilation of satellite soil moisture and flood extent maps to improve flood hazard modelling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How to Optimally Represent Riverbed Geometry with a Simplified Cross-Section Shape in Shallow Water Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violeta Montoya-Coronado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Delenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Finaud-Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The XIth Scientific Assembly of the International Association of Hydrological Sciences (IAHS 2022)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SimHydro 2021 conference : Models for complex and global water issues – Practices &amp; expectations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Sophia Antipolis, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-19-1600-7_14⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04087380v1</w:t>
+                <w:t xml:space="preserve">hal-03782257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapid Simulations of Large Scale Flood Inundations Using Porosity Functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vita Ayoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Delenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Finaud-Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Mason</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Chini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SimHydro 2021 : Models for complex and global water issues – Practices &amp; expectations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Sophia Antipolis, France. pp.53-60, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-981-19-1600-7_4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03782215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation des niveaux d'eau à partir d'étendues inondées satellitaires et de données topographiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vita Ayoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Delenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Matgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Chini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramona-Maria Pelich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Contribution du spatial face aux enjeux de l'eau - SHF/CNES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03199580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assimilation d'étendues inondées satellitaires dans un modèle hydraulique à large échelle: une réanalyse des inondations dues à l'ouragan Harvey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Chini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramona-Maria Pelich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Delenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Contribution du spatial face aux enjeux de l'eau - SHF/CNES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03199732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 2D Shallow water model with depth-dependant porosity applied to the Severn River</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vita Ayoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Delenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Matgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Finaud-Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">River Flow 2020 - 10th Conference on Fluvial Hydraulics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2020, Delft / Virtual, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02945686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards fast large-scale flood simulations using 2D Shallow water modelling with depth-dependant porosity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vita Ayoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Delenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Matgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Finaud-Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2020, Online /Vienna), Austria. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-11562⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03108327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assimilating satellite soil moisture and flood extent maps into a flood prediction model.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Matgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter-Jan van Leuuwen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nancy Nichols</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Chini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2020, Online / Vienna, Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-13848⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03108357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joint assimilation of soil moisture and flood extent maps retrieved from satellite earth observation into a conceptual hydrological model for improving flood prediction: a proof of concept study (Oral).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Matgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter-Jan van Leuuwen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nancy K Nichols</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Chini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Satellite inspired hydrology in an uncertain future: a H SAF and HEPEX workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Reading, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03108885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation hydrologique du bassin versant de l’Orne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Belmokhtar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lang-Delus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de la Zone Atelier Moselle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02995247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assimilation of one satellite SAR image for flood simulations. Method and test case (Moser river)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xijun Lai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Monnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Puech</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AOGS 2010 - Asia Oceania Geosciences Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, Hyderabad, India. pp.49-65</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00908214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reduction of equifinality in flood modelling by integration of radar imagery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Puech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Kosuth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU Hydrological Sciences, Vienne, 2-7 avril 2006</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, pp.2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02588052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation spatiale de l'aléa inondation à partir d'images satellites RADAR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Puech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Raclot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sirnat</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2005, Montpellier, France. pp.9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02587754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation spatiale d'aléa inondation à partir d'images satellites RADAR</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Flood Analysis using SAR imagery : Water level estimation by fusion between RADAR image and high resolution DEM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Puech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Raclot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAGEO'2005, International Conference on Spatial Analysis and GEOmatics, Avignon, 21-23 juin 2005</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, pp.13</w:t>
+              <w:t xml:space="preserve">EGU, Vienne, Autriche, 24-29-Avril 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02587753v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02587755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flood Analysis using SAR imagery : Water level estimation by fusion between RADAR image and high resolution DEM</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Caractérisation spatiale d'aléa inondation à partir d'images satellites RADAR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Puech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Raclot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hélène Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU, Vienne, Autriche, 24-29-Avril 2005</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, pp.1</w:t>
+              <w:t xml:space="preserve">SAGEO'2005, International Conference on Spatial Analysis and GEOmatics, Avignon, 21-23 juin 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, pp.13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02587755v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02587753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensitivity of lumped and semi-distributed hydrological models to 20 gridded precipitation products in a transboundary basin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Pacheco Mollinedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Satgé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Paule Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Molina-Carpio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Pillco Zolá</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Hydrology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 660, pp.133462. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2025.133462⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05067981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are LSTM and conceptual rainfall-runoff models able to cope with limited training datasets under diverse hydrometeorological conditions?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fadil Boodoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Skifa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joris Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Delenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modeling Earth Systems and Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 11 (2), pp.128. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s40808-025-02316-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04965634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A localized particle filtering approach to advance flood frequency estimation at large scale using satellite synthetic aperture radar image collection and hydrodynamic modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Zingaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Chini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Domenico Capolongo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Matgen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 16 (12), 2179 [22 p.]. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/rs16122179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04874635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soil Salinity Mapping of Plowed Agriculture Lands Combining Radar Sentinel-1 and Optical Sentinel-2 with Topographic Data in Machine Learning Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Tola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Satgé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramiro Pillco Zolá</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Humberto Sainz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Condori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 16 (18), 3456 [18 p.]. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/rs16183456⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04874628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joint assimilation of satellite soil moisture and streamflow data for the hydrological application of a two-dimensional shallow water model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. García-Alén</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Cea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Puertas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Hydrology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 621, pp.129667. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2023.129667⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04379969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrometeorological Extreme Events in Africa: The Role of Satellite Observations for Monitoring Pluvial and Fluvial Flood Risk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Gosset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Dibi-Anoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Schumann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Surveys in Geophysics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 44 (1), pp.197-223. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10712-022-09749-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04379950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimating Ensemble Likelihoods for the Sentinel-1-Based Global Flood Monitoring Product of the Copernicus Emergency Management Service</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Krullikowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Candace Chow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Wieland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandro Martinis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernhard Bauer-Marschallinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 16, pp.6917-6930. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/JSTARS.2023.3292350⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04379959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Endorheic waterbodies delineation from remote sensing as a tool for immersed surface topography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Delenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Stéphane Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boutron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Geoscience and Remote Sensing Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 19, pp.1-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/LGRS.2021.3079718⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03140413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping Floods in Urban Areas From Dual-Polarization InSAR Coherence Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramona Pelich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Chini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Matgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Pulvirenti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Geoscience and Remote Sensing Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 19, pp.1-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/LGRS.2021.3110132⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04380133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Tempered Particle Filter to Enhance the Assimilation of SAR‐Derived Flood Extent Maps Into Flood Forecasting Models</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Concetta Di Mauro</w:t>
+                <w:t xml:space="preserve">Urban-Aware U-Net for Large-Scale Urban Flood Mapping Using Multitemporal Sentinel-1 Intensity and Interferometric Coherence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jie Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Matgen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramona Pelich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marco Chini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water Resources Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2022WR031940⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Geoscience and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 60, pp.1-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TGRS.2022.3199036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04380071v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04380097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urban-Aware U-Net for Large-Scale Urban Flood Mapping Using Multitemporal Sentinel-1 Intensity and Interferometric Coherence</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yu Li</w:t>
+                <w:t xml:space="preserve">A Tempered Particle Filter to Enhance the Assimilation of SAR‐Derived Flood Extent Maps Into Flood Forecasting Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Concetta Di Mauro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Hostache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Matgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Matgen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Renaud Hostache</w:t>
+                <w:t xml:space="preserve">Ramona Maria-Pelich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Chini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Geoscience and Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TGRS.2022.3199036⟩</w:t>
+              <w:t xml:space="preserve">Water Resources Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 58 (8), pp.104141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2022WR031940⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04380097v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04380071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A porosity-based flood inundation modelling approach for enabling faster large scale simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vita Ayoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Delenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Chini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Finaud-Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Mason</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Water Resources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 162, pp.104141. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.advwatres.2022.104141⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sediment transport modelling in riverine environments: on the importance of grain-size distribution, sediment density, and suspended sediment concentrations at the upstream boundary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Lepesqueur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Núria Martínez-Carreras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Montargès-Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Hissler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 23 (9), pp.3901-3915. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/hess-23-3901-2019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02615674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A hydro-morphodynamic model integrating extended sediment particle size distribution and flocculation processes for better simulating hydro-sedimentary fluxes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Lepesqueur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuria Martinez-Carreras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Manceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Delus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">E3S Web of Conferences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, E3S Web of Conferences, vol. 40, 40, pp.1179-1186. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/e3sconf/20184005025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03019536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assimilation of spatial distributed water levels into a shallow-water flood model. Part II: using a remote sensing image of Mosel river</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xijun Lai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Monnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Puech</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Hydrology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 390 (3-4), pp.257-268. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2010.07.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02596687v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Water level estimation and reduction of hydraulic model calibration uncertainties using satellite SAR images of floods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Matgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Schumann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Puech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Geoscience and Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 47 (2), pp.431-441</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02591753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-resolution 3-D flood information from radar imagery for flood hazard management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Schumann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Hostache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Puech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Hoffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Matgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Geoscience and Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 45 (6), pp.1715-1725</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02589236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation spatiale de l’aléa inondation à partir d’images satellites RADAR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Puech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Raclot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Dossiers (381), </w:t>
             </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cybergeo.7722⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04391596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imagerie spatiale et inondation de plaine. Une méthode de détermination des niveaux d'eau par mise en cohérence d'informations incertaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Puech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Puech</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">R. Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Raclot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mosella : revue du Centre d'études géographiques de Metz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 24 (3-4), pp.181-191</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02588925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5389,185 +5535,185 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Remote Sensing to Update Mediterranean Wetland Maps and Its Potential for Mosquito Control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stella Njike</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Kerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Nouviaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Marti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. International EMCA CONFERENCE Ready for action: Advances in mosquito control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2025, Antwerpen, Belgium. Wageningen Academic, 43 (1), 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.52004/2054930X-202500S1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05175605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of an artificial neural network with a conceptual rainfall-runoff model for streamflow prediction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fadil Boodoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5576,106 +5722,106 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Delenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Skifa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Prévision des crues et des inondations – Avancées, valorisation et perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04375766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of a conceptual rainfall-runoff model with an artificial neural network model for streamflow prediction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fadil Boodoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5684,317 +5830,317 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Delenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Freychet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 EGU General Assembly - European Geosciences Union General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04093049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation de niveaux d’eau à partir d’images satellitaires radar et de données topographiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vita Ayoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Matgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Delenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JMSC-2019 : Journées de Modélisation des Surfaces Continentales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02492949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling river hydrosedimentary fluxes during a flood event</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Lepesqueur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuria Martinez-Carreras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Manceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Delus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">River Flow 2018 (Ninth international conference on fluvial hydraulics)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Lyon - Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03019565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6004,185 +6150,185 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satellite image analysis for three-dimensionnal flood hazard characterisation and hydraulic modelling support.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Hostache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences of the Universe [physics]. ENGREF (AgroParisTech), 2006. English. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pastel-00002016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse d'images satellitaires d'inondations pour la caractérisation tridimensionnelle de l'aléa et l'aide à la modélisation hydraulique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Hostache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'environnement. Doctorat Sciences de l'eau, Engref, Montpellier, 2006. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02588783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId166"/>
+      <w:footerReference w:type="default" r:id="rId167"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6250,51 +6396,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5F6F3137"/>
+    <w:nsid w:val="0AE83D6C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6481,51 +6627,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/renaud-hostache" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8109-6010" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/116741449" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507025v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadil Boodoo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Delenne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Alberto" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Gu&#233;rin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Hostache" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529023v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Mobsite" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Berti Equille" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Guerin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/ARXIV.2510.03006" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447986v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwane Kzadri" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Alberto Cardillo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nan&#233;e Chahinian" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCSC66714.2025.11135135" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04375806v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Skifa" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Abily" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-97-4076-5" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827007v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vita Ayoub" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Chini" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramona Maria-Pelich" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Matgen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506931v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04378319v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramona Pelich" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03782257v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violeta Montoya-Coronado" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Finaud-Guyot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-1600-7_14" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087858v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramona-Maria Pelich" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087380v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter-Jan van Leuuwen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy K Nichols" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03782215v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mason" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-1600-7_4" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199580v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199732v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Bruneau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945686v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108327v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-11562" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108357v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Nichols" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-13848" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108885v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995247v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Belmokhtar" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lang-Delus" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908214v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xijun Lai" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Monnier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Puech" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588052v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hostache" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Puech" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Kosuth" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587754v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Raclot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587753v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587755v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Roux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067981v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pacheco Mollinedo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Satg&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Bonnet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Molina-Carpio" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pillco Zol&#225;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2025.133462" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965634v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40808-025-02316-z" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874635v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Zingaro" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Capolongo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16122179" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874628v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Tola" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramiro Pillco Zol&#225;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Humberto Sainz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Condori" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16183456" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379969v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Garc&#237;a-Al&#233;n" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cea" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Puertas" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2023.129667" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379950v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Gosset" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dibi-Anoh" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Schumann" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Paris" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10712-022-09749-6" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379959v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Krullikowski" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candace Chow" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Wieland" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Martinis" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Bauer-Marschallinger" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2023.3292350" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03140413v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-St&#233;phane Bailly" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rousseau" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boutron" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2021.3079718" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380133v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Pulvirenti" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2021.3110132" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380071v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Concetta Di Mauro" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022WR031940" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380097v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Zhao" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Li" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2022.3199036" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03558847v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2022.104141" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615674v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Lepesqueur" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Mart&#237;nez-Carreras" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Montarg&#232;s-Pelletier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hissler" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-23-3901-2019" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03019536v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Martinez-Carreras" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Manceau" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delus" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20184005025" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02596687v2" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2010.07.003" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591753v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Matgen" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Schumann" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hoffmann" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589236v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391596v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.7722" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588925v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175605v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Njike" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kerr" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nouviaire" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Marti" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52004/2054930X-202500S1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04375766v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093049v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Freychet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492949v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03019565v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00002016v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02588783v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/renaud-hostache" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8109-6010" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/116741449" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557957v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadil Boodoo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Delenne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Alberto Cardillo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Gu&#233;rin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Hostache" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507025v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Alberto" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529023v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Mobsite" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Berti Equille" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Guerin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/ARXIV.2510.03006" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447986v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwane Kzadri" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nan&#233;e Chahinian" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCSC66714.2025.11135135" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04375806v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Skifa" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Abily" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-97-4076-5" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827007v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vita Ayoub" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Chini" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramona Maria-Pelich" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Matgen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506931v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04378319v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramona Pelich" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087858v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramona-Maria Pelich" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087380v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter-Jan van Leuuwen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy K Nichols" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03782257v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violeta Montoya-Coronado" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Finaud-Guyot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-1600-7_14" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03782215v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mason" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-1600-7_4" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199580v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199732v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Bruneau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945686v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108327v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-11562" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108357v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Nichols" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-13848" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108885v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995247v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Belmokhtar" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lang-Delus" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908214v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xijun Lai" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Monnier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Puech" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588052v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hostache" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Puech" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Kosuth" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587754v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Raclot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587755v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Roux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587753v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067981v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pacheco Mollinedo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Satg&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Bonnet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Molina-Carpio" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pillco Zol&#225;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2025.133462" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965634v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40808-025-02316-z" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874635v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Zingaro" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Capolongo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16122179" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874628v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Tola" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramiro Pillco Zol&#225;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Humberto Sainz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Condori" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16183456" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379969v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Garc&#237;a-Al&#233;n" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cea" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Puertas" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2023.129667" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379950v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Gosset" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dibi-Anoh" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Schumann" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Paris" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10712-022-09749-6" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379959v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Krullikowski" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candace Chow" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Wieland" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Martinis" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Bauer-Marschallinger" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2023.3292350" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03140413v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-St&#233;phane Bailly" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rousseau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boutron" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2021.3079718" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380133v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Pulvirenti" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2021.3110132" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380097v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Zhao" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Li" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2022.3199036" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380071v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Concetta Di Mauro" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022WR031940" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03558847v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2022.104141" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615674v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Lepesqueur" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Mart&#237;nez-Carreras" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Montarg&#232;s-Pelletier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hissler" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-23-3901-2019" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03019536v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Martinez-Carreras" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Manceau" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delus" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20184005025" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02596687v2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2010.07.003" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591753v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Matgen" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Schumann" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hoffmann" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589236v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391596v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.7722" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588925v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175605v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Njike" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kerr" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nouviaire" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Marti" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52004/2054930X-202500S1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04375766v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093049v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Freychet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492949v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03019565v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00002016v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02588783v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>