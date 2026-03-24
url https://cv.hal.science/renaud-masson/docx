--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -615,265 +615,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04205130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A DEM/FFT approach to simulate the effective thermal conductivity of granular media</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effective properties of an isotropic solid weakened by micro-cracks located at inter-granular boundaries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joane Meynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tristan Calvet</w:t>
+                <w:t xml:space="preserve">Marcelle Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Mathieu Vanson</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Arnaud Monnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bornert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Castelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2021.107339⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 158, pp.104647. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmps.2021.104647⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03427476v1</w:t>
+                <w:t xml:space="preserve">hal-03379552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effective properties of an isotropic solid weakened by micro-cracks located at inter-granular boundaries</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A DEM/FFT approach to simulate the effective thermal conductivity of granular media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Monnier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michel Bornert</w:t>
+                <w:t xml:space="preserve">Tristan Calvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Castelier</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Mathieu Vanson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Masson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 158, pp.104647. </w:t>
+              <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 172 (Part B), </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jmps.2021.104647⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2021.107339⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03379552v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03427476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A modified secant formulation to predict the overall behavior of elasto-viscoplastic particulate composites</w:t>
               </w:r>
@@ -1503,629 +1503,629 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00670429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effective properties of linear viscoelastic heterogeneous media: Internal variables formulation and extension to ageing behaviours</w:t>
+                <w:t xml:space="preserve">Three scale modeling of the behavior of a 16MND5-A508 bainitic steel: Stress distribution at low temperatures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Ricaud</w:t>
+                <w:t xml:space="preserve">Raphaël Pesci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Inal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2008.12.007⟩</w:t>
+              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 527 (1-2), pp.376-386. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msea.2009.08.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03427477v1</w:t>
+                <w:t xml:space="preserve">emse-00466384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Three scale modeling of the behavior of a 16MND5-A508 bainitic steel: Stress distribution at low temperatures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Pesci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Inal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 527 (1-2), pp.376-386. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.msea.2009.08.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-00466384v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01166251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three scale modeling of the behavior of a 16MND5-A508 bainitic steel: Stress distribution at low temperatures</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Karim Inal</w:t>
+                <w:t xml:space="preserve">Effective properties of linear viscoelastic heterogeneous media: Internal variables formulation and extension to ageing behaviours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Ricaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.msea.2009.08.020⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 46 (7-8), pp.1599-1606. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2008.12.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01166251v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03427477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the effective elastic behavior of composites: a mixed Finite Element and homogenisation approach</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">New explicit expressions of the Hill polarization tensor for general anisotropic elastic solids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joumana El Gharib</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.crme.2007.11.024⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 45 (3-4), pp.757-769. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2007.08.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03427489v1</w:t>
+                <w:t xml:space="preserve">hal-03427485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New explicit expressions of the Hill polarization tensor for general anisotropic elastic solids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 45 (3-4), pp.757-769. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2007.08.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-02042420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New explicit expressions of the Hill polarization tensor for general anisotropic elastic solids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modeling the effective elastic behavior of composites: a mixed Finite Element and homogenisation approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Toulemonde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joumana El Gharib</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2007.08.035⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 336 (3), pp.275 - 282. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crme.2007.11.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03427485v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03427489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grain and phase stress criteria for behaviour and cleavage in duplex and bainitic steels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Inal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Pesci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Lou Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2289,64 +2289,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stress distribution and cleavage analysis in a 16MnNiMo5 bainitic steel X-ray diffraction and multiscale polycrystalline modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Pesci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Inal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2384,64 +2384,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distribution des contraintes dans l’acier bainitique 16MND5. Analyse expérimentale et modélisation polycristalline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Pesci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Inal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Berveiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2495,642 +2495,642 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01203593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A “quasi-elastic” affine formulation for the homogenised behaviour of nonlinear viscoelastic polycrystals and composites</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Renald Brenner</w:t>
+                <w:t xml:space="preserve">New bounds and estimates for porous media with rigid perfectly plastic matrix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bilger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Auslender</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bornert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">André Zaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0997-7538(02)01247-0⟩</w:t>
+              <w:t xml:space="preserve"> Comptes rendus de l’Académie des sciences. Série IIb, Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 330, pp.127-132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1631-0721(02)01438-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00111358v1</w:t>
+                <w:t xml:space="preserve">hal-00111344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New bounds and estimates for porous media with rigid perfectly plastic matrix</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A modified Beremin model to simulate the warm pre-stress effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Auslender</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michel Bornert</w:t>
+                <w:t xml:space="preserve">W. Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Rousselier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Comptes rendus de l’Académie des sciences. Série IIb, Mécanique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S1631-0721(02)01438-9⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Engineering and Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 216 (1-3), pp.27-42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0029-5493(02)00067-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00111344v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03427479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A modified Beremin model to simulate the warm pre-stress effect</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">G. Barbier</w:t>
+                <w:t xml:space="preserve">A “quasi-elastic” affine formulation for the homogenised behaviour of nonlinear viscoelastic polycrystals and composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renald Brenner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Castelnau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Rousselier</w:t>
+                <w:t xml:space="preserve">André Zaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Engineering and Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 216 (1-3), pp.27-42. </w:t>
+              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 21 (6), pp.943-960. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0029-5493(02)00067-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S0997-7538(02)01247-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03427479v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00111358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New bounds and estimates for porous media with rigid perfectly plastic matrix</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Self-consistent estimates for nonlinear viscoelastic polycrystals: a simplified resolution of the affine formulation adapted to monotonic loading paths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P.Ponte Castañeda</w:t>
+                <w:t xml:space="preserve">Rénald Brenner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Castelnau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Zaoui</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Brigitte Bacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Zaoui</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S1631-0721(02)01438-9⟩</w:t>
+              <w:t xml:space="preserve">Key Engineering Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 177-180, pp.153-158. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/KEM.177-180.153⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03427484v1</w:t>
+                <w:t xml:space="preserve">hal-00111367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-consistent estimates for nonlinear viscoelastic polycrystals: a simplified resolution of the affine formulation adapted to monotonic loading paths</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Renaud Masson</w:t>
+                <w:t xml:space="preserve">New bounds and estimates for porous media with rigid perfectly plastic matrix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bilger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Auslender</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bornert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brigitte Bacroix</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">P.Ponte Castañeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Zaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Key Engineering Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/KEM.177-180.153⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 330 (2), pp.127-132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1631-0721(02)01438-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00111367v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03427484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Second-order estimates for the effective behaviour of viscoplastic polycrystalline materials</w:t>
               </w:r>
@@ -3155,51 +3155,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Ponte Castañeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Zaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 49 (11), pp.2737-2764. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3239,602 +3239,602 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03427482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micromechanics-based modeling of plastic polycrystals: an affine formulation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An affine formulation for the prediction of the effective properties of nonlinear composites and polycrystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bornert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Suquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Zaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0921-5093(00)00687-0⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 48 (6-7), pp.1203-1227. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0022-5096(99)00071-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00111315v1</w:t>
+                <w:t xml:space="preserve">hal-03427478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An affine formulation for the prediction of the effective properties of nonlinear composites and polycrystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bornert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">A. Zaoui</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Suquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Zaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 48 (6-7), pp.1203-1227. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0022-5096(99)00071-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03427478v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An affine formulation for the prediction of the effective properties of nonlinear composites and polycrystals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Micromechanics-based modeling of plastic polycrystals: an affine formulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Zaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">André Zaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 285 (1-2), pp.418-424. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0921-5093(00)00687-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0022-5096(99)00071-X⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01666054v1</w:t>
+                <w:t xml:space="preserve">hal-03427492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micromechanics-based modeling of plastic polycrystals: an affine formulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">André Zaoui</w:t>
+                <w:t xml:space="preserve">Second-order and affine estimates for the behaviour of viscous polycrystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bornert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Ponte-Castañeda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0921-5093(00)00687-0⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Mathematics and Mechanics / Zeitschrift für Angewandte Mathematik und Mechanik</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 80, pp.S17-S20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/zamm.20000801305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03427492v1</w:t>
+                <w:t xml:space="preserve">hal-00111314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Second-order and affine estimates for the behaviour of viscous polycrystals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel Bornert</w:t>
+                <w:t xml:space="preserve">Micromechanics-based modeling of plastic polycrystals: an affine formulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Zaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P. Ponte-Castañeda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Mathematics and Mechanics / Zeitschrift für Angewandte Mathematik und Mechanik</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/zamm.20000801305⟩</w:t>
+              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 285, pp.418-424. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0921-5093(00)00687-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-00111314v1</w:t>
+                <w:t xml:space="preserve">hal-00111315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-consistent estimates for the Rate-Dependent elastoplastic behaviour of polycrystalline materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Zaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 47, pp.1543-1568. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4152,303 +4152,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04412129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental characterization and numerical simulation of the effect of temperature on the thermal behavior of UO$_2$ ceramics with a filamentary porosity network</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Léo Moutin</w:t>
+                <w:t xml:space="preserve">Simulations numériques des conséquences mécaniques de la lithiation de particules de silicium dans une batterie lithium ions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilherme Dalevedo Viana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mihail Garajeu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NuMat 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Gand, Belgium</w:t>
+              <w:t xml:space="preserve">25e Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04911610v1</w:t>
+                <w:t xml:space="preserve">hal-04281721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulations numériques des conséquences mécaniques de la lithiation de particules de silicium dans une batterie lithium ions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental characterization and numerical simulation of the effect of temperature on the thermal behavior of UO$_2$ ceramics with a filamentary porosity network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Moutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guilherme Dalevedo Viana</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Vincent Bouineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Duguay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Fayette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25e Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
+              <w:t xml:space="preserve">NuMat 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Gand, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04281721v1</w:t>
+                <w:t xml:space="preserve">cea-04911610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical modelling of the lithiation of silicon nanoparticles in lithium-ion batteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilherme Dalevedo Viana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5173,51 +5173,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joane Meynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Duguay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Monnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5609,64 +5609,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A crystallographic approach of brittle fracture in the 16MND5 bainitic steel. In-situ X-ray diffraction and scanning electron microscope measurements at low temperatures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Pesci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Inal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5698,519 +5698,519 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01342979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An “Affine” Micromechanical Approach for the Prediction of the Elastoplastic Behavior of Polycrystals at Finite Strain</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modélisation de l’essai Charpy et analyse des contraintes résiduelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Hoc</w:t>
+                <w:t xml:space="preserve">Johan Herman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Abed-Meraim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Inal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IUTAM Symposium on computational mechanics of solid materials at large strains</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Colloque du GFAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2003, Metz, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00114248v1</w:t>
+                <w:t xml:space="preserve">hal-05118351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of mean field models and comparison with computations of 3D multicrystalline metallic aggregates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Diard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Leclercq</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Renaud Masson</w:t>
+                <w:t xml:space="preserve">Gilles Rousselier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Cailletaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasticity '03 : the tenth international symposium on plasticity and its current applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, Quebec City, Canada. pp.337-339</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00165874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation de l’essai Charpy et analyse des contraintes résiduelles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An `affine' micromechanical approach for the prediction of the elastoplastic behaviour of polycrystals at finite strain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Auslender</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bornert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johan Herman</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Karim Inal</w:t>
+                <w:t xml:space="preserve">T. Hoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Zaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque du GFAC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2003, Metz, France</w:t>
+              <w:t xml:space="preserve">IUTAM Symposium on computational mechanics of solid materials at large strains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05118351v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00114247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An `affine' micromechanical approach for the prediction of the elastoplastic behaviour of polycrystals at finite strain</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Auslender</w:t>
+                <w:t xml:space="preserve">An “Affine” Micromechanical Approach for the Prediction of the Elastoplastic Behavior of Polycrystals at Finite Strain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Auslender</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bornert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Zaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Hoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Zaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IUTAM Symposium on computational mechanics of solid materials at large strains</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2003, France</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2001, Stuttgart, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-94-017-0297-3_27⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00114247v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00114248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet de la répartition hétérogène en amas des particules de MnS sur la rupture fragile et ductile des aciers de cuve</w:t>
               </w:r>
@@ -6222,51 +6222,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bilger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bornert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Auslender</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6321,90 +6321,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homogénéisation non linéaire et champs locaux dans un matériau poreux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bilger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Auslender</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bornert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Zaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6455,51 +6455,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling rate-dependent effects in heterogeneous materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Zaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">T.H. Lin 90th Birthday Symposium on Mechanics and Materials, 2001 Joint ASCE-ASME-SES Mechanics and Materials Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6524,103 +6524,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modification du critère de Gurson par une approche micromécanique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bilger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Auslender</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bornert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Zaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MECAMAT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6645,90 +6645,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface d'écoulement macroscopique des milieux poreux : Modification du critère de Gurson par une approche micromécanique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bilger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bornert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Auslender</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Zaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6760,304 +6760,304 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00117729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-consistent estimates for nonlinear viscoelastic polycrystals: a simplified resolution of the affine formulation adapted to monotonic loading paths</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An affine formulation for the prediction of the effective properties of nonlinear composites and polycrystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bornert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Suquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Zaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AEPA 2000</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/KEM.177-180.153⟩</w:t>
+              <w:t xml:space="preserve">ICTAM 2000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, Washington, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0022-5096(99)00071-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00117815v1</w:t>
+                <w:t xml:space="preserve">hal-00114467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An affine formulation for the prediction of the effective properties of nonlinear composites and polycrystals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Self-consistent estimates for nonlinear viscoelastic polycrystals: a simplified resolution of the affine formulation adapted to monotonic loading paths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rénald Brenner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Castelnau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Bacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Zaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICTAM 2000</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0022-5096(99)00071-X⟩</w:t>
+              <w:t xml:space="preserve">AEPA 2000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, Hong-Kong, Hong Kong SAR China. pp.153-158, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/KEM.177-180.153⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00114467v1</w:t>
+                <w:t xml:space="preserve">hal-00117815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear estimates for the effective behaviour of polycrystalline materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Zaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bornert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7114,51 +7114,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling stress-dependent transformation strains of heterogeneous materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Zaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7217,51 +7217,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micromechanics-based Modelling of Plastic Polycrystals: an Affine Formulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Zaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7411,203 +7411,203 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00117892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental necessities of the micro-macro methods: the example of zirconium and alloys.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+                <w:t xml:space="preserve">From rate-dependent to rate-independent self-consistent modelling of elastoplastic multiphase materials.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Zaoui</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">1997, pp.1-12</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1997, pp.209-210</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00116442v1</w:t>
+                <w:t xml:space="preserve">hal-00116466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From rate-dependent to rate-independent self-consistent modelling of elastoplastic multiphase materials.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental necessities of the micro-macro methods: the example of zirconium and alloys.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Th. Bretheau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Zaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Crépin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">1997, pp.209-210</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1997, pp.1-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00116466v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00116442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micromechanical modelling of creep of zirconium alloys.</w:t>
               </w:r>
@@ -7619,51 +7619,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Navidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Zaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1997, pp.21-28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8240,51 +8240,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04911665v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Moutin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joane Meynard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Josien" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bornert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Duguay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2024.155246" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420651v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2023.112249" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205164v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Viana" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Masson" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Michel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mathieu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihail G&#259;r&#259;jeu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2023.105001" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205130v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gauthier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Helfer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2023.112443" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427476v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Calvet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathieu Vanson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2021.107339" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379552v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelle Ibrahim" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Monnier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Castelier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2021.104647" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02476918v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Bachir Seck" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Fauque" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihail Garajeu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2020.103874" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482763v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2018.04.018" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427490v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Sercombe" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2013.03.019" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427486v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renald Brenner" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Castelnau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2012.02.021" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205563v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00670429v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Largenton" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Michel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Suquet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2011131" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427477v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ricaud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2008.12.007" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00466384v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Pesci" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Inal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2009.08.020" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166251v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427489v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Toulemonde" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joumana El Gharib" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2007.11.024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02042420v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2007.08.035" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427485v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203493v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Lou Lebrun" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Diard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-2695.2006.01056.x" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427487v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Brenner" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2005.06.004" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187577v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203593v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Berveiller" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1296-2139(03)00075-7" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111358v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Zaoui" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0997-7538(02)01247-0" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111344v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bilger" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Auslender" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1631-0721(02)01438-9" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427479v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Lefevre" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barbier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rousselier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0029-5493(02)00067-5" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427484v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.Ponte Casta&#241;eda" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zaoui" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111367v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;nald Brenner" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Bacroix" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.177-180.153" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427482v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Ponte Casta&#241;eda" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-5096(01)00077-1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9VW18TP0-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111315v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0921-5093(00)00687-0" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427478v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Suquet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-5096(99)00071-X" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666054v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427492v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111314v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ponte-Casta&#241;eda" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/zamm.20000801305" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZP54JT2S-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111618v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-5096(98)00106-9" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FNS5F449-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312972v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morad Essafi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237;n Idiart" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Lahellec" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412129v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fayette" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. King" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04911610v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bouineau" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281721v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Dalevedo Viana" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888588v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. G&#259;r&#259;jeu" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718089v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Gicquel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Onimus" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442585v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430928v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Fauque" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M G&#515;r&#515;jeu" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523369v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308485v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430976v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Seck" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M G&#227;r&#227;jeu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415478v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922538v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rami&#232;re" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bernaud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057107v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Thouvenin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461194v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pacull" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier D&#233;bordes" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342979v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114248v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hoc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-017-0297-3_27" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/080C6A951B674343853F82E3BF207DC6A80DEEAD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00165874v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Leclercq" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Rousselier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Cailletaud" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05118351v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Herman" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Abed-Meraim" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114247v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Auslender" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117710v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bilger" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Michel" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117716v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117748v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117759v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117729v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117815v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114467v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116553v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ponte Casta&#241;eda" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116522v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/0-306-46935-9_1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-836B50ZG-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116526v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117892v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bretheau" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Caldemaison" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Cr&#233;pin" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ferrer" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. H&#232;raud" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116442v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Bretheau" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116466v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116465v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Navidi" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04947183v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Asserin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Ayrault" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bary" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Beccantini" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Blaise" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020318v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Guicheret-Retel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Trivaudey" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamine Boubakar" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Thevenin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00605270v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04911665v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Moutin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joane Meynard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Josien" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bornert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Duguay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2024.155246" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420651v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2023.112249" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205164v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Viana" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Masson" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Michel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mathieu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihail G&#259;r&#259;jeu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2023.105001" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205130v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gauthier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Helfer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2023.112443" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379552v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelle Ibrahim" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Monnier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Castelier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2021.104647" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427476v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Calvet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathieu Vanson" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2021.107339" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02476918v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Bachir Seck" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Fauque" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihail Garajeu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2020.103874" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482763v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2018.04.018" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427490v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Sercombe" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2013.03.019" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427486v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renald Brenner" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Castelnau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2012.02.021" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205563v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00670429v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Largenton" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Michel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Suquet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2011131" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00466384v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Pesci" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Inal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2009.08.020" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166251v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427477v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ricaud" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2008.12.007" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427485v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2007.08.035" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02042420v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427489v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Toulemonde" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joumana El Gharib" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2007.11.024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203493v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Lou Lebrun" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Diard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-2695.2006.01056.x" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427487v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Brenner" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2005.06.004" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187577v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203593v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Berveiller" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1296-2139(03)00075-7" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111344v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bilger" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Auslender" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1631-0721(02)01438-9" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427479v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Lefevre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barbier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rousselier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0029-5493(02)00067-5" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111358v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Zaoui" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0997-7538(02)01247-0" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111367v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;nald Brenner" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Bacroix" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.177-180.153" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427484v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.Ponte Casta&#241;eda" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zaoui" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427482v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Ponte Casta&#241;eda" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-5096(01)00077-1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9VW18TP0-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427478v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Suquet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-5096(99)00071-X" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666054v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427492v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0921-5093(00)00687-0" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111314v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ponte-Casta&#241;eda" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/zamm.20000801305" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZP54JT2S-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111315v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111618v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-5096(98)00106-9" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FNS5F449-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312972v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morad Essafi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237;n Idiart" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Lahellec" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412129v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fayette" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. King" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281721v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Dalevedo Viana" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04911610v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bouineau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888588v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. G&#259;r&#259;jeu" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718089v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Gicquel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Onimus" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442585v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430928v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Fauque" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M G&#515;r&#515;jeu" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523369v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308485v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430976v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Seck" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M G&#227;r&#227;jeu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415478v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922538v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rami&#232;re" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bernaud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057107v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Thouvenin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461194v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pacull" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier D&#233;bordes" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342979v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05118351v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Herman" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Abed-Meraim" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00165874v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Leclercq" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Rousselier" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Cailletaud" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114247v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Auslender" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hoc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114248v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-017-0297-3_27" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/080C6A951B674343853F82E3BF207DC6A80DEEAD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117710v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bilger" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Michel" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117716v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117748v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117759v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117729v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114467v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117815v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116553v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ponte Casta&#241;eda" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116522v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/0-306-46935-9_1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-836B50ZG-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116526v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117892v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bretheau" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Caldemaison" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Cr&#233;pin" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ferrer" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. H&#232;raud" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116466v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116442v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Bretheau" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116465v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Navidi" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04947183v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Asserin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Ayrault" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bary" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Beccantini" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Blaise" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020318v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Guicheret-Retel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Trivaudey" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamine Boubakar" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Thevenin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00605270v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>