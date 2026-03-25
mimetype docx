--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1119,248 +1119,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03483679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the spherulitic deformation in equatorial region and cavitation in HDPE materials submitted to mixed-mode oligo-cyclic tensile loading</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hang Guo</w:t>
+                <w:t xml:space="preserve">The effect of pre-curingUV-irradiation on the crosslinking of silicone rubber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Gallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.G. Rinaldi</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Olivier Lame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Testing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.polymertesting.2021.107208⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 138, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/app.49807⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03483680v1</w:t>
+                <w:t xml:space="preserve">hal-03367346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of pre-curingUV-irradiation on the crosslinking of silicone rubber</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marta Gallo</w:t>
+                <w:t xml:space="preserve">Characterization of the spherulitic deformation in equatorial region and cavitation in HDPE materials submitted to mixed-mode oligo-cyclic tensile loading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hang Guo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.G. Rinaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sourour Tayakout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Broudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 138, </w:t>
+              <w:t xml:space="preserve">Polymer Testing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 99, </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/app.49807⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.polymertesting.2021.107208⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03367346v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03483680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of Torsional Vibration Damper (TVD) pulley, implementation of a rubber elastomeric behavior, simulations and experiments</w:t>
               </w:r>
@@ -2945,329 +2945,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04835851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse du comportement mécanique d’un matériau multicouches aux propriétés de raideur et d’amortissement contrôlées localement par irradiation UV</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spatial Patterning of the Viscoelastic Core Layer of a Hybrid Sandwich Composite Material to Trigger Its Vibro-Acoustic Performances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Gallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kerem Ege</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Leclere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Totaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème Congrès Français d'Acoustique, CFA 2018</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">10th International Styrian Noise, Vibration &amp; Harshness Congress: The European Automotive Noise Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Graz, Austria. pp.2018-01-1500, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4271/2018-01-1500⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01790340v1</w:t>
+                <w:t xml:space="preserve">hal-01828985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial Patterning of the Viscoelastic Core Layer of a Hybrid Sandwich Composite Material to Trigger Its Vibro-Acoustic Performances</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Analyse du comportement mécanique d’un matériau multicouches aux propriétés de raideur et d’amortissement contrôlées localement par irradiation UV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Gallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Corentin Chesnais</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.G. Rinaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kerem Ege</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Quentin Leclere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Totaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Styrian Noise, Vibration &amp; Harshness Congress: The European Automotive Noise Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">14ème Congrès Français d'Acoustique, CFA 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Le Havre, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4271/2018-01-1500⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01828985v1</w:t>
+                <w:t xml:space="preserve">hal-01790340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling, designing and measuring hybrid sandwich composite panels with optimized damping properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kerem Ege</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Gallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q. Leclere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3335,51 +3335,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Versatile hybrid sandwich composite combining large stiffness and high damping: spatial patterning of the viscoelastic core layer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Gallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.G. Rinaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3463,51 +3463,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01585494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation expérimentale et modélisation numérique des matériaux polymères chargés de fibres de verre pour la vibro-acoustique</w:t>
+                <w:t xml:space="preserve">Experimental characterization and numerical modeling of short-glass-fiber composite for vibroacoustic applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Totaro</w:t>
@@ -3525,73 +3525,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">R.G. Rinaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Eller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Le Mans, France</w:t>
+              <w:t xml:space="preserve">ISMA 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Leuven, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01474633v1</w:t>
+                <w:t xml:space="preserve">hal-01468637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation expérimentale et modélisation numérique des matériaux polymères chargés en fibres de verre pour la vibroacoustique</w:t>
               </w:r>
@@ -3679,51 +3679,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01468621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental characterization and numerical modeling of short-glass-fiber composite for vibroacoustic applications</w:t>
+                <w:t xml:space="preserve">Caractérisation expérimentale et modélisation numérique des matériaux polymères chargés de fibres de verre pour la vibro-acoustique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Totaro</w:t>
@@ -3741,73 +3741,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">R.G. Rinaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Eller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISMA 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Leuven, Belgium</w:t>
+              <w:t xml:space="preserve">CFA 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Le Mans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01468637v1</w:t>
+                <w:t xml:space="preserve">hal-01474633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matériaux architecturés à base polymère : Etude des composants polymériques d’une raquette de ping-pong</w:t>
               </w:r>
@@ -5610,51 +5610,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532284v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile R&#233;mond" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dolique" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud G Rinaldi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe G&#233;minard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/mmdr-2mm3" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431332v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Girard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Doitrand" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behrad Koohbor" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Godin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jtcam.12997" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673325v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Rinaldi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.110.015002" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04119819v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.107.055007" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309201v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Girard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Doitrand" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Koohbor" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.G. Rinaldi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Godin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2023.105498" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080578v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2023.109254" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483678v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Guo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Broudin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sourour Tayakout" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lame" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2021.124232" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483679v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2021.123706" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483680v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2021.107208" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367346v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Gallo" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.49807" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360753v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.A.F. Silva" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Manin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Besnier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Remond" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2019.103583" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802218v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A.F. Silva" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2017.10.008" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778160v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerem Ege" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.B. Roozen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Leclere" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2018.04.013" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802279v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1299/jamdsm.2017jamdsm0085" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399334v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Stricher" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Machado" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Chagnon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Favier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mame.201600237" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802288v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bonnard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Drillon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lourenco" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2016.06.307" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179519v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Stricher" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Barr&#232;s" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Ganachaud" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chazeau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ra06965c" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808033v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.N. Cox" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.A. Bale" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Begley" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blacklock" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.-C. Do" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-matsci-122013-025024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00938293v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Gaertner" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Brunet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vidal-Salle" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2010.12.006" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F62J54H4-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360185v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bikard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959385v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pierre Escudi&#233;" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Paris" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Chouteau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gautier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835851v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Girard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Tosti Umemura" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R G Rinaldi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60691/yj56-np80" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790340v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Chesnais" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Totaro" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828985v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2018-01-1500" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787704v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Leclere" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. B. Roozen" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585494v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Chenal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4987867" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474633v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Zerrad" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Eller" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01468621v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01468637v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01248118v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872476v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ganachaud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215310v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Henry" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Sandier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872491v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872466v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872516v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872521v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079792v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507185v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208266v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Belhadj" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier P Morelle" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Sotta" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;antoine Albouy" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996881v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800695v2" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00103408v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532284v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile R&#233;mond" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dolique" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud G Rinaldi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe G&#233;minard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/mmdr-2mm3" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431332v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Girard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Doitrand" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behrad Koohbor" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Godin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jtcam.12997" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673325v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Rinaldi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.110.015002" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04119819v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.107.055007" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309201v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Girard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Doitrand" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Koohbor" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.G. Rinaldi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Godin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2023.105498" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080578v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2023.109254" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483678v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Guo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Broudin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sourour Tayakout" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lame" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2021.124232" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483679v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2021.123706" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367346v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Gallo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.49807" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483680v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2021.107208" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360753v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.A.F. Silva" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Manin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Besnier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Remond" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2019.103583" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802218v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A.F. Silva" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2017.10.008" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778160v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerem Ege" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.B. Roozen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Leclere" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2018.04.013" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802279v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1299/jamdsm.2017jamdsm0085" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399334v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Stricher" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Machado" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Chagnon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Favier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mame.201600237" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802288v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bonnard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Drillon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lourenco" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2016.06.307" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179519v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Stricher" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Barr&#232;s" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Ganachaud" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chazeau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ra06965c" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808033v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.N. Cox" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.A. Bale" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Begley" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blacklock" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.-C. Do" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-matsci-122013-025024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00938293v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Gaertner" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Brunet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vidal-Salle" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2010.12.006" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F62J54H4-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360185v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bikard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959385v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pierre Escudi&#233;" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Paris" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Chouteau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gautier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835851v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Girard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Tosti Umemura" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R G Rinaldi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60691/yj56-np80" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828985v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Chesnais" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Totaro" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2018-01-1500" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790340v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787704v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Leclere" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. B. Roozen" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585494v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Chenal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4987867" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01468637v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Zerrad" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Eller" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01468621v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474633v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01248118v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872476v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ganachaud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215310v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Henry" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Sandier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872491v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872466v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872516v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872521v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079792v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507185v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208266v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Belhadj" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier P Morelle" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Sotta" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;antoine Albouy" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996881v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800695v2" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00103408v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>