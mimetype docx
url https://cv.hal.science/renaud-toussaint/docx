--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -207,51 +207,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (154)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (155)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -375,144 +375,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05401172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fault Gouge Failure Induced by Fluid Injection: Hysteresis, Delay and Shear‐Strengthening</w:t>
+                <w:t xml:space="preserve">Water Resources in South of Iraq: Current State, Future Evolutions, Challenges, and Potential Solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pritom Sarma</w:t>
+                <w:t xml:space="preserve">Saleem Ethaib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marwan Fahs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Einat Aharonov</w:t>
+                <w:t xml:space="preserve">Hussein Mishbak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renaud Toussaint</w:t>
+                <w:t xml:space="preserve">Mohammad N Fares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stanislav Parez</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jamal S Makki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 130 (6), </w:t>
+              <w:t xml:space="preserve">Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 13 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2024JB030768⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/hydrology13030087⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05402330v1</w:t>
+                <w:t xml:space="preserve">hal-05548651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The 2023 Mw 7.8 Kahramanmaraş earthquake rupture increases potential failure along the northern Dead Sea Fault</w:t>
               </w:r>
@@ -537,11134 +554,11117 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ziyadin Cakir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jugurtha Kariche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriane Provost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tectonophysics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 910, pp.230799. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.tecto.2025.230799⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05115392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gravity stabilized drainage in porous media with controlled disorder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khobaib Khobaib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paula Reis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Moura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eirik Grude Flekkøy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 7, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevResearch.7.023040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-05082244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction between corner and bulk flows during drainage in granular porous media</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fault Gouge Failure Induced by Fluid Injection: Hysteresis, Delay and Shear‐Strengthening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Per Arne Rikvold</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Pritom Sarma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Einat Aharonov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislav Parez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Water Resources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.advwatres.2025.104914⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 130 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2024JB030768⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05402343v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05402330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An innovative experimental device to quantify the water relative permeability and in situ water retention curves of unconsolidated porous media</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gerhard Schäfer</w:t>
+                <w:t xml:space="preserve">Interaction between corner and bulk flows during drainage in granular porous media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Reis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Lehmann</w:t>
+                <w:t xml:space="preserve">Gaute Linga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Moura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammad Piri</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Per Arne Rikvold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 357 (G1), pp.475 - 488. </w:t>
+              <w:t xml:space="preserve">Advances in Water Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 198, pp.104914. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5802/crgeos.315⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.advwatres.2025.104914⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05402357v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05402343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic System Roughening from Mineral to Tectonic Plate Scale: Similarities Between Stylolites and Mid-Ocean Ridges</w:t>
+                <w:t xml:space="preserve">An innovative experimental device to quantify the water relative permeability and in situ water retention curves of unconsolidated porous media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Hafermaas</w:t>
+                <w:t xml:space="preserve">Kevin Hernandez-Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saskia Köhler</w:t>
+                <w:t xml:space="preserve">Gerhard Schäfer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Koehn</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">François Lehmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Piri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Minerals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/min15070743⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 357 (G1), pp.475 - 488. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/crgeos.315⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05401199v1</w:t>
+                <w:t xml:space="preserve">hal-05402357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Machine Learning Prediction Of The Mass And The Velocity Of Controlled Single-Block Rockfalls From The Seismic Waves They Generate</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dynamic System Roughening from Mineral to Tectonic Plate Scale: Similarities Between Stylolites and Mid-Ocean Ridges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Noël</w:t>
+                <w:t xml:space="preserve">Daniel Hafermaas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Toe</w:t>
+                <w:t xml:space="preserve">Saskia Köhler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miloud Talib</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Daniel Koehn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth Surface Dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/esurf-12-641-2024⟩</w:t>
+              <w:t xml:space="preserve">Minerals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (7), pp.743. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/min15070743⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04604400v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05401199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulated Slidequakes: Insights From DEM Simulations Into the High‐Frequency Seismic Signal Generated by Geophysical Granular Flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Arran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Arran</w:t>
+                <w:t xml:space="preserve">A. Mangeney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Mangeney</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">J. de Rosny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research: Earth Surface</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 129 (8), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1029/2023JF007455⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04801308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling rainfall-induced landslide using the concept of local factor of safety: Uncertainty propagation and sensitivity analysis</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anis Younes</w:t>
+                <w:t xml:space="preserve">Machine Learning Prediction Of The Mass And The Velocity Of Controlled Single-Block Rockfalls From The Seismic Waves They Generate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Hibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hossein Nowamooz</w:t>
+                <w:t xml:space="preserve">François Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
+                <w:t xml:space="preserve">David Toe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miloud Talib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Desrues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Geotechnics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compgeo.2024.106102⟩</w:t>
+              <w:t xml:space="preserve">Earth Surface Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12, pp.641-656. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/esurf-12-641-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04544628v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04604400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical implications of the n = 1 observation of 1I/‘Oumuamua</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Modeling rainfall-induced landslide using the concept of local factor of safety: Uncertainty propagation and sensitivity analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rashad Abbasov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marwan Fahs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hossein Nowamooz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society: Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnrasl/slad049⟩</w:t>
+              <w:t xml:space="preserve">Computers and Geotechnics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 167, pp.106102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compgeo.2024.106102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04311831v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04544628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drainage explains soil liquefaction beyond the earthquake near-field</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Statistical implications of the n = 1 observation of 1I/‘Oumuamua</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirik Grude Flekkøy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Einat Aharonov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-41405-4⟩</w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society: Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 523 (1), pp.L9-L14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnrasl/slad049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04311812v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04311831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly energetic rockfalls: back analysis of the 2015 event from the Mel de la Niva, Switzerland</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Drainage explains soil liquefaction beyond the earthquake near-field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Travelletti</w:t>
+                <w:t xml:space="preserve">Shahar Ben-Zeev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Battista Matasci</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Liran Goren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Einat Aharonov</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Landslides</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 20 (8), pp.1561-1582. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.5791. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10346-023-02054-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-41405-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04291588v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04311812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simplified pore-scale model for slow drainage including film-flow effects</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Renaud Toussaint</w:t>
+                <w:t xml:space="preserve">Highly energetic rockfalls: back analysis of the 2015 event from the Mel de la Niva, Switzerland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Synnøve Flugekvam Nordang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Jaboyedoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Travelletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Battista Matasci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Water Resources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.advwatres.2023.104580⟩</w:t>
+              <w:t xml:space="preserve">Landslides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 20 (8), pp.1561-1582. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10346-023-02054-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04311793v1</w:t>
+                <w:t xml:space="preserve">hal-04291588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic emissions of nearly steady and uniform granular flows: A proxy for flow dynamics and velocity fluctuations</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">A simplified pore-scale model for slow drainage including film-flow effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Reis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Moura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaute Linga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Per Arne Rikvold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mattew I. Arran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Earth Surface</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">Advances in Water Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 182, pp.104580. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2022JF006990⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.advwatres.2023.104580⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04024382v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04311793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sink versus tilt penetration into shaken dry granular matter: The role of the foundation</w:t>
+                <w:t xml:space="preserve">Acoustic emissions of nearly steady and uniform granular flows: A proxy for flow dynamics and velocity fluctuations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Alonso-Llanes</w:t>
+                <w:t xml:space="preserve">Vincent Bachelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Sánchez-Colina</w:t>
+                <w:t xml:space="preserve">Anne Mangeney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A J Batista-Leyva</w:t>
+                <w:t xml:space="preserve">Julien de Rosny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Clément</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">E. Altshuler</w:t>
+                <w:t xml:space="preserve">Mattew I. Arran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.105.024903⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Earth Surface</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2022JF006990⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03708677v1</w:t>
+                <w:t xml:space="preserve">hal-04024382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Outcrop scale mixing enhanced by permeability variations: the role of stationary and travelling waves of high saturation indices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Koehn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrich Kelka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ulrich Kelka</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Renaud Toussaint</w:t>
+                <w:t xml:space="preserve">Coralie Siegel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gary Mullen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geological Magazine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Faults and fractures in rocks: mechanics, occurrence, dating, stress history and fluid flow, 159 (11-12), pp.2279-2292. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/S001675682200070X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04311857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scaling analysis, correlation length and compaction estimates of natural and simulated stylolites</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sink versus tilt penetration into shaken dry granular matter: The role of the foundation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Alonso-Llanes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Köehn</w:t>
+                <w:t xml:space="preserve">G. Sánchez-Colina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Köehler</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Renaud Toussaint</w:t>
+                <w:t xml:space="preserve">A J Batista-Leyva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Ghani</w:t>
+                <w:t xml:space="preserve">C. Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Stollhofen</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">E. Altshuler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Structural Geology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 161, pp.104670. </w:t>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 105 (2), pp.024903. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jsg.2022.104670⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.105.024903⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03873884v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03708677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuous to intermittent flows in growing granular heaps</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Scaling analysis, correlation length and compaction estimates of natural and simulated stylolites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Martínez</w:t>
+                <w:t xml:space="preserve">D. Köehn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Batista-Leyva</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">S. Köehler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">E. Altshuler</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Ghani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Stollhofen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.106.014904⟩</w:t>
+              <w:t xml:space="preserve">Journal of Structural Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 161, pp.104670. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsg.2022.104670⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03873876v1</w:t>
+                <w:t xml:space="preserve">hal-03873884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Competing Gravitational and Viscous Effects in 3D Two-Phase Flow Investigated With a Table-Top Optical Scanner</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Continuous to intermittent flows in growing granular heaps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Alonso-Llanes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Martínez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Batista-Leyva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Altshuler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 106 (1), pp.014904. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.106.014904⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fphy.2022.936915⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03873833v1</w:t>
+                <w:t xml:space="preserve">hal-03873876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visualization by optical fluorescence of two-phase flow in a three-dimensional porous medium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joachim Falck Brodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Moura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Per Arne Rikvold</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1742-6596/2241/1/012004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03873817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stable and unstable capillary fingering in porous media with a gradient in grain size</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Competing Gravitational and Viscous Effects in 3D Two-Phase Flow Investigated With a Table-Top Optical Scanner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joachim Falck Brodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Per Arne Rikvold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Moura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42005-022-01072-1⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphy.2022.936915⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04311849v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03873833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermo-mechanical pain: the signaling role of heat dissipation in biological tissues</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId116" w:history="1">
+                <w:t xml:space="preserve">Stable and unstable capillary fingering in porous media with a gradient in grain size</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Vincent-Dospital</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Moura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1367-2630/abe444⟩</w:t>
+              <w:t xml:space="preserve">Communications Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 5 (1), pp.306. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42005-022-01072-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03151695v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04311849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat emitting damage in skin: a thermal pathway for mechanical algesia</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">3D Printing in Geology and Geophysics: A New World of Opportunities in Research, Outreach, and Education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christodoulos Kyriakopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas C. Barth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Koelemeijer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeff Winterbourne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnins.2021.780623⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/feart.2021.734291⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03381168v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03451152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal dissipation as both the strength and weakness of matter. A material failure prediction by monitoring creep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Vincent-Dospital</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eirik Grude Flekkøy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soft Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 17 (15), pp.4143-4150. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/D0SM02089C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03175344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laboratory Landquakes: Insights From Experiments Into the High‐Frequency Seismic Signal Generated by Geophysical Granular Flows</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thermally activated intermittent dynamics of creeping crack fronts along disordered interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Vincent-Dospital</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Cochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Santucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Earth Surface</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2021JF006172⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-98556-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03253991v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03381167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermally activated intermittent dynamics of creeping crack fronts along disordered interfaces</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Laboratory Landquakes: Insights From Experiments Into the High‐Frequency Seismic Signal Generated by Geophysical Granular Flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Arran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Mangeney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. de Rosny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Farin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-98556-x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Earth Surface</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 126 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2021JF006172⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03381167v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03253991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Printing in Geology and Geophysics: A New World of Opportunities in Research, Outreach, and Education</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Heat emitting damage in skin: a thermal pathway for mechanical algesia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Vincent-Dospital</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/feart.2021.734291⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnins.2021.780623⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03451152v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03381168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Burst Dynamics, Upscaling and Dissipation of Slow Drainage in Porous Media</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Thermo-mechanical pain: the signaling role of heat dissipation in biological tissues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Vincent-Dospital</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fphy.2021.796019⟩</w:t>
+              <w:t xml:space="preserve">New Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23 (2), pp.023028. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1367-2630/abe444⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03547298v2</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03151695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frictional Anisotropy of 3D-Printed Fault Surfaces</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Burst Dynamics, Upscaling and Dissipation of Slow Drainage in Porous Media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Moura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Hansen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirik Grude Flekkøy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, pp.796019. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphy.2021.796019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/feart.2021.627823⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03547333v2</w:t>
+                <w:t xml:space="preserve">hal-03547298v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The slip deficit on the North Anatolian Fault (Turkey) in the Marmara Sea: insights from paleoseismicity, seismicity and geodetic data</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Frictional Anisotropy of 3D-Printed Fault Surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Vincent-Dospital</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Steyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. E Aksoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mediterranean Geoscience Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s42990-021-00053-w⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, pp.627823. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/feart.2021.627823⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03453708v2</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03547333v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relative rates of fluid advection, elemental diffusion and replacement govern reaction front patterns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Koehn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Piazolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Beaudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ulrich Kelka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liene Spruženiece</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 565, pp.116950. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.epsl.2021.116950⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03452658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gravitational and Finite‐Size Effects On Pressure Saturation Curves During Drainage</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">The slip deficit on the North Anatolian Fault (Turkey) in the Marmara Sea: insights from paleoseismicity, seismicity and geodetic data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Meghraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. E Aksoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water Resources Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2019WR026279⟩</w:t>
+              <w:t xml:space="preserve">Mediterranean Geoscience Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 3 (1), pp.45 - 56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s42990-021-00053-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03011082v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03453708v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulating Hydraulic Fracturing: Failure in Soft Versus Hard Rocks</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">Fracturing and Porosity Channeling in Fluid Overpressure Zones in the Shallow Earth’s Crust</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Koehn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Piazolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Till Sachau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">G. Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pure and Applied Geophysics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00024-019-02376-0⟩</w:t>
+              <w:t xml:space="preserve">Geofluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Structural Controls on Basin- and Crustal-Scale Fluid Flow and Resulting Mineral Reactions, 2020, pp.7621759. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2020/7621759⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02388745v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03011080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical instability of saturated soils sampled in the Oran coast, Algeria.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simulating Hydraulic Fracturing: Failure in Soft Versus Hard Rocks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Bensoula</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Janis Aleksans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Koehn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials and Engineering Structures</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pure and Applied Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00024-019-02376-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03011083v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02388745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compaction front and pore fluid pressurization in horizontally shaken drained granular layers</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Mechanical instability of saturated soils sampled in the Oran coast, Algeria.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Bousmaha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Bensoula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Liran Goren</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Fluids</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Materials and Engineering Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7 (1), pp.5-14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.5.054301⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03011081v2</w:t>
+                <w:t xml:space="preserve">hal-03011083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fracturing and Porosity Channeling in Fluid Overpressure Zones in the Shallow Earth’s Crust</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Compaction front and pore fluid pressurization in horizontally shaken drained granular layers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shahar Ben Zeev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Einat Aharonov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislav Parez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liran Goren</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geofluids</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5 (5), pp.054301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.5.054301⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1155/2020/7621759⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03011080v1</w:t>
+                <w:t xml:space="preserve">hal-03011081v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How heat controls fracture: the thermodynamics of creeping and avalanching cracks</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Gravitational and Finite‐Size Effects On Pressure Saturation Curves During Drainage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monem Ayaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerhard Schafer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soft Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D0SM01062F⟩</w:t>
+              <w:t xml:space="preserve">Water Resources Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 56 (10), pp.e2019WR026279. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2019WR026279⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02926644v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03011082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">’Oumuamua as a Cometary Fractal Aggregate: The “Dust Bunny” Model</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">How heat controls fracture: the thermodynamics of creeping and avalanching cracks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Vincent-Dospital</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Santucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Vanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bonamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/2041-8213/abafa7⟩</w:t>
+              <w:t xml:space="preserve">Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 16 (41), pp.9590-9602. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D0SM01062F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03011068v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02926644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dissolution Phase Diagram in Radial Geometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Szymczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eirik G. Flekkøy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Knut J. Måløy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 8, pp.369. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fphy.2020.00369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03011085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intermittent dynamics of slow drainage experiments in porous media: characterization under different boundary conditions</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">’Oumuamua as a Cometary Fractal Aggregate: The “Dust Bunny” Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jane X. Luu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirik G. Flekkøy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fphy.2019.00217⟩</w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 900 (2), pp.L22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/2041-8213/abafa7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02388907v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03011068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal weakening of cracks and brittle-ductile transition of matter: A phase model</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Intermittent dynamics of slow drainage experiments in porous media: characterization under different boundary conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Moura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut Jørgen J Måløy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirik Grude Flekkøy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Eirik Flekkøy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.4.023604⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphy.2019.00217⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03014256v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02388907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Connectivity enhancement due to film flow in porous media</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+                <w:t xml:space="preserve">Thermal weakening of cracks and brittle-ductile transition of matter: A phase model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Vincent-Dospital</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Cochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Renaud Toussaint</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirik Flekkøy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.4.094102⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.4.023604⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02320640v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03014256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relations between the characteristics of granular column collapses and resultant high‐frequency seismic signals</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Experimental Observation of Dissolution Finger Growth in Radial Geometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Szymczak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Phuong-Thu Trinh</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirik Grude Flekkøy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Earth Surface</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2019JF005258⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphy.2019.00096⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-02333954v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-02334471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avalanches and extreme value statistics in interfacial crackling dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Santucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ken Tore Tallakstad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiza Angheluta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lasse Laurson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Philosophical Transactions of the Royal Society of London. Series A, Mathematical and Physical Sciences (1934–1990)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 377 (2136), pp.20170394. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1098/rsta.2017.0394⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02130591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Observation of Dissolution Finger Growth in Radial Geometry</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Relations between the characteristics of granular column collapses and resultant high‐frequency seismic signals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Farin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mangeney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien de Rosny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phuong-Thu Trinh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fphy.2019.00096⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Earth Surface</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 124 (12), pp.2987-3021. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2019JF005258⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-02334471v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-02333954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermally activated crack fronts propagating in pinning disorder: simultaneous brittle/creep behavior depending on scale</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+                <w:t xml:space="preserve">Connectivity enhancement due to film flow in porous media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Moura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirik Grude Flekkøy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerhard Schafer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society of London. Series A, Mathematical and Physical Sciences (1934–1990)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rsta.2017.0399⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.4.094102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02130594v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02320640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Source Localization of Microseismic Emissions During Pneumatic Fracturing</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Thermally activated crack fronts propagating in pinning disorder: simultaneous brittle/creep behavior depending on scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Cochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lengliné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2019GL082198⟩</w:t>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society of London. Series A, Mathematical and Physical Sciences (1934–1990)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 377 (2136), pp.20170399. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsta.2017.0399⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02130588v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02130594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The interstellar object 'Oumuamua as a fractal dust aggregate</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Source Localization of Microseismic Emissions During Pneumatic Fracturing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine L. Turquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fredrik Kvalheim Eriksen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lengliné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/2041-8213/ab4f78⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 46 (7), pp.3726-3733. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2019GL082198⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-02366685v2</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02130588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microseismic Emissions During Pneumatic Fracturing: A Numerical Model to Explain the Experiments</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">The interstellar object 'Oumuamua as a fractal dust aggregate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirik G. Flekkøy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jane Luu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2017JB014613⟩</w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 885 (2), pp.L41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/2041-8213/ab4f78⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01907672v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-02366685v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stylolites: A review</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Sinking during earthquakes: Critical acceleration criteria control drained soil liquefaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Menka Stojanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Einat Aharonov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Clement</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Structural Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsg.2018.05.003⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 97 (2), pp.022905. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.97.022905⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01907624v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01715092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pressure evolution and deformation of confined granular media during pneumatic fracturing</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Link Between the Dynamics of Granular Flows and the Generated Seismic Signal: Insights From Laboratory Experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Farin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mangeney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien De rosny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Eirik Grude Flekkøy</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phuong-Thu Trinh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.97.012908⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Earth Surface</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 123 (6), pp.1407-1429. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2017JF004296⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01694329v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01907646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Link Between the Dynamics of Granular Flows and the Generated Seismic Signal: Insights From Laboratory Experiments</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Pressure evolution and deformation of confined granular media during pneumatic fracturing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fredrik Kvalheim Eriksen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Phuong-Thu Trinh</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Léo Turquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirik Grude Flekkøy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Earth Surface</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2017JF004296⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 97 (1), pp.012908. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.97.012908⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01907646v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01694329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sinking during earthquakes: Critical acceleration criteria control drained soil liquefaction</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Stylolites: A review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Aharonov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Koehn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gratier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ebner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.97.022905⟩</w:t>
+              <w:t xml:space="preserve">Journal of Structural Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 114, pp.163 - 195. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsg.2018.05.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01715092v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01907624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dispersion in Fractures With Ramified Dissolution Patterns</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Microseismic Emissions During Pneumatic Fracturing: A Numerical Model to Explain the Experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Léo Turquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fredrik Kvalheim Eriksen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Koehn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fphy.2018.00029⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 123 (8), pp.6922-6939. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2017JB014613⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01907459v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01907672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pattern formation of frictional fingers in a gravitational potential</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Dispersion in Fractures With Ramified Dissolution Patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjy Marks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirik G. Flekkøy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Fluids</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphy.2018.00029⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.3.013801⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01685526v1</w:t>
+                <w:t xml:space="preserve">hal-01907459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elastic wave generated by granular impact on rough and erodible surfaces</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Pattern formation of frictional fingers in a gravitational potential</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jon Alm Eriksen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirik G. Flekkøy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Galland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.5012979⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 3 (1), pp.013801. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.3.013801⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01907610v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01685526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-phase Lattice Boltzmann modelling of streaming potentials: influence of the air–water interface on the electrokinetic coupling</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Elastic wave generated by granular impact on rough and erodible surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bachelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mangeney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien de Rosny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurence Jouniaux</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Farin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gji/ggw417⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 123 (4), pp.044901. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5012979⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01628871v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01907610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Onsager symmetry from mesoscopic time reversibility and the hydrodynamic dispersion tensor for coarse-grained systems</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Two-phase Lattice Boltzmann modelling of streaming potentials: influence of the air–water interface on the electrokinetic coupling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve-Agnès Fiorentino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Jouniaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 208 (2), pp.1139 - 1156. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggw417⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.95.022136⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01628870v1</w:t>
+                <w:t xml:space="preserve">hal-01628871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Critical behavior in porous media flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Moura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Knut J. Måløy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 118 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1209/0295-5075/118/14004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01628931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Al Hoceima earthquake sequence of 1994, 2004 and 2016: Stress transfer and poroelasticity in the Rif and Alboran Sea region</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Onsager symmetry from mesoscopic time reversibility and the hydrodynamic dispersion tensor for coarse-grained systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirik G. Flekkøy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven R Pride</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gji/ggx385⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 95 (2), pp.371 - 381. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.95.022136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01700930v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01628870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Combined Effect of Buoyancy and Excess Pore Pressure in Facilitating Soil Liquefaction</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">The Al Hoceima earthquake sequence of 1994, 2004 and 2016: Stress transfer and poroelasticity in the Rif and Alboran Sea region</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Kariche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Meghraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Timoulali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Cetin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Poromechanics VI</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 212 (1), pp.42-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggx385⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1061/9780784480779.013⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01630004v1</w:t>
+                <w:t xml:space="preserve">hal-01700930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pneumatic fractures in confined granular media</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">The Combined Effect of Buoyancy and Excess Pore Pressure in Facilitating Soil Liquefaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shahar Ben Zeev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liran Goren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislav Parez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.95.062901⟩</w:t>
+              <w:t xml:space="preserve">Poromechanics VI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.107 - 116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1061/9780784480779.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01628899v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01630004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Verification of a Dynamic Scaling for the Pair Correlation Function during the Slow Drainage of a Porous Medium</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Pneumatic fractures in confined granular media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fredrik K. Eriksen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine L. Turquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut J. Måløy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirik G. Flekkøy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.119.154503⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 95 (6), pp.062901. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.95.062901⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01628914v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01628899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How cracks are hot and cool: a burning issue for paper</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Verification of a Dynamic Scaling for the Pair Correlation Function during the Slow Drainage of a Porous Medium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Moura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirik Grude Flekkøy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soft Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C6SM00615A⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 119 (15), pp.154503. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.119.154503⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01340886v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01628914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Note: Localization based on estimated source energy homogeneity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semih Turkaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fredrik Kvalheim Eriksen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lengliné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 87 (9), pp.5563 - 5571. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.4962407⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01628817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unsteady granular flows down an inclined plane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislav Parez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Einat Aharonov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 93 (042902), pp.042902. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevE.93.042902⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01340882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of stylolites on the mechanical strength of limestone</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michael Heap</w:t>
+                <w:t xml:space="preserve">How cracks are hot and cool: a burning issue for paper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lengliné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Santucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Vincent-Dospital</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tao Xu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marion Nicolé</w:t>
+                <w:t xml:space="preserve">Muriel Naert-Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tectonophysics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tecto.2016.03.004⟩</w:t>
+              <w:t xml:space="preserve">Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 12, pp.5563-5571. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C6SM00615A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01340884v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01340886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic fracturing by successive coseismic loadings leads to pulverization in active fault zones</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of stylolites on the mechanical strength of limestone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Baud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frans F M Aben</w:t>
+                <w:t xml:space="preserve">Alexandra Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.-L Doan</w:t>
+                <w:t xml:space="preserve">Michael Heap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Mitchell</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">R. Toussaint</w:t>
+                <w:t xml:space="preserve">Tao Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T Reuschlé</w:t>
+                <w:t xml:space="preserve">Marion Nicolé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 121, pp.23. </w:t>
+              <w:t xml:space="preserve">Tectonophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 690, Part A, pp.4-20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/2015JB012542⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tecto.2016.03.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01304634v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01340884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental validation of theoretical methods to estimate the energy radiated by elastic waves during an impact</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dynamic fracturing by successive coseismic loadings leads to pulverization in active fault zones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Sainte-Marie</w:t>
+                <w:t xml:space="preserve">Frans F M Aben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-L Doan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Mitchell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Reuschlé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2015.10.003⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 121, pp.23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2015JB012542⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01211818v1</w:t>
+                <w:t xml:space="preserve">hal-01304634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intruder penetration in granular matter studied by Lock-in accelerometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L Alonso-Llanes</w:t>
+                <w:t xml:space="preserve">Experimental validation of theoretical methods to estimate the energy radiated by elastic waves during an impact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Farin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Sánchez-Colina</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">E Martínez</w:t>
+                <w:t xml:space="preserve">Anne Mangeney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A J Batista-Leyva</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Julien de Rosny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Sainte-Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revista Cubana de Fisica</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 362, pp.176-202. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2015.10.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01628830v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01211818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometrical evolution of interlocked rough slip surfaces: The role of normal stress</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Intruder penetration in granular matter studied by Lock-in accelerometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Alonso-Llanes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Sánchez-Colina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Martínez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A J Batista-Leyva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revista Cubana de Fisica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 33 (2), pp.95-97</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01340879v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01628830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lattice Boltzmann modelling of streaming potentials: variations with salinity in monophasic conditions</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Geometrical evolution of interlocked rough slip surfaces: The role of normal stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nir Badt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yossef H. Hatzor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurence Jouniaux</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amir Sagy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 443, pp.153-161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2016.03.026⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gji/ggw041⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01340272v1</w:t>
+                <w:t xml:space="preserve">hal-01340879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial: Flow and Transformation in Porous Media</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Lattice Boltzmann modelling of streaming potentials: variations with salinity in monophasic conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve-Agnès Fiorentino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Einat Aharonov</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Jouniaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fphy.2016.00042⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 205, pp.648-664. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggw041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01628835v1</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01340272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Invasion patterns during two-phase flow in deformable porous media</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Editorial: Flow and Transformation in Porous Media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bjørnar Sandnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Koehn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Eirik Grude Flekkøy</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Szymczak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Einat Aharonov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 3, pp.81. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fphy.2015.00081⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 4, pp.42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphy.2016.00042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01208486v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01628835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of sample geometry on the measurement of pressure-saturation curves: experiments and simulations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bubbles breaking the wall: Two-dimensional stress and stability analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jon Alm Eriksen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjy Marks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Moura</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">R. Toussaint</w:t>
+                <w:t xml:space="preserve">Bjørnar Sandnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water Resources Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 51, pp.doi: 10.1002/2015WR017196. </w:t>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 91, pp.052204. </w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/2015WR017196⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.91.052204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01238506v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01198491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical approach to frictional fingers</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+                <w:t xml:space="preserve">Impact of sample geometry on the measurement of pressure-saturation curves: experiments and simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Moura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.-A Fiorentino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bjørnar Sandnes</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Schäfer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.92.032203⟩</w:t>
+              <w:t xml:space="preserve">Water Resources Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 51, pp.doi: 10.1002/2015WR017196. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2015WR017196⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01211519v1</w:t>
+                <w:t xml:space="preserve">hal-01238506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bubbles breaking the wall: Two-dimensional stress and stability analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId237" w:history="1">
+                <w:t xml:space="preserve">Numerical approach to frictional fingers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jon Alm Eriksen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirik Flekkøy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bjørnar Sandnes</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 91, pp.052204. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.91.052204⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 92 (3), pp.032203-1/032203-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.92.032203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01198491v1</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01211519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of water pressure dynamics and fluid flow on the streaming-potential response for unsaturated conditions</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">R. Toussaint</w:t>
+                <w:t xml:space="preserve">Invasion patterns during two-phase flow in deformable porous media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fredrik K. Eriksen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K.J. Maloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirik Grude Flekkøy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Prospecting</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1365-2478.12206⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 3, pp.81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphy.2015.00081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01167820v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01208486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of hydrofracturing and permeability evolution in layered reservoirs</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Influence of water pressure dynamics and fluid flow on the streaming-potential response for unsaturated conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cees W Passchier</w:t>
+                <w:t xml:space="preserve">Vincent Allègre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Jouniaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lehmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Sailhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fphy.2015.00067⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Prospecting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 63 (694–712), pp.18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2478.12206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01198622v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01167820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of rockfalls from seismic signal: insights from laboratory experiments</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Dynamics of hydrofracturing and permeability evolution in layered reservoirs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irfan Ghani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Koehn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cees W Passchier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Flow and Transformations in Porous Media, 3, pp.67. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphy.2015.00067⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/2015jb012331⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01212961v2</w:t>
+                <w:t xml:space="preserve">hal-01198622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bridging aero-fracture evolution with the characteristics of the acoustic emissions in a porous medium</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Characterization of rockfalls from seismic signal: insights from laboratory experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Farin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mangeney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Daniel</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien de Rosny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolai Shapiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fphy.2015.00070⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 120 (10), pp.doi: 10.1002/2015JB012331. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2015jb012331⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01198630v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01212961v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Note: “Lock-in accelerometry” to follow sink dynamics in shaken granular matter</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C. Clement</w:t>
+                <w:t xml:space="preserve">Bridging aero-fracture evolution with the characteristics of the acoustic emissions in a porous medium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Semih Turkaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fredrik K. Eriksen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Megan Zecevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Flow and Transformations in Porous Media, 3, pp.70. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphy.2015.00070⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4902979⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01198615v1</w:t>
+                <w:t xml:space="preserve">hal-01198630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The importance of fracture-healing on the deformation of fluid-filled layered systems</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Note: “Lock-in accelerometry” to follow sink dynamics in shaken granular matter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Sánchez-Colina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Alonso-Llanes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Martínez-Román</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. J. Batista-Leyva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Structural Geology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 85, pp.126101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4902979⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jsg.2014.07.007⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01198604v1</w:t>
+                <w:t xml:space="preserve">hal-01198615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct velocity measurement of a turbulent shear flow in a planar Couette cell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Niebling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ken Tore Tallakstad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 89, pp.013026. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevE.89.013026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00958259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sedimentary stylolite networks and connectivity in Limestone: Large-scale field observations and implications for structure evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leehee Laronne Ben-Itzhak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Einat Aharonov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ziv Karcz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maor Kaduri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Structural Geology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, pp.online first. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jsg.2014.02.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00961075v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-induced seismicity due to fluid circulation along faults</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">The importance of fracture-healing on the deformation of fluid-filled layered systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Vass</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Koehn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irfan Ghani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Piazolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 196 (3), pp.1544-1563. </w:t>
+              <w:t xml:space="preserve">Journal of Structural Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 67, pp.94-106. </w:t>
             </w:r>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gji/ggt356⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jsg.2014.07.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00923951v1</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01198604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morphological analysis of stylolites for paleostress estimation in limestones surrounding the Andra Underground Research Laboratory site</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Self-induced seismicity due to fluid circulation along faults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hideo Aochi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanche Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Philippe Landrein</w:t>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Rachez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Rock Mechanics and Mining Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijrmms.2013.08.021⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 196 (3), pp.1544-1563. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggt356⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00874172v1</w:t>
+                <w:t xml:space="preserve">hal-00923951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic Development of Hydrofracture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irfan Ghani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Koehn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. W. Passchier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pure and Applied Geophysics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 170 (11), pp.1685-1703. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00024-012-0637-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId354" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00816221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The non-Gaussian nature of fracture and the survival of fat-tail exponents</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Morphological analysis of stylolites for paleostress estimation in limestones surrounding the Andra Underground Research Laboratory site</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Baud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Conil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Landrein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.110.145501⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Rock Mechanics and Mining Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.online first. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijrmms.2013.08.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00816217v1</w:t>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00874172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flow regime associated with vertical secondary migration</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">The non-Gaussian nature of fracture and the survival of fat-tail exponents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ken Tore Tallakstad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Santucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 45, pp.150-158. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 110, pp.145501. </w:t>
             </w:r>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2013.04.020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.110.145501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00831370v1</w:t>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00816217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of asperities on fluid and thermal flow in a fracture: a coupled Lattice Boltzmann study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Neuville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eirik Grude Flekkøy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, pp.online first. </w:t>
             </w:r>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11692,7484 +11692,7618 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00840371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-phase flow: structure, upscaling, and consequences for macroscopic transport properties</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Flow regime associated with vertical secondary migration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Vasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luo Xiaorong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jianzhao Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Loggia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Mihailo Jankov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vadose Zone Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2136/vzj2011.0123⟩</w:t>
+              <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 45, pp.150-158. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2013.04.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00701971v1</w:t>
+                <w:t xml:space="preserve">hal-00831370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Testing oil saturation distribution in migration paths using MRI</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Foreword to Special Issue: &amp;quot;Fault Zone Structure, Mechanics and Evolution in Nature and Experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fang Chen</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">S.A.F. Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio Agosta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.E. Holdsworth</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Petroleum Science and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.petrol.2012.03.027⟩</w:t>
+              <w:t xml:space="preserve">Journal of Structural Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Fault Zone Structure, Mechanics and Evolution in Nature and Experiment, 45, pp.1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsg.2012.11.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00701940v1</w:t>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00787815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical studies of aerofractures in porous media / Estudios numericos de aerofractures en medios porosos</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Interplay of seismic and aseismic deformations during earthquake swarms: An experimental approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lengliné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.E. Elkhoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revista Cubana de Fisica</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 331-332, pp.215-223. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2012.03.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00731211v1</w:t>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00701955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic aerofracture of dense granular packings</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">An experimental study of secondary oil migration in a three-dimensional tilted porous medium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jianzhao Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luo Xiaorong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weimin Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.86.061315⟩</w:t>
+              <w:t xml:space="preserve">AAPG Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 96 (5), pp.773-788. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1306/09091110140⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00785096v1</w:t>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00701961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Life and Death of Stylolites: stylolite roughness as indicator for the duration and amount of dissolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leehee Laronne Ben-Itzhak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Einat Aharonov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amir Sagy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 337-338, pp.186-196. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.epsl.2012.05.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00724943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Family-Vicsek scaling of detachment fronts in Granular Rayleigh Taylor Instabilities during sedimenting granular/fluid flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Ludvig Vinningland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Niebling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eirik Grude Flekkøy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The European Physics Journal - Special Topics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 204 (1), pp.27-40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00701967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correlation of multi-temporal ground-based optical images for landslide monitoring</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Family-Vicsek scaling of detachment fronts in granular Rayleigh-Taylor instabilities during sedimentating granular/fluid flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Malet</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jan Ludvig Vinningland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Niebling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirik G. Flekkøy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISPRS Journal of Photogrammetry and Remote Sensing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The European Physical Journal. Special Topics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 204 (1), pp.27-40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjst/e2012-01550-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.isprsjprs.2012.03.007⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">insu-00694179v1</w:t>
+                <w:t xml:space="preserve">hal-04885544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Family-Vicsek scaling of detachment fronts in granular Rayleigh-Taylor instabilities during sedimentating granular/fluid flows</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Correlation of multi-temporal ground-based optical images for landslide monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Travelletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Delacourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Allemand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Malet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal. Special Topics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ISPRS Journal of Photogrammetry and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 70, pp.39-55. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.isprsjprs.2012.03.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjst/e2012-01550-2⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04885544v1</w:t>
+                <w:t xml:space="preserve">insu-00694179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Foreword to Special Issue: &amp;quot;Fault Zone Structure, Mechanics and Evolution in Nature and Experiment</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Dynamic aerofracture of dense granular packings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Niebling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId393" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">R.E. Holdsworth</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirik Grude Flekkøy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Structural Geology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 86, pp.061315. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.86.061315⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jsg.2012.11.001⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00787815v1</w:t>
+                <w:t xml:space="preserve">hal-00785096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An experimental study of secondary oil migration in a three-dimensional tilted porous medium</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Numerical studies of aerofractures in porous media / Estudios numericos de aerofractures en medios porosos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Niebling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirik Grude Flekkøy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. J. Måløy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AAPG Bulletin</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revista Cubana de Fisica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 29 (1E), pp.1E66</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1306/09091110140⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00701961v1</w:t>
+                <w:t xml:space="preserve">hal-00731211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interplay of seismic and aseismic deformations during earthquake swarms: An experimental approach</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Testing oil saturation distribution in migration paths using MRI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jianzhao Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luo Xiaorong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weimin Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fang Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2012.03.022⟩</w:t>
+              <w:t xml:space="preserve">Journal of Petroleum Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 86-87, pp.237-245. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.petrol.2012.03.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00701955v1</w:t>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00701940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the growth of stylolites in sedimentary rocks</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Two-phase flow: structure, upscaling, and consequences for macroscopic transport properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Conil</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Méheust</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grunde Løvoll</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mihailo Jankov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Vadose Zone Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 11 (3), pp.vzj2011.0123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2136/vzj2011.0123⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2011JB009065⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00719008v2</w:t>
+                <w:t xml:space="preserve">hal-00701971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fracture aperture reconstruction and determination of hydrological properties: a case study at Draix (French Alps)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Modeling the growth of stylolites in sedimentary rocks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Baud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Conil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrological Processes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/hyp.7985⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 117 (B6), pp.B06403. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2011JB009065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00701970v1</w:t>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00719008v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of major discontinuities from borehole cores of the black consolidated marl formation of Draix (French Alps)</w:t>
+                <w:t xml:space="preserve">Fracture aperture reconstruction and determination of hydrological properties: a case study at Draix (French Alps)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Neuville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jens Oliver Schwarz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydrological Processes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, pp.7984. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/hyp.7984⟩</w:t>
+              <w:t xml:space="preserve">, 2012, pp.7985. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/hyp.7985⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId407" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00701969v1</w:t>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00701970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laboratory experiments on DNAPL gravity fingering in water-saturated porous media</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Di Chiara Roupert</w:t>
+                <w:t xml:space="preserve">Characterization of major discontinuities from borehole cores of the black consolidated marl formation of Draix (French Alps)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Neuville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Koehn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Razakarisoa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Renaud Toussaint</w:t>
+                <w:t xml:space="preserve">Jens Oliver Schwarz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 40, pp.83-92. </w:t>
+              <w:t xml:space="preserve">Hydrological Processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, pp.7984. </w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2011.12.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/hyp.7984⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00701964v1</w:t>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00701969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Upper bound on stylolite roughness as indicator for amount of dissolution</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Laboratory experiments on DNAPL gravity fingering in water-saturated porous media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khalifa Nsir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerhard Schäfer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Di Chiara Roupert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Razakarisoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amir Sagy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2012.05.026⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 40, pp.83-92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2011.12.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId413" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02377368v1</w:t>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00701964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling of stylolite geometries and stress scaling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Koehn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcus Ebner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. W. Passchier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 341-343, pp.104-113. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.epsl.2012.04.046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00701975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dans les systèmes géothermiques, la complexité des fractures pourrait expliquer des rendements moindres que prévus</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Upper bound on stylolite roughness as indicator for amount of dissolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leehee Laronne Ben-Itzhak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Einat Aharonov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amir Sagy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brèves de l'INSU</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 337-338 (11), pp.186-196. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2012.05.026⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05249117v1</w:t>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02377368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Viscous Fingering on Dynamic Saturation-Pressure Curves in Porous Media</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Hydraulic transmissivity and heat exchange efficiency of rough fractures: a model based on lowpass filtered apertures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Neuville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transport in Porous Media</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11242-010-9622-8⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 186 (3), p. 1064-1072. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-246X.2011.05126.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId419" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-00609886v1</w:t>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00702305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydraulic transmissivity and heat exchange efficiency of rough fractures: a model based on lowpass filtered apertures</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Downscaling of fracture energy during brittle creep experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lengliné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.E. Elkhoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-P. Ampuero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-246X.2011.05126.x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 116, pp.B08215. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2010JB008059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00702305v1</w:t>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00701925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Downscaling of fracture energy during brittle creep experiments</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId346" w:history="1">
+                <w:t xml:space="preserve">Influence of Viscous Fingering on Dynamic Saturation-Pressure Curves in Porous Media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grunde Lovoll</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Jankov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K.J. Maloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2010JB008059⟩</w:t>
+              <w:t xml:space="preserve">Transport in Porous Media</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 86 (1), pp.335-354. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11242-010-9622-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00701925v1</w:t>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00609886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local dynamics of a randomly pinned crack front during creep and forced propagation: An experimental study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Dans les systèmes géothermiques, la complexité des fractures pourrait expliquer des rendements moindres que prévus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Neuville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Brèves de l'INSU</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00701935v1</w:t>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05249117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Average crack-front velocity during subcritical fracture propagation in a heterogeneous medium</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Local dynamics of a randomly pinned crack front during creep and forced propagation: An experimental study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ken Tore Tallakstad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Santucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId398" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 84, pp.036104. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.84.036104⟩</w:t>
+              <w:t xml:space="preserve">, 2011, pp.62.20.mt, 46.50.+a, 68.35.Ct. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.83.046108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00701939v1</w:t>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00701935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The mechanical coupling of fluid-filled granular material under shear</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Average crack-front velocity during subcritical fracture propagation in a heterogeneous medium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lengliné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.E. Elkhoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-P. Ampuero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pure and Applied Geophysics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00024-011-0320-4⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 84, pp.036104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.84.036104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00701936v1</w:t>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00701939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fracture roughness and thermal exchange: A case study at Soultz-sous-Forêts</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">The mechanical coupling of fluid-filled granular material under shear</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liran Goren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Einat Aharonov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Sparks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.crte.2009.03.006⟩</w:t>
+              <w:t xml:space="preserve">Pure and Applied Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 168 (12), pp.2289-2323. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00024-011-0320-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId435" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02377772v1</w:t>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00701936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Pressure Oscillations on Drainage in an Elastic Porous Medium</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Size invariance of the granular Rayleigh-Taylor instability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Ludvig Vinningland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Øistein Johnsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirik Grude Flekkøy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transport in Porous Media</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 81 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.81.041308⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11242-009-9521-z⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">insu-02377796v1</w:t>
+                <w:t xml:space="preserve">hal-02377790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sedimentation instabilities: Impact of the fluid compressibility and viscosity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId335" w:history="1">
+                <w:t xml:space="preserve">Mixing of a granular layer falling through a fluid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Niebling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eirik Grude Flekkøy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut J. Måløy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 82 (5), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.82.051302⟩</w:t>
+              <w:t xml:space="preserve">, 2010, 82 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.82.011301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId442" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-02377739v1</w:t>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-02377764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fracture Roughness Scaling: a case study on planar cracks</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Anisotropic scaling of tectonic stylolites: A fossilized signature of the stress field?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcus Ebner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Koehn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Bons</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 115 (B6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2009JB006649⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1209/0295-5075/92/44001⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00640525v1</w:t>
+                <w:t xml:space="preserve">insu-02377824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Size invariance of the granular Rayleigh-Taylor instability</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Fracture Roughness Scaling: a case study on planar cracks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Santucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Grob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Hansen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 92 (4), pp.44001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1209/0295-5075/92/44001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.81.041308⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02377790v1</w:t>
+                <w:t xml:space="preserve">hal-00640525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mixing of a granular layer falling through a fluid</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Effects of Pressure Oscillations on Drainage in an Elastic Porous Medium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Jankov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Løvoll</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. A Knudsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut Jørgen J Måløy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Planet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.82.011301⟩</w:t>
+              <w:t xml:space="preserve">Transport in Porous Media</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 84 (3), pp.569-585. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11242-009-9521-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId450" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-02377764v1</w:t>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-02377796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anisotropic scaling of tectonic stylolites: A fossilized signature of the stress field?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Fracture roughness and thermal exchange: A case study at Soultz-sous-Forêts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Neuville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Paul Bons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2009JB006649⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 342 (7-8), pp.616-625. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crte.2009.03.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId452" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-02377824v1</w:t>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02377772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pore pressure evolution in deforming granular material: A general formulation and the infinitely stiff approximation</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Sedimentation instabilities: Impact of the fluid compressibility and viscosity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Niebling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirik Grude Flekkøy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2009JB007191⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 82 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.82.051302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId455" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-02377743v1</w:t>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-02377739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrothermal coupling in a self-affine rough fracture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Neuville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 82, pp.036317. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevE.82.036317⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00553182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stress sensitivity of stylolite morphology</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J. Schmittbuhl</w:t>
+                <w:t xml:space="preserve">Pore pressure evolution in deforming granular material: A general formulation and the infinitely stiff approximation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Goren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Aharonov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Sparks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 115 (B9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2009JB007191⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2008.11.001⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">insu-00352914v1</w:t>
+                <w:t xml:space="preserve">insu-02377743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Granular Rayleigh-Taylor Instability</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
+                <w:t xml:space="preserve">The influence of rock heterogeneity on the scaling properties of simulated and natural stylolites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ebner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Koehn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIP Conference Proceedings</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Structural Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 31 (1), pp.72 - 82. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsg.2008.10.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId464" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-02378051v1</w:t>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00351889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The influence of rock heterogeneity on the scaling properties of simulated and natural stylolites</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId221" w:history="1">
+                <w:t xml:space="preserve">Stress sensitivity of stylolite morphology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ebner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Koehn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Schmittbuhl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Structural Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsg.2008.10.004⟩</w:t>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 277 (3-4), pp.394-398. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2008.11.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId465" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-00351889v1</w:t>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00352914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does roughening of rock-fluid-rock interfaces emerge from a stress-induced instability?</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Granular Rayleigh-Taylor Instability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Ludvig Vinningland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Øistein Johnsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirik Grude Flekkøy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId470" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Pierre Gratier</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal B: Condensed Matter and Complex Systems</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">AIP Conference Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 1145, pp.1067</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId467" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-00352886v1</w:t>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-02378051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quake Catalogs from an Optical Monitoring of an Interfacial Crack Propagation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Does roughening of rock-fluid-rock interfaces emerge from a stress-induced instability?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bonnetier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaouqi Misbah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId473" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Gratier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pure and Applied Geophysics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00024-004-0496-z⟩</w:t>
+              <w:t xml:space="preserve">The European Physical Journal B: Condensed Matter and Complex Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 67 (1), pp.121-131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjb/e2009-00002-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId472" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-02377826v1</w:t>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00352886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steady-state Two-phase Flow in Porous Media: Statistics and Transport Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ken Tore Tallakstad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henning Arendt Knudsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Ramstad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grunde Løvoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 102 (7), </w:t>
             </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.102.074502⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId478" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-02377830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fracture morphology and viscous transport</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId462" w:history="1">
+                <w:t xml:space="preserve">Quake Catalogs from an Optical Monitoring of an Interfacial Crack Propagation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Grob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Schmittbuhl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId480" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Rivera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Santucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Rock Mechanics and Mining Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pure and Applied Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 166 (5-7), pp.777-799. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00024-004-0496-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijrmms.2007.07.007⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01909701v1</w:t>
+                <w:t xml:space="preserve">insu-02377826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupled Air/Granular Flow in a Linear Hele-Shaw Cell</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">K J Måløy</w:t>
+                <w:t xml:space="preserve">Revolving rivers in sandpiles: from continuous to intermittent flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Altshuler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. G Flekkøy</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId462" w:history="1">
+                <w:t xml:space="preserve">E. Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Sotolongo-Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Schmittbuhl</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 77 (1), pp.011301. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.77.011301⟩</w:t>
+              <w:t xml:space="preserve">, 2008, 77 (3), pp.031305. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.77.031305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId483" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01909821v1</w:t>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00185999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decompaction and fluidization of a saturated and confined granular medium by injection of a viscous liquid or gas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Øistein Johnsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anke Lindner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Clement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 78 (5), pp.051302. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevE.78.051302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01909972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revolving rivers in sandpiles: from continuous to intermittent flows</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Coupled Air/Granular Flow in a Linear Hele-Shaw Cell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Sotolongo-Costa</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId462" w:history="1">
+                <w:t xml:space="preserve">Ø. Johnsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K J Måløy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. G Flekkøy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Schmittbuhl</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 77 (3), pp.031305. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.77.031305⟩</w:t>
+              <w:t xml:space="preserve">, 2008, 77 (1), pp.011301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.77.011301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId493" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00185999v1</w:t>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01909821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experiments and simulations of a gravitational granular flow instability</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Fracture morphology and viscous transport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Schmittbuhl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Steyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Jouniaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.76.051306⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Rock Mechanics and Mining Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 45 (3), pp.422 - 430. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijrmms.2007.07.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId497" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01909770v1</w:t>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01909701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId499" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Growth of stylolite teeth patterns depends on normal stress and finite compaction</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Experiments and simulations of a gravitational granular flow instability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Ludvig Vinningland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Øistein Johnsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirik G. Flekkøy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId500" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cees Passchier</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2007.03.015⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 76 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.76.051306⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId499" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00201785v1</w:t>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01909770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Granular Rayleigh-Taylor Instability: Experiments and Simulations</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Growth of stylolite teeth patterns depends on normal stress and finite compaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Koehn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cees Passchier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.99.048001⟩</w:t>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 257, pp.582-595. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2007.03.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId502" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01909759v1</w:t>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00201785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId504" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The memory of fluctuating brownian dipolar chains</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Granular Rayleigh-Taylor Instability: Experiments and Simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Ludvig Vinningland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Øistein Johnsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirik G. Flekkøy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Geir Helgesen</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.74.051405⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 99 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.99.048001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId504" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00110554v1</w:t>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01909759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local waiting time fluctuations along a randomly pinned crack front</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Santucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 96 (4), pp.045501. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevLett.96.045501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00107346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pattern formation during air injection into granular materials confined in a circular Hele-Shaw cell</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">The memory of fluctuating brownian dipolar chains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eirik Grude Flekkøy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geir Helgesen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 74 (1), pp.011301. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.74.011301⟩</w:t>
+              <w:t xml:space="preserve">, 2006, 74, pp.051405. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId515" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.74.051405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId510" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00107351v1</w:t>
+            <w:hyperlink r:id="rId513" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00110554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mean-field theory of localization in a fuse model</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Pattern formation during air injection into granular materials confined in a circular Hele-Shaw cell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Øistein Johnsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alex Hansen</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirik Grude Flekkøy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 73 (4), pp.046103. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.73.046103⟩</w:t>
+              <w:t xml:space="preserve">, 2006, 74 (1), pp.011301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId517" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.74.011301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId512" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00107354v1</w:t>
+            <w:hyperlink r:id="rId516" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00107351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of pore-scale disorder on viscous fingering during drainage</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Mean-field theory of localization in a fuse model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId368" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Hansen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1209/epl/i2005-10136-9⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 73 (4), pp.046103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId519" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.73.046103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId514" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02130597v1</w:t>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00107354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roughness of stylolites: Implications of 3D high resolution topography measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Gratier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 93 (23), pp.238501. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId518" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/physrevlett.93.238501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00110558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId519" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interacting damage models mapped onto Ising and percolation models</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Influence of pore-scale disorder on viscous fingering during drainage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Steven R Pride</w:t>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grunde Løvoll</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Méheust</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/physreve.71.046127⟩</w:t>
+              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 71 (4), pp.583-589. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId524" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1209/epl/i2005-10136-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId519" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00107357v1</w:t>
+            <w:hyperlink r:id="rId523" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02130597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Growth activity during fingering in a porous Hele Shaw cell</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Interacting damage models mapped onto Ising and percolation models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven R Pride</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, 70 (2), pp.026301. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/physreve.70.026301⟩</w:t>
+              <w:t xml:space="preserve">, 2005, 71 (4), pp.046127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId526" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/physreve.71.046127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId521" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00110571v1</w:t>
+            <w:hyperlink r:id="rId525" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00107357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic roughening and fluctuations of dipolar chains</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Growth activity during fingering in a porous Hele Shaw cell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grunde Løvoll</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Méheust</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId505" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Eirik Grude Flekkøy</w:t>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/physrevlett.93.108304⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 70 (2), pp.026301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/physreve.70.026301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId523" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00110563v1</w:t>
+            <w:hyperlink r:id="rId527" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00110571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId525" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction model for magnetic holes in a ferrofluid layer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Dynamic roughening and fluctuations of dipolar chains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId526" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geir Helgesen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId527" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eirik Grude Flekkøy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/physreve.69.011407⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 93 (10), pp.108304. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId530" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/physrevlett.93.108304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId525" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00110572v1</w:t>
+            <w:hyperlink r:id="rId529" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00110563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId529" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roughness of Stylolites: Implications of 3D High Resolution Topography Measurements</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Interaction model for magnetic holes in a ferrofluid layer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId532" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jørgen Akselvoll</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geir Helgesen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId533" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arne T. Skjeltorp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirik Grude Flekkøy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.93.238501⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 69 (1), pp.011407. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/physreve.69.011407⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId529" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00201774v1</w:t>
+            <w:hyperlink r:id="rId531" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00110572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId531" w:history="1">
+            <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions of magnetic holes in ferrofluid layers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Roughness of Stylolites: Implications of 3D High Resolution Topography Measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId521" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Gratier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Arne T. Skjeltorp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Colloid and Polymer Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 93, pp.238501. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId536" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.93.238501⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId531" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00110577v1</w:t>
+            <w:hyperlink r:id="rId535" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00201774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId532" w:history="1">
+            <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fracture of disordered solids in compression as a critical phenomenon: II. Model Hamiltonian for a population of interacting cracks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Interactions of magnetic holes in ferrofluid layers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Steven R Pride</w:t>
+            <w:hyperlink r:id="rId532" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jørgen Akselvoll</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geir Helgesen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eirik Grude Flekkøy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId533" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arne T. Skjeltorp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Progress in Colloid and Polymer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 128, pp.151</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId532" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00110575v1</w:t>
+            <w:hyperlink r:id="rId537" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00110577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId534" w:history="1">
+            <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermodynamics of fiber bundles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId535" w:history="1">
+            <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven R. Pride</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 312 (1-2), pp.159-171. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId536" w:history="1">
+            <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0378-4371(02)00816-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId534" w:history="1">
+            <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02130595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId537" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fracture of disordered solids in compression as a critical phenomenon: I. Statistical mechanics formalism</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Fracture of disordered solids in compression as a critical phenomenon: II. Model Hamiltonian for a population of interacting cracks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven R Pride</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 66 (3), pp.036135. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/physreve.66.036135⟩</w:t>
+              <w:t xml:space="preserve">, 2002, 66 (3), pp.036136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/physreve.66.036136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId537" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00110576v1</w:t>
+            <w:hyperlink r:id="rId541" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00110575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId539" w:history="1">
+            <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fracture of disordered solids in compression as a critical phenomenon: III. Analysis of the localization transition</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Fracture of disordered solids in compression as a critical phenomenon: I. Statistical mechanics formalism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven R Pride</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 66 (3), pp.036135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId544" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/physreve.66.036135⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId543" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00110576v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId545" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fracture of disordered solids in compression as a critical phenomenon: III. Analysis of the localization transition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven R Pride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2002, 66 (3), pp.036137. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId540" w:history="1">
+            <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/physreve.66.036137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId539" w:history="1">
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00110574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -19179,1338 +19313,1338 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A General Criterion for Liquefaction in Granular Layers with Heterogeneous Pore Pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liran Goren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Einat Aharonov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Sparks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eirik Grude Flekkøy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fifth Biot Conference on Poromechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Vienna, Austria. pp.415-424, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId542" w:history="1">
+            <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1061/9780784412992.049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00921901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId543" w:history="1">
+            <w:hyperlink r:id="rId549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Localization of Shear in Saturated Granular Media: Insights from a Multi-Scaled Granular-Fluid Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Einat Aharonov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liran Goren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Sparks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fifth Biot Conference on Poromechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Vienna, Austria. pp.471-480, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId544" w:history="1">
+            <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1061/9780784412992.056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId543" w:history="1">
+            <w:hyperlink r:id="rId549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00874355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId545" w:history="1">
+            <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Induced seismicity along a fault due to fluid circulation: conception and application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hideo Aochi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Japan Geoscience Union Meeting 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Makuhari, Chiba, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId545" w:history="1">
+            <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00588718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId546" w:history="1">
+            <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crackling dynamics during the failure of heterogeneous material Optical and acoustic tracking of slow interfacial crack growth</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Approche expérimentale et numérique des instabilités de déplacement de DNAPL en milieu poreux saturé à l’échelle de Darcy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khalifa Nsir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerhard Schafer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Razakarisoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Conference on Fracture 2009, ICF-12</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, Ottawa, Canada. pp.6365-6374</w:t>
+              <w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId546" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03327171v1</w:t>
+            <w:hyperlink r:id="rId552" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03390747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId547" w:history="1">
+            <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche expérimentale et numérique des instabilités de déplacement de DNAPL en milieu poreux saturé à l’échelle de Darcy</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Crackling dynamics during the failure of heterogeneous material Optical and acoustic tracking of slow interfacial crack growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Santucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Grob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Hansen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t>
+              <w:t xml:space="preserve">12th International Conference on Fracture 2009, ICF-12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Ottawa, Canada. pp.6365-6374</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId547" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03390747v1</w:t>
+            <w:hyperlink r:id="rId553" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03327171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId548" w:history="1">
+            <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of the roughness of a fracture on thermal exchange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Neuville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EDHRA (European Hot Dry Rock Association)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Soultz-sous-Forêts, France. pp.1-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId548" w:history="1">
+            <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04792164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId549" w:history="1">
+            <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are stylolitic surfaces inherently unstable surfaces? Insight from shape-minimization considerations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bonnetier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaouqi Misbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Gratier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2007 Fall meeting of the American Geophysical Union</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2007, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId549" w:history="1">
+            <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00750525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId550" w:history="1">
+            <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrothermal coupling in a rough fracture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Neuville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EDHRA conference 2006</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, France. 3 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId550" w:history="1">
+            <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00110578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId551" w:history="1">
+            <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Velocity fluctuations of a crack front during slow propagation: Implications for reconciling short and long term deformations.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Santucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International symposium on the geodynamics of eastern mediterranean: Active tectonics of the aegean</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Istanbul, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId551" w:history="1">
+            <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00110585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId552" w:history="1">
+            <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Statistical mechanics of interacting fiber bundles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Congress on fracture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Turin, Italy. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId552" w:history="1">
+            <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00110580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId553" w:history="1">
+            <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics and structure of interfacial crack fronts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Knut Jørgen Måløy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th international congress on fracture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Turin, Italy. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId553" w:history="1">
+            <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00110581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId554" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-assembly and dynamics of magnetic holes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arne T. Skjeltorp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId526" w:history="1">
+            <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jørgen Akselvoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId555" w:history="1">
+            <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kai de Lange Kistiansen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geir Helgesen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forces, growth and form in soft condensed matter: at the interface between physics and biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, Geilo, Norway. 15 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId554" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00110583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -20520,1087 +20654,1087 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId556" w:history="1">
+            <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saturation dependence of the streaming potential coefficient</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Jouniaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Allègre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId557" w:history="1">
+            <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Zyserman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seismoelectric Exploration: Theory, Experiments, and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wiley, pp.73-100, 2020, 9781119127376. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId558" w:history="1">
+            <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781119127383.ch5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId556" w:history="1">
+            <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03015990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId559" w:history="1">
+            <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical Instability of Sandy Soils Under Seismic Effect (Algeria)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Bousmaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Bensoula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId560" w:history="1">
+            <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanifi Missoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId561" w:history="1">
+            <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Bendani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Amjad Kallel · Zeynal Abiddin Erguler · Zhen-Dong Cui · Ali Karrech Murat Karakus · Pinnaduwa Kulatilake · Sanjay Kumar Shukla. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recent Advances in Geo-Environmental Engineering, Geomechanics and Geotechnics, and Geohazards. Proceedings of the 1st Springer Conference of the Arabian Journal of Geosciences (CAJG-1), Tunisia 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, pp.201-203, 2019, 3-030-01664-1 3-030-01665-X. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId562" w:history="1">
+            <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-01665-4_47⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId559" w:history="1">
+            <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-02411173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId563" w:history="1">
+            <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saturated Sandy Soils Mechanical Instability Under Vibration Effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Bousmaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId560" w:history="1">
+            <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanifi Missoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId561" w:history="1">
+            <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Bendani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kallel, Amjad and Ksibi, Mohamed and Ben Dhia, Hamed and Khélifi, Nabil. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recent Advances in Environmental Science from the Euro-Mediterranean and Surrounding Regions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp.1857-1859, 2018, 978-3-319-70548-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId564" w:history="1">
+            <w:hyperlink r:id="rId570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-70548-4_537⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId563" w:history="1">
+            <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-02411179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId565" w:history="1">
+            <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance of Image Correlation Techniques for Landslide Displacement Monitoring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Travelletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Delacourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Malet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Allemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Landslide Science and Practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId566" w:history="1">
+            <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margottini C., Canuti P., Sassa K. (eds) Springer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.217-226, 2013, 978-3-642-31444-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId567" w:history="1">
+            <w:hyperlink r:id="rId573" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-642-31445-2_28⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId565" w:history="1">
+            <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02130589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId568" w:history="1">
+            <w:hyperlink r:id="rId574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crackling dynamics during the failure of heterogeneous material: Optical and acoustic tracking of slow interfacial crack growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId569" w:history="1">
+            <w:hyperlink r:id="rId575" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Santucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId570" w:history="1">
+            <w:hyperlink r:id="rId576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Grob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Schmittbuhl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId571" w:history="1">
+            <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Hansen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th International Conference on Fracture 2009, ICF-12</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 8, pp.6365-6374, 2009, 9781617382277</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId568" w:history="1">
+            <w:hyperlink r:id="rId574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02378038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId572" w:history="1">
+            <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Granular Rayleigh-Taylor instability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Ludvig Vinningland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Øistein Johnsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eirik Grude Flekkøy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Knut J. Måløy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Appert-Rolland, C., Chevoir, F., Gondret, P., Lassarre, S., Lebacque, J.-P., Schreckenberg, M. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Traffic and Granular Flow ' 07</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId573" w:history="1">
+            <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.577-586, 2009, 978-3-540-77074-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId572" w:history="1">
+            <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02378044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId574" w:history="1">
+            <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deformation of the crack front during propagation in some disordered medium: theoretical and experimental studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId575" w:history="1">
+            <w:hyperlink r:id="rId581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadjime Pindra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId576" w:history="1">
+            <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Lazarus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId577" w:history="1">
+            <w:hyperlink r:id="rId583" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Leblond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Schmittbuhl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th International Conference on Fracture 2009, ICF-12</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 8, , pp.6356-6364, 2009, 9781617382277</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId574" w:history="1">
+            <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02378033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId578" w:history="1">
+            <w:hyperlink r:id="rId584" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactions of magnetic holes in ferrofluid layers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId579" w:history="1">
+            <w:hyperlink r:id="rId585" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arne Skjeltorp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId526" w:history="1">
+            <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jørgen Akselvoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geir Helgesen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eirik G. Flekkøy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Surface and Colloid Science. Progress in Colloid and Polymer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 128, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId580" w:history="1">
+            <w:hyperlink r:id="rId586" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer Verlag (Germany)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.151-155, 2004, 978-3-540-21247-8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId581" w:history="1">
+            <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/b97120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId582" w:history="1">
+            <w:hyperlink r:id="rId588" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId578" w:history="1">
+            <w:hyperlink r:id="rId584" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04744577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -21610,257 +21744,257 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId583" w:history="1">
+            <w:hyperlink r:id="rId589" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laboratory Landquakes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId584" w:history="1">
+            <w:hyperlink r:id="rId590" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew I Arran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mangeney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien de Rosny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Farin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId585" w:history="1">
+            <w:hyperlink r:id="rId591" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5281/zenodo.4044233⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId583" w:history="1">
+            <w:hyperlink r:id="rId589" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03590077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId586" w:history="1">
+            <w:hyperlink r:id="rId592" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TRIGGERLAND, TRIGGERing mechanisms of LANDslides: analysis and modelling.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId587" w:history="1">
+            <w:hyperlink r:id="rId593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Amitrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Malet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId588" w:history="1">
+            <w:hyperlink r:id="rId594" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Marc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId586" w:history="1">
+            <w:hyperlink r:id="rId592" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01334034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -21870,366 +22004,366 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId589" w:history="1">
+            <w:hyperlink r:id="rId595" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulated slidequakes: Insights from DEM simulations into the high-frequency seismic signal generated by geophysical granular flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId584" w:history="1">
+            <w:hyperlink r:id="rId590" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew I Arran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId590" w:history="1">
+            <w:hyperlink r:id="rId596" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Mangeney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId591" w:history="1">
+            <w:hyperlink r:id="rId597" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J de Rosny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId589" w:history="1">
+            <w:hyperlink r:id="rId595" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04311906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId592" w:history="1">
+            <w:hyperlink r:id="rId598" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Machine learning prediction of the mass and the velocity of controlled single-block rockfalls from the seismic waves they generate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Hibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Toe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miloud Talib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Desrues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId592" w:history="1">
+            <w:hyperlink r:id="rId598" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03874080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId593" w:history="1">
+            <w:hyperlink r:id="rId599" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental validation of theoretical methods to estimate the energy radiated by elastic waves during an impact</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Farin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mangeney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien de Rosny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Sainte-Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId593" w:history="1">
+            <w:hyperlink r:id="rId599" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01213752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -22239,100 +22373,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId594" w:history="1">
+            <w:hyperlink r:id="rId600" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fracturation des roches en compression: le processus de localisation en tant que phénomène critique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Analyse de données, Statistiques et Probabilités [physics.data-an]. Université Rennes 1, 2001. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId595" w:history="1">
+            <w:hyperlink r:id="rId601" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId594" w:history="1">
+            <w:hyperlink r:id="rId600" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00012208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -22342,91 +22476,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId596" w:history="1">
+            <w:hyperlink r:id="rId602" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelques contributions en mécanique de milieux poreux déformables, mélanges solides et fluides : Fractures, liquéfaction, avalanches et déformations lentes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Science des matériaux [cond-mat.mtrl-sci]. Université de Strasbourg, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId596" w:history="1">
+            <w:hyperlink r:id="rId602" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00816311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -22436,769 +22570,769 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId597" w:history="1">
+            <w:hyperlink r:id="rId603" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séismites de la Mer Morte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Photography. Israel. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId597" w:history="1">
+            <w:hyperlink r:id="rId603" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">medihal-00960983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId598" w:history="1">
+            <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation d'écoulements dans une fracture rugueuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Photography. France. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId598" w:history="1">
+            <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">medihal-00943201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId599" w:history="1">
+            <w:hyperlink r:id="rId605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Instabilité granulaire de Rayleigh Taylor</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Simulations numériques couplées, granulaire discret / écoulement fluide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Photography. France. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId599" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">medihal-00943203v1</w:t>
+            <w:hyperlink r:id="rId605" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-00943221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId600" w:history="1">
+            <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecoulement biphasique immiscible en milieu poreux</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Aerofracture obtenue par mise sous pression soudaine du gaz intersticiel sur le bord (gauche) d'un milieu granulaire faiblement consolidé, avec des billes autour de 100 microns.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Photography. France. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId600" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">medihal-00943230v1</w:t>
+            <w:hyperlink r:id="rId606" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-00943183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId601" w:history="1">
+            <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aerofracture obtenue par mise sous pression soudaine du gaz intersticiel</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Friction macroscopique lors du cisaillement d'un assemblage de grains saturés.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Photography. France. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId601" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">medihal-00943233v1</w:t>
+            <w:hyperlink r:id="rId607" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-00943209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId602" w:history="1">
+            <w:hyperlink r:id="rId608" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transition étudiée analytiquement et numériquement dans des réseaux de fusibles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Aerofracture obtenue par mise sous pression soudaine du gaz intersticiel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Photography. France. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId602" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">medihal-00943222v1</w:t>
+            <w:hyperlink r:id="rId608" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-00943233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId603" w:history="1">
+            <w:hyperlink r:id="rId609" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aerofracture obtenue par mise sous pression soudaine du gaz intersticiel sur le bord (gauche) d'un milieu granulaire faiblement consolidé, avec des billes autour de 100 microns.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Transition étudiée analytiquement et numériquement dans des réseaux de fusibles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Photography. France. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId603" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">medihal-00943183v1</w:t>
+            <w:hyperlink r:id="rId609" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-00943222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId604" w:history="1">
+            <w:hyperlink r:id="rId610" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Friction macroscopique lors du cisaillement d'un assemblage de grains saturés.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Ecoulement biphasique immiscible en milieu poreux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Photography. France. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId604" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">medihal-00943209v1</w:t>
+            <w:hyperlink r:id="rId610" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-00943230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId605" w:history="1">
+            <w:hyperlink r:id="rId611" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulations numériques couplées, granulaire discret / écoulement fluide</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Instabilité granulaire de Rayleigh Taylor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Photography. France. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId605" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">medihal-00943221v1</w:t>
+            <w:hyperlink r:id="rId611" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-00943203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId606" w:history="1">
+            <w:hyperlink r:id="rId612" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glissement de terrain argilo-marneux de Super-Sauze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Photography. France. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId606" w:history="1">
+            <w:hyperlink r:id="rId612" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">medihal-00943238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId607" w:history="1">
+            <w:hyperlink r:id="rId613" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glissement de terrain de La Valette, Alpes du Sud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Photography. France. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId607" w:history="1">
+            <w:hyperlink r:id="rId613" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">medihal-00943240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId608"/>
+      <w:footerReference w:type="default" r:id="rId614"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -23266,51 +23400,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B94F6ED8"/>
+    <w:nsid w:val="EBD0BE90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -23497,51 +23631,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/renaud-toussaint" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3698-1934" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/058639381" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/toussaint_r_1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/E-7067-2011" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401172v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rashad Abbasov" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Fahs" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fontaine" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Husam Musa Baalousha" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Younes" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enggeo.2025.108481" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05402330v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pritom Sarma" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Einat Aharonov" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Toussaint" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav Parez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JB030768" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115392v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Meghraoui" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziyadin Cakir" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jugurtha Kariche" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Provost" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2025.230799" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05082244v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khobaib Khobaib" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Reis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Moura" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eirik Grude Flekk&#248;y" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.7.023040" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05402343v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaute Linga" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Arne Rikvold" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2025.104914" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05402357v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Hernandez-Perez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Sch&#228;fer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lehmann" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Piri" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.315" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05401199v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hafermaas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saskia K&#246;hler" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Koehn" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/min15070743" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04604400v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Hibert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois No&#235;l" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Toe" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miloud Talib" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Desrues" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esurf-12-641-2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801308v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arran" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mangeney" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. de Rosny" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JF007455" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04544628v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Nowamooz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Knut J&#248;rgen M&#229;l&#248;y" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compgeo.2024.106102" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311831v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnrasl/slad049" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311812v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahar Ben-Zeev" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liran Goren" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-41405-4" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04291588v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Synn&#248;ve Flugekvam Nordang" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jaboyedoff" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Travelletti" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Battista Matasci" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10346-023-02054-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311793v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2023.104580" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024382v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bachelet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mangeney" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien de Rosny" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattew I. Arran" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JF006990" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708677v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Alonso-Llanes" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. S&#225;nchez-Colina" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A J Batista-Leyva" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Altshuler" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.105.024903" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311857v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Kelka" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Siegel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Mullen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S001675682200070X" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873884v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. K&#246;ehn" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. K&#246;ehler" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ghani" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Stollhofen" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2022.104670" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873876v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mart&#237;nez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Batista-Leyva" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.106.014904" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873833v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Falck Brodin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2022.936915" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873817v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2241/1/012004" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311849v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Vincent-Dospital" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-022-01072-1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151695v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/abe444" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381168v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2021.780623" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175344v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cochard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SM02089C" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03253991v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Farin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Toussaint" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JF006172" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381167v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Santucci" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-98556-x" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451152v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christodoulos Kyriakopoulos" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas C. Barth" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Koelemeijer" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Winterbourne" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2021.734291" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547298v2" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Hansen" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2021.796019" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547333v2" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Steyer" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Renard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2021.627823" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453708v2" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meghraoui" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. E Aksoy" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42990-021-00053-w" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452658v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Piazolo" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beaudoin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liene Spru&#382;eniece" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2021.116950" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011082v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monem Ayaz" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Schafer" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019WR026279" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388745v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janis Aleksans" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Daniel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00024-019-02376-0" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011083v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Bousmaha" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bensoula" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011081v2" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahar Ben Zeev" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.5.054301" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011080v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Till Sachau" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2020/7621759" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926644v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Vanel" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bonamy" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SM01062F" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011068v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane X. Luu" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eirik G. Flekk&#248;y" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/abafa7" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011085v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Xu" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Szymczak" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Knut J. M&#229;l&#248;y" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2020.00369" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388907v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Knut J&#248;rgen J M&#229;l&#248;y" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2019.00217" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014256v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eirik Flekk&#248;y" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.4.023604" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320640v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.4.094102" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02333954v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Farin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong-Thu Trinh" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JF005258" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130591v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Tore Tallakstad" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiza Angheluta" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lasse Laurson" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2017.0394" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02334471v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2019.00096" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130594v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lenglin&#233;" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2017.0399" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130588v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine L. Turquet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fredrik Kvalheim Eriksen" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Daniel" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019GL082198" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02366685v2" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Luu" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/ab4f78" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907672v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine L&#233;o Turquet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2017JB014613" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907624v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Aharonov" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Koehn" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gratier" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ebner" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2018.05.003" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694329v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.97.012908" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907646v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien De&#160;rosny" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2017JF004296" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715092v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cl&#233;ment" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menka Stojanova" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Clement" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.97.022905" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907459v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjy Marks" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2018.00029" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685526v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Alm Eriksen" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Galland" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.3.013801" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907610v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5012979" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628871v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve-Agn&#232;s Fiorentino" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Jouniaux" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggw417" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628870v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven R Pride" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.95.022136" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628931v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/118/14004" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700930v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kariche" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Timoulali" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cetin" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggx385" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630004v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/9780784480779.013" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628899v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fredrik K. Eriksen" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.95.062901" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628914v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.119.154503" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340886v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Naert-Guillot" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6SM00615A" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628817v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Semih Turkaya" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4962407" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340882v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.93.042902" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340884v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Baud" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Rolland" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Heap" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Xu" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Nicol&#233;" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2016.03.004" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304634v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frans F M Aben" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-L Doan" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mitchell" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Reuschl&#233;" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015JB012542" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01211818v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Sainte-Marie" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2015.10.003" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628830v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Alonso-Llanes" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Mart&#237;nez" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340879v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nir Badt" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yossef H. Hatzor" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Sagy" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2016.03.026" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340272v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggw041" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628835v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#248;rnar Sandnes" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2016.00042" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208486v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.J. Maloy" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2015.00081" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238506v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moura" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.-A Fiorentino" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sch&#228;fer" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015WR017196" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211519v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.92.032203" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198491v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.91.052204" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167820v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent All&#232;gre" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lehmann" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sailhac" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2478.12206" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198622v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irfan Ghani" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cees W Passchier" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2015.00067" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212961v2" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolai Shapiro" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015jb012331" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198630v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Zecevic" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2015.00070" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198615v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mart&#237;nez-Rom&#225;n" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. J. Batista-Leyva" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4902979" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198604v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Vass" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2014.07.007" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958259v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Niebling" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.89.013026" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961075v2" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leehee Laronne Ben-Itzhak" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziv Karcz" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maor Kaduri" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2014.02.010" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00923951v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideo Aochi" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Poisson" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rachez" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Schmittbuhl" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggt356" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874172v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Conil" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Landrein" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrmms.2013.08.021" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816221v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. W. Passchier" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00024-012-0637-7" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816217v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.110.145501" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00831370v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Vasseur" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luo Xiaorong" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianzhao Yan" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Loggia" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2013.04.020" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840371v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Neuville" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgrb.50256" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00701971v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves M&#233;heust" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grunde L&#248;voll" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihailo Jankov" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2011.0123" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00701940v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weimin Wang" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fang Chen" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.petrol.2012.03.027" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731211v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. J. M&#229;l&#248;y" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00785096v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.86.061315" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724943v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2012.05.026" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00701967v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Ludvig Vinningland" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00694179v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Delacourt" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Allemand" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Malet" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isprsjprs.2012.03.007" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885544v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjst/e2012-01550-2" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787815v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.A.F. Smith" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Agosta" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.E. Holdsworth" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2012.11.001" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00701961v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1306/09091110140" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00701955v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Elkhoury" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2012.03.022" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00719008v2" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011JB009065" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00701970v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.7985" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00701969v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Oliver Schwarz" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.7984" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F23DA4172275FF1CC9BEDD268ED794202263A69D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00701964v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalifa Nsir" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Di Chiara Roupert" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Razakarisoa" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2011.12.003" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377368v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00701975v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Ebner" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Renard" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2012.04.046" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05249117v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00609886v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grunde Lovoll" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jankov" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-010-9622-8" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702305v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2011.05126.x" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00701925v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Ampuero" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2010JB008059" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00701935v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.83.046108" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00701939v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.84.036104" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00701936v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sparks" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00024-011-0320-4" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377772v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2009.03.006" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02377796v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. L&#248;voll" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. A Knudsen" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Planet" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-009-9521-z" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02377739v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.82.051302" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640525v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Grob" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/92/44001" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377790v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#216;istein Johnsen" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.81.041308" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02377764v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.82.011301" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02377824v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bons" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009JB006649" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02377743v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Goren" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sparks" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009JB007191" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553182v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.82.036317" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00352914v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Schmittbuhl" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2008.11.001" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02378051v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00351889v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2008.10.004" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00352886v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bonnetier" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaouqi Misbah" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Gratier" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2009-00002-2" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02377826v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Rivera" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00024-004-0496-z" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02377830v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henning Arendt Knudsen" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ramstad" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.074502" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909701v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Steyer" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jouniaux" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrmms.2007.07.007" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909821v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#216;. Johnsen" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K J M&#229;l&#248;y" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. G Flekk&#248;y" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.77.011301" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909972v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chevalier" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anke Lindner" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Clement" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.78.051302" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00185999v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Martinez" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sotolongo-Costa" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.77.031305" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909770v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.76.051306" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00201785v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cees Passchier" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2007.03.015" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909759v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.99.048001" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110554v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geir Helgesen" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.74.051405" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107346v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Santucci" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.96.045501" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107351v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.74.011301" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107354v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.73.046103" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130597v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i2005-10136-9" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110558v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gratier" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevlett.93.238501" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107357v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.71.046127" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110571v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.70.026301" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110563v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevlett.93.108304" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110572v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#248;rgen Akselvoll" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne T. Skjeltorp" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.69.011407" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00201774v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.93.238501" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110577v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110575v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.66.036136" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130595v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven R. Pride" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-4371(02)00816-6" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110576v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.66.036135" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110574v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.66.036137" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00921901v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/9780784412992.049" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874355v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/9780784412992.056" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00588718v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327171v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390747v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792164v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750525v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110578v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110585v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110580v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110581v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110583v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai de Lange Kistiansen" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015990v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Zyserman" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119127383.ch5" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02411173v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanifi Missoum" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bendani" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01665-4_47" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02411179v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-70548-4_537" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130589v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-642-31445-2_28" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-31445-2_28" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378038v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Santucci" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grob" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hansen" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378044v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/gp/book/9783540770732#" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378033v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjime Pindra" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Lazarus" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Leblond" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744577v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Skjeltorp" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/b97120" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/b97120" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-XMPT8RT4-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03590077v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew I Arran" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4044233" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334034v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Amitrano" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Marc" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311906v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mangeney" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J de Rosny" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874080v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213752v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00012208v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00816311v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00960983v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00943201v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00943203v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00943230v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00943233v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00943222v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00943183v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00943209v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00943221v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00943238v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00943240v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/renaud-toussaint" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3698-1934" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/058639381" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/toussaint_r_1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/E-7067-2011" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401172v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rashad Abbasov" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Fahs" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fontaine" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Husam Musa Baalousha" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Younes" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enggeo.2025.108481" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05548651v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleem Ethaib" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Mishbak" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad N Fares" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal S Makki" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/hydrology13030087" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115392v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Meghraoui" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziyadin Cakir" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jugurtha Kariche" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Toussaint" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Provost" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2025.230799" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05082244v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khobaib Khobaib" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Reis" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Moura" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eirik Grude Flekk&#248;y" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.7.023040" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05402330v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pritom Sarma" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Einat Aharonov" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav Parez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JB030768" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05402343v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaute Linga" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Arne Rikvold" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2025.104914" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05402357v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Hernandez-Perez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Sch&#228;fer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lehmann" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Piri" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.315" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05401199v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hafermaas" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saskia K&#246;hler" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Koehn" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/min15070743" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801308v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arran" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mangeney" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. de Rosny" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JF007455" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04604400v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Hibert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois No&#235;l" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Toe" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miloud Talib" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Desrues" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esurf-12-641-2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04544628v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Nowamooz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Knut J&#248;rgen M&#229;l&#248;y" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compgeo.2024.106102" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311831v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnrasl/slad049" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311812v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahar Ben-Zeev" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liran Goren" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-41405-4" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04291588v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Synn&#248;ve Flugekvam Nordang" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jaboyedoff" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Travelletti" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Battista Matasci" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10346-023-02054-2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311793v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2023.104580" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024382v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bachelet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mangeney" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien de Rosny" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattew I. Arran" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JF006990" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311857v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Kelka" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Siegel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Mullen" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S001675682200070X" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708677v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Alonso-Llanes" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. S&#225;nchez-Colina" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A J Batista-Leyva" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Altshuler" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.105.024903" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873884v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. K&#246;ehn" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. K&#246;ehler" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ghani" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Stollhofen" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2022.104670" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873876v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mart&#237;nez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Batista-Leyva" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.106.014904" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873817v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Falck Brodin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2241/1/012004" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873833v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2022.936915" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311849v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Vincent-Dospital" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-022-01072-1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451152v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christodoulos Kyriakopoulos" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas C. Barth" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Koelemeijer" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Winterbourne" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2021.734291" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175344v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cochard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SM02089C" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381167v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Santucci" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-98556-x" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03253991v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Farin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Toussaint" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JF006172" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381168v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2021.780623" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151695v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/abe444" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547298v2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Hansen" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2021.796019" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547333v2" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Steyer" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Renard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2021.627823" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452658v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Piazolo" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beaudoin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liene Spru&#382;eniece" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2021.116950" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453708v2" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meghraoui" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. E Aksoy" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42990-021-00053-w" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011080v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Till Sachau" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2020/7621759" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388745v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janis Aleksans" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Daniel" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00024-019-02376-0" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011083v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Bousmaha" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bensoula" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011081v2" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahar Ben Zeev" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.5.054301" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011082v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monem Ayaz" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Schafer" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019WR026279" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926644v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Vanel" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bonamy" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SM01062F" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011085v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Xu" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Szymczak" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eirik G. Flekk&#248;y" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Knut J. M&#229;l&#248;y" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2020.00369" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011068v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane X. Luu" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/abafa7" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388907v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Knut J&#248;rgen J M&#229;l&#248;y" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2019.00217" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014256v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eirik Flekk&#248;y" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.4.023604" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02334471v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2019.00096" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130591v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Tore Tallakstad" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiza Angheluta" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lasse Laurson" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2017.0394" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02333954v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Farin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong-Thu Trinh" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JF005258" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320640v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.4.094102" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130594v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lenglin&#233;" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2017.0399" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130588v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine L. Turquet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fredrik Kvalheim Eriksen" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Daniel" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019GL082198" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02366685v2" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Luu" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/ab4f78" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715092v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cl&#233;ment" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menka Stojanova" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Clement" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.97.022905" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907646v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien De&#160;rosny" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2017JF004296" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694329v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine L&#233;o Turquet" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.97.012908" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907624v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Aharonov" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Koehn" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gratier" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ebner" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2018.05.003" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907672v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2017JB014613" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907459v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjy Marks" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2018.00029" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685526v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Alm Eriksen" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Galland" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.3.013801" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907610v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5012979" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628871v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve-Agn&#232;s Fiorentino" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Jouniaux" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggw417" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628931v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/118/14004" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628870v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven R Pride" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.95.022136" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700930v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kariche" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Timoulali" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cetin" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggx385" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630004v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/9780784480779.013" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628899v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fredrik K. Eriksen" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.95.062901" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628914v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.119.154503" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628817v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Semih Turkaya" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4962407" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340882v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.93.042902" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340886v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Naert-Guillot" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6SM00615A" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340884v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Baud" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Rolland" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Heap" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Xu" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Nicol&#233;" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2016.03.004" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304634v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frans F M Aben" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-L Doan" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mitchell" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Reuschl&#233;" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015JB012542" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01211818v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Sainte-Marie" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2015.10.003" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628830v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Alonso-Llanes" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Mart&#237;nez" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340879v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nir Badt" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yossef H. Hatzor" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Sagy" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2016.03.026" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340272v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggw041" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628835v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#248;rnar Sandnes" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2016.00042" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198491v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.91.052204" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238506v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moura" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.-A Fiorentino" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sch&#228;fer" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015WR017196" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211519v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.92.032203" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208486v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.J. Maloy" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2015.00081" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167820v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent All&#232;gre" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lehmann" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sailhac" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2478.12206" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198622v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irfan Ghani" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cees W Passchier" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2015.00067" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212961v2" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolai Shapiro" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015jb012331" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198630v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Zecevic" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2015.00070" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198615v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mart&#237;nez-Rom&#225;n" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. J. Batista-Leyva" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4902979" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958259v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Niebling" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.89.013026" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961075v2" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leehee Laronne Ben-Itzhak" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziv Karcz" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maor Kaduri" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2014.02.010" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198604v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Vass" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2014.07.007" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00923951v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideo Aochi" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Poisson" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rachez" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Schmittbuhl" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggt356" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816221v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. W. Passchier" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00024-012-0637-7" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874172v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Conil" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Landrein" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrmms.2013.08.021" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816217v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.110.145501" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840371v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Neuville" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgrb.50256" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00831370v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Vasseur" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luo Xiaorong" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianzhao Yan" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Loggia" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2013.04.020" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787815v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.A.F. Smith" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Agosta" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.E. Holdsworth" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2012.11.001" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00701955v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Elkhoury" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2012.03.022" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00701961v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weimin Wang" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1306/09091110140" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724943v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2012.05.026" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00701967v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Ludvig Vinningland" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885544v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjst/e2012-01550-2" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00694179v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Delacourt" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Allemand" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Malet" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isprsjprs.2012.03.007" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00785096v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.86.061315" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731211v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. J. M&#229;l&#248;y" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00701940v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fang Chen" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.petrol.2012.03.027" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00701971v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves M&#233;heust" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grunde L&#248;voll" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihailo Jankov" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2011.0123" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00719008v2" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011JB009065" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00701970v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.7985" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00701969v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Oliver Schwarz" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.7984" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F23DA4172275FF1CC9BEDD268ED794202263A69D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00701964v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalifa Nsir" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Di Chiara Roupert" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Razakarisoa" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2011.12.003" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00701975v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Ebner" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Renard" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2012.04.046" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377368v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702305v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2011.05126.x" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00701925v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Ampuero" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2010JB008059" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00609886v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grunde Lovoll" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jankov" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-010-9622-8" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05249117v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00701935v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.83.046108" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00701939v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.84.036104" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00701936v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sparks" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00024-011-0320-4" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377790v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#216;istein Johnsen" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.81.041308" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02377764v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.82.011301" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02377824v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bons" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009JB006649" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640525v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Grob" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/92/44001" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02377796v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. L&#248;voll" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. A Knudsen" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Planet" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-009-9521-z" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377772v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2009.03.006" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02377739v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.82.051302" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553182v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.82.036317" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02377743v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Goren" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sparks" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009JB007191" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00351889v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2008.10.004" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00352914v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Schmittbuhl" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2008.11.001" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02378051v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00352886v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bonnetier" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaouqi Misbah" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Gratier" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2009-00002-2" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02377830v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henning Arendt Knudsen" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ramstad" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.074502" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02377826v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Rivera" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00024-004-0496-z" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00185999v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Martinez" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sotolongo-Costa" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.77.031305" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909972v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chevalier" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anke Lindner" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Clement" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.78.051302" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909821v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#216;. Johnsen" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K J M&#229;l&#248;y" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. G Flekk&#248;y" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.77.011301" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909701v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Steyer" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jouniaux" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrmms.2007.07.007" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909770v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.76.051306" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00201785v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cees Passchier" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2007.03.015" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909759v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.99.048001" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107346v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Santucci" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.96.045501" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110554v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geir Helgesen" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.74.051405" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107351v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.74.011301" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107354v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.73.046103" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110558v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gratier" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevlett.93.238501" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130597v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i2005-10136-9" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107357v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.71.046127" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110571v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.70.026301" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110563v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevlett.93.108304" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110572v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#248;rgen Akselvoll" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne T. Skjeltorp" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.69.011407" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00201774v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.93.238501" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110577v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130595v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven R. Pride" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-4371(02)00816-6" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110575v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.66.036136" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110576v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.66.036135" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110574v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.66.036137" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00921901v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/9780784412992.049" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874355v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/9780784412992.056" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00588718v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390747v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327171v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792164v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750525v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110578v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110585v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110580v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110581v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110583v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai de Lange Kistiansen" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015990v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Zyserman" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119127383.ch5" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02411173v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanifi Missoum" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bendani" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01665-4_47" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02411179v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-70548-4_537" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130589v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-642-31445-2_28" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-31445-2_28" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378038v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Santucci" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grob" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hansen" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378044v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/gp/book/9783540770732#" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378033v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjime Pindra" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Lazarus" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Leblond" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744577v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Skjeltorp" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/b97120" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/b97120" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-XMPT8RT4-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03590077v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew I Arran" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4044233" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334034v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Amitrano" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Marc" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311906v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mangeney" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J de Rosny" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874080v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213752v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00012208v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00816311v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00960983v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00943201v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00943221v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00943183v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00943209v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00943233v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00943222v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00943230v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00943203v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00943238v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00943240v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>