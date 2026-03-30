--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (14)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -217,1472 +217,1602 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04274990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New Algorithm to Solve the Extended-Oxley Analytical Model of Orthogonal Metal Cutting in Python</w:t>
+                <w:t xml:space="preserve">Gaining Profound Knowledge of Cholera Outbreak: The Significance of the Allee Effect on Bacterial Population Growth and Its Implications for Human-Environment Health</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Pantalé</w:t>
+                <w:t xml:space="preserve">Gabriel Kolaye Guilsou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Dawoua Kaoutoing</w:t>
+                <w:t xml:space="preserve">Moulay-Ahmed Aziz-Alaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Houé Ngouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Archimede</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Bowong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/applmech3030051⟩</w:t>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (13), pp.10384. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/su151310384⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03954458v1</w:t>
+                <w:t xml:space="preserve">hal-05540508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A data-driven method for detecting and diagnosing causes of water quality contamination in a dataset with a high rate of missing values</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A New Algorithm to Solve the Extended-Oxley Analytical Model of Orthogonal Metal Cutting in Python</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Dauriac</w:t>
+                <w:t xml:space="preserve">Olivier Pantalé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Sebilo</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maxime Dawoua Kaoutoing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Houé Ngouna</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Applications of Artificial Intelligence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 95, pp.103822 -. </w:t>
+              <w:t xml:space="preserve">Applied Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3, pp.889 - 904. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.engappai.2020.103822⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/applmech3030051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03492063v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03954458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Groundwater Quality Assessment Combining Supervised and Unsupervised Methods</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A data-driven method for detecting and diagnosing causes of water quality contamination in a dataset with a high rate of missing values</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Houe Ngouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Ratolojanahary</w:t>
+                <w:t xml:space="preserve">Romy Ratolojanahary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Houé Ngouna</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Kamal Medjaher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Dauriac</w:t>
+                <w:t xml:space="preserve">Fabien Dauriac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Sebilo</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mathieu Sebilo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 52 (10), pp.340--345. </w:t>
+              <w:t xml:space="preserve">Engineering Applications of Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 95, pp.103822 -. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2019.10.054⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.engappai.2020.103822⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03990294v1</w:t>
+                <w:t xml:space="preserve">hal-03492063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model selection to improve multiple imputation for handling high rate missingness in a water quality dataset</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Groundwater Quality Assessment Combining Supervised and Unsupervised Methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Ratolojanahary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Houé Ngouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Medjaher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dauriac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Sebilo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Expert Systems with Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.eswa.2019.04.049⟩</w:t>
+              <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 52 (10), pp.340--345. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2019.10.054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02134695v1</w:t>
+                <w:t xml:space="preserve">hal-03990294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathematical assessment of the role of environmental factors on the dynamical transmission of cholera</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Samuel Bowong Tsakou</w:t>
+                <w:t xml:space="preserve">Model selection to improve multiple imputation for handling high rate missingness in a water quality dataset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romy Ratolojanahary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Houé Ngouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Moulay Ahmed Aziz-Alaoui</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Medjaher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Cadivel</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean Junca-Bourié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Dauriac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications in Nonlinear Science and Numerical Simulation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 67, pp.203-222. </w:t>
+              <w:t xml:space="preserve">Expert Systems with Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 131, pp.299-307. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cnsns.2018.06.023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.eswa.2019.04.049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03499025v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02134695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical assessment of the impact of climatic factors in a vibrio cholerae model</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Mathematical assessment of the role of environmental factors on the dynamical transmission of cholera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Kolaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Bowong</w:t>
+                <w:t xml:space="preserve">Samuel Bowong Tsakou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Houé Ngouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Békollè</w:t>
+                <w:t xml:space="preserve">Moulay Ahmed Aziz-Alaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Cadivel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Biotheoretica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10441-018-9322-2⟩</w:t>
+              <w:t xml:space="preserve">Communications in Nonlinear Science and Numerical Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 67, pp.203-222. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cnsns.2018.06.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01905420v1</w:t>
+                <w:t xml:space="preserve">hal-03499025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A typology of the situations of cooperation in supply chains</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yue Ming</w:t>
+                <w:t xml:space="preserve">Theoretical assessment of the impact of climatic factors in a vibrio cholerae model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Kolaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Grabot</w:t>
+                <w:t xml:space="preserve">Irépran Damakoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Bowong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Houé Ngouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raymond Houé</w:t>
+                <w:t xml:space="preserve">David Békollè</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers &amp; Industrial Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, vol. 67, pp. 56-71. </w:t>
+              <w:t xml:space="preserve">Acta Biotheoretica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.0. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cie.2013.10.012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10441-018-9322-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00952728v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01905420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ERP 2.0, what for and how?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">A typology of the situations of cooperation in supply chains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yue Ming</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Grabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Raymond Houé Ngouna</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Houé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers in Industry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compind.2014.02.017⟩</w:t>
+              <w:t xml:space="preserve">Computers &amp; Industrial Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, vol. 67, pp. 56-71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cie.2013.10.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01070519v1</w:t>
+                <w:t xml:space="preserve">hal-00952728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust competence assessment for job assignment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romain Guillaume</w:t>
+                <w:t xml:space="preserve">ERP 2.0, what for and how?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Grabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mayère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Lauroua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Houé Ngouna</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bernard Grabot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Operational Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejor.2014.04.022⟩</w:t>
+              <w:t xml:space="preserve">Computers in Industry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 65, pp.976-1000. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compind.2014.02.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01070518v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01070519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial of the Special Section: Anticipation of risks impacts and industrial performance evaluation in distributed organizations life cycles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Raymond Houe Ngouna</w:t>
+                <w:t xml:space="preserve">Robust competence assessment for job assignment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Houé Ngouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Grabot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Production Economics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Operational Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp. 630-644. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejor.2014.04.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijpe.2012.12.016⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00824186v1</w:t>
+                <w:t xml:space="preserve">hal-01070518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the compliance of a product with an eco-label: from standards to constraints</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bernard Grabot</w:t>
+                <w:t xml:space="preserve">Editorial of the Special Section: Anticipation of risks impacts and industrial performance evaluation in distributed organizations life cycles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Coudert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Houe Ngouna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Production Economics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, vol. 121, pp. 21-38. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijpe.2008.03.014⟩</w:t>
+              <w:t xml:space="preserve">, 2013, vol. 142, pp. 213 - 213. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpe.2012.12.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00965906v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00824186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structuring and modelling norms for the recyclability assessment of products during their design</w:t>
+                <w:t xml:space="preserve">Assessing the compliance of a product with an eco-label: from standards to constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Houé Ngouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Grabot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Computer Integrated Manufacturing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/09511920701567754⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Production Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, vol. 121, pp. 21-38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpe.2008.03.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02111647v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00965906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Structuring and modelling norms for the recyclability assessment of products during their design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Houé Ngouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Grabot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Computer Integrated Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 20 (7), pp.699-714. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09511920701567754⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02111647v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Knowledge Modeling for Eco-design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Houe Ngouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Grabot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Concurrent Engineering: Research and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 15 (1), pp.7-20. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/1063293X07076272⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00571203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1692,1654 +1822,1654 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ai-driven decision support for spatio-temporal water quality monitoring using aquatic drones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Umar Alfa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auwal Tijjani Shehu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Fabresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Houe Ngouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Duviella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CMWRS IFAC Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Douai, France, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05239494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anomaly detection in orthogonal metal cutting based on autoencoder method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Dawoua Kaoutoing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Houé Ngouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pantalé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tibi Beda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th international Conference on Intelligent Systems 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Madeira, Portugal. pp.0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03110492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An analytical model of orthogonal metal cutting: implementation using LMFIT library in Python</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Dawoua Kaoutoing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Houé Ngouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tibi Beda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pantalé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 8th International Conference on Structural Analysis of Advanced Materials (ICSAAM 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Tarbes, France. pp.0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02359773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sustainability assessment of a transportation system under uncertainty : an integrated multicriteria approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justin Moskolai Ngossaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Houé Ngouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Archimède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Nlong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th IFAC World Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Toulouse, France. pp.7481-7486, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ifacol.2017.08.1064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01886811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cadre méthodologique de co-déploiement des systèmes physique et d’information : contexte de la gestion durable du transport dans les pays en voie de développement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justin Moskolai Ngossaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Houé Ngouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Archimède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11e Congrès International de Génie Industriel – CIGI2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Québec, Canada. pp. 1-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01520984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intégration et interopérabilité des systèmes d'information hétérogènes dans des environnements distribués : vers une approche flexible basée sur l'urbanisation des systèmes d'information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justin Moskolai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adolphe Ayissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Houe Ngouna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence de Recherche Internationale en Informatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2013, Yaoundé, Cameroun</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01127755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introducing &amp;quot;2.0&amp;quot; Functionalities in an ERP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Grabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Houé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lauroua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mayère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th Advances in Production Management Systems (APMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Rhodes, Greece. pp.104-111, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-642-40361-3_14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01470608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Models for supply chain negotiation in collaborative relationships</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yue Ming</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Houé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Grabot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Conference on Modeling, Optimization &amp; SIMulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01005540v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00728637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MRP-based negotiation in customer-supplier relationship</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Models for supply chain negotiation in collaborative relationships</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yue Ming</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Houé Ngouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Grabot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th IFAC Symposium on Information Control Problems in Manufacturing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Bucharest, Romania</w:t>
+              <w:t xml:space="preserve">9th International Conference on Modeling, Optimization &amp; SIMulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01005539v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01005540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Models for supply chain negotiation in collaborative relationships</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">MRP-based negotiation in customer-supplier relationship</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yue Ming</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Houé Ngouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Grabot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Conference on Modeling, Optimization &amp; SIMulation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">14th IFAC Symposium on Information Control Problems in Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Bucharest, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00728637v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01005539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a collaborative MRP for supply chain coordination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yue Ming</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Grabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Houé Ngouna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2012 IEEE International Conference on Industrial Technology (ICIT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2012, Athens, Greece. pp.48-53</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01005537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La longue route vers l’ERP 2.0</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Grabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mayère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Houe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Hémont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9ème Congrès International de Génie Industriel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, École Polytechnique de Montréal, Oct 2011, Saint-Sauveur (Québec), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02100726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fuzzy logic in competence management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Houé Ngouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Grabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germaine Tchuente Foguem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUSFLAT-LFA 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2011, Aix-les-Bains, France. pp.0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01886813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coordination in Supply Chains: From Case Studies to Reference Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yue Ming</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Houé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Grabot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Advances in Production and Management Systems (APMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, Paris, France. pp.203-210, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-642-16358-6_26⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01055852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coordination in supply chains: from case studies to reference models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yue Ming</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Houé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Grabot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">APMS 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, Bordeaux, France. pp 203-210</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00952737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Operational Competence Management Comparison of Industrial Frameworks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Grabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Houé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INCOM'09</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Moscow, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00958855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3349,114 +3479,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation des connaissances normatives en vue l'évaluation de la recyclabilité d'un produit en conception</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Houé Ngouna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ingénierie, finance et science [cs.CE]. Institut National Polytechnique (Toulouse), 2006. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2006INPT025H⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04577349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId99"/>
+      <w:footerReference w:type="default" r:id="rId104"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3603,51 +3733,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274990v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Teguede Keleko" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Kamsu-Foguem" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Houe Ngouna" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#232;vi Tongne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advengsoft.2022.103339" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03954458v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pantal&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Dawoua Kaoutoing" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Hou&#233; Ngouna" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/applmech3030051" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492063v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romy Ratolojanahary" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Medjaher" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dauriac" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Sebilo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2020.103822" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03990294v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ratolojanahary" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hou&#233; Ngouna" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dauriac" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sebilo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.10.054" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134695v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Junca-Bouri&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2019.04.049" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499025v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Kolaye" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bowong Tsakou" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moulay Ahmed Aziz-Alaoui" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Cadivel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnsns.2018.06.023" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905420v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#233;pran Damakoa" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bowong" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David B&#233;koll&#232;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10441-018-9322-2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952728v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Ming" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Grabot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Hou&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cie.2013.10.012" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01070519v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne May&#232;re" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lauroua" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2014.02.017" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01070518v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guillaume" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2014.04.022" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824186v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Coudert" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2012.12.016" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965906v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2008.03.014" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111647v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09511920701567754" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00571203v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1063293X07076272" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05239494v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umar Alfa" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auwal Tijjani Shehu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Fabresse" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Duviella" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110492v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tibi Beda" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359773v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886811v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Moskolai Ngossaha" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Archim&#232;de" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Nlong" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.1064" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520984v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01127755v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Moskolai" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adolphe Ayissi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01470608v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40361-3_14" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005540v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005539v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728637v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005537v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02100726v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Houe" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian H&#233;mont" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886813v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germaine Tchuente Foguem" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01055852v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-16358-6_26" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952737v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958855v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/tel-04577349v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2006INPT025H" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274990v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Teguede Keleko" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Kamsu-Foguem" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Houe Ngouna" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#232;vi Tongne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advengsoft.2022.103339" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540508v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Kolaye Guilsou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moulay-Ahmed Aziz-Alaoui" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Hou&#233; Ngouna" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Archimede" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bowong" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su151310384" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03954458v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pantal&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Dawoua Kaoutoing" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/applmech3030051" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492063v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romy Ratolojanahary" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Medjaher" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dauriac" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Sebilo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2020.103822" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03990294v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ratolojanahary" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hou&#233; Ngouna" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dauriac" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sebilo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.10.054" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134695v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Junca-Bouri&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2019.04.049" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499025v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Kolaye" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bowong Tsakou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moulay Ahmed Aziz-Alaoui" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Cadivel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnsns.2018.06.023" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905420v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#233;pran Damakoa" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David B&#233;koll&#232;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10441-018-9322-2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952728v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Ming" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Grabot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Hou&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cie.2013.10.012" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01070519v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne May&#232;re" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lauroua" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2014.02.017" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01070518v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guillaume" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2014.04.022" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824186v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Coudert" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2012.12.016" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965906v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2008.03.014" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111647v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09511920701567754" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00571203v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1063293X07076272" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05239494v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umar Alfa" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auwal Tijjani Shehu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Fabresse" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Duviella" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110492v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tibi Beda" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359773v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886811v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Moskolai Ngossaha" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Archim&#232;de" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Nlong" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.1064" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520984v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01127755v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Moskolai" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adolphe Ayissi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01470608v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40361-3_14" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728637v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005540v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005539v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005537v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02100726v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Houe" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian H&#233;mont" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886813v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germaine Tchuente Foguem" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01055852v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-16358-6_26" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952737v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958855v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/tel-04577349v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2006INPT025H" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>