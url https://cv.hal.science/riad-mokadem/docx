--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -100,217 +100,217 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Designing an Energy Aware Data Replication Strategy for Cloud Systems Using Reinforcement Learning</w:t>
+                <w:t xml:space="preserve">Design of an Energy Aware Data Replication Strategy for Cloud Systems Using Reinforcement Learning (BDA'2025)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amir Najjar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riad Mokadem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Pierson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence francophone d'informatique en Parallélisme, Architecture et Système (COMPAS 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">41ème Conférence sur la Gestion de Données – Principes, Technologies et Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de Recherche en Informatique de Toulouse, Oct 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05118691v1</w:t>
+                <w:t xml:space="preserve">hal-05299424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of an Energy Aware Data Replication Strategy for Cloud Systems Using Reinforcement Learning (BDA'2025)</w:t>
+                <w:t xml:space="preserve">Towards Designing an Energy Aware Data Replication Strategy for Cloud Systems Using Reinforcement Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amir Najjar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riad Mokadem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Pierson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">41ème Conférence sur la Gestion de Données – Principes, Technologies et Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de Recherche en Informatique de Toulouse, Oct 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Conférence francophone d'informatique en Parallélisme, Architecture et Système (COMPAS 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05299424v1</w:t>
+                <w:t xml:space="preserve">hal-05118691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Review of Data Placement and Replication Strategies Based on Machine Learning</w:t>
               </w:r>
@@ -4583,51 +4583,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05118691v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Najjar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riad Mokadem" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Pierson" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299424v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721852v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723684v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahem Arar" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Eddine Zegour" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206125v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bugnicourt" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Morvan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bebeshina" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-44505-7_17" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03696210v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan S&#233;gu&#233;la" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481520v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLOUD53861.2021.00056" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481565v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Martinez-Gil" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef K&#252;ng" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Hameurlain" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-86534-4_18" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774313v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950735v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887496v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690142v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uras Tos" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tolga Ayav" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebnem Bora" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083796v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chirine Ghedira-Guegan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamal Benslimane" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-01863-8_15" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804929v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299440v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santatra Hagamalala Bernardin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasinarivo Ramanana" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasimandimby Rakotoarivelo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33168/JLISS.2025.0315" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060914v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.datak.2023.102155" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133143v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Hamrouni" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Khelifa" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.7758" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828293v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Martinez Gil" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Kueng" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJGUC.2022.125135" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841296v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13748-021-00263-1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621837v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faouzi Ben Charrada" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpat.2021.102428" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116182v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJHPCN.2020.112678" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481577v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdenour Lazeb" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghalem Belalem" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/MGS-210348" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481554v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10489-021-02267-9" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116152v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00500-020-05544-w" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116158v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2020.09.174" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878939v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jss.2019.110447" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481613v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJSITA.2019040101" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463074v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Tabet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ridda Laouar" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJGUC.2019.097224" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874974v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Limam" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10586-018-02899-6" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02538761v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10586-017-1507-y" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518918v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayav Tolga" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11227-015-1508-7" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519121v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJGUC.2015.066395" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00688736v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJIIDS.2010.034084" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378928v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109256v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252280v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bora Sebnem" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807246v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03116229v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109260v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://crl-publishing.co.uk/csse-journal/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04061076v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2006PA090014" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299424v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Najjar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riad Mokadem" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Pierson" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05118691v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721852v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723684v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahem Arar" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Eddine Zegour" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206125v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bugnicourt" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Morvan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bebeshina" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-44505-7_17" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03696210v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan S&#233;gu&#233;la" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481520v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLOUD53861.2021.00056" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481565v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Martinez-Gil" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef K&#252;ng" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Hameurlain" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-86534-4_18" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774313v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950735v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887496v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690142v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uras Tos" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tolga Ayav" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebnem Bora" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083796v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chirine Ghedira-Guegan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamal Benslimane" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-01863-8_15" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804929v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299440v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santatra Hagamalala Bernardin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasinarivo Ramanana" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasimandimby Rakotoarivelo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33168/JLISS.2025.0315" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060914v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.datak.2023.102155" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133143v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Hamrouni" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Khelifa" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.7758" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828293v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Martinez Gil" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Kueng" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJGUC.2022.125135" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841296v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13748-021-00263-1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621837v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faouzi Ben Charrada" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpat.2021.102428" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116182v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJHPCN.2020.112678" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481577v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdenour Lazeb" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghalem Belalem" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/MGS-210348" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481554v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10489-021-02267-9" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116152v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00500-020-05544-w" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116158v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2020.09.174" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878939v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jss.2019.110447" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481613v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJSITA.2019040101" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463074v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Tabet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ridda Laouar" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJGUC.2019.097224" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874974v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Limam" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10586-018-02899-6" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02538761v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10586-017-1507-y" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518918v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayav Tolga" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11227-015-1508-7" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519121v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJGUC.2015.066395" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00688736v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJIIDS.2010.034084" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378928v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109256v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252280v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bora Sebnem" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807246v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03116229v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109260v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://crl-publishing.co.uk/csse-journal/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04061076v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2006PA090014" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>