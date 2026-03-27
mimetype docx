--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -660,433 +660,433 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04208335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distinguishing Galactoside Isomers with Mass Spectrometry and Gas-Phase Infrared Spectroscopy</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Oznur Yeni</w:t>
+                <w:t xml:space="preserve">Controlled ultrafast ππ*-πσ* dynamics in tryptophan-based peptides with tailored micro-environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marius Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexie Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Brédy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Compagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdul-Rahman Allouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jacs.0c11919⟩</w:t>
+              <w:t xml:space="preserve">Communications Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 4 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42004-021-00557-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03333654v1</w:t>
+                <w:t xml:space="preserve">hal-03342205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlled ultrafast ππ*-πσ* dynamics in tryptophan-based peptides with tailored micro-environment</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Abdul-Rahman Allouche</w:t>
+                <w:t xml:space="preserve">Synthesis of an Exhaustive Library of Naturally Occurring Galf-Manp and Galp-Manp Disaccharides. Toward Fingerprinting According to Ring Size by Advanced Mass Spectrometry-Based IM-MS and IRMPD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Favreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oznur Yeni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Boustie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Le Dévéhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42004-021-00557-4⟩</w:t>
+              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 86 (9), pp.6390-6405. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.joc.1c00250⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03342205v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03223868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of an Exhaustive Library of Naturally Occurring Galf-Manp and Galp-Manp Disaccharides. Toward Fingerprinting According to Ring Size by Advanced Mass Spectrometry-Based IM-MS and IRMPD</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Favreau</w:t>
+                <w:t xml:space="preserve">Distinguishing Galactoside Isomers with Mass Spectrometry and Gas-Phase Infrared Spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan S Ho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amira Gharbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Schindler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oznur Yeni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Françoise Le Dévéhat</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Brédy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 86 (9), pp.6390-6405. </w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 143 (28), pp.10509-10513. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.joc.1c00250⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jacs.0c11919⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03223868v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrafast dynamics of correlation bands following XUV molecular photoionization</w:t>
               </w:r>
@@ -1468,602 +1468,602 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02289932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Excitation, fragmentation and radiative decay of molecules studied with fast ion beams</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Angularly resolved RABBITT using a second harmonic pulse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Loriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lin Chen</w:t>
+                <w:t xml:space="preserve">Alexandre Marciniak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Karras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Schindler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Bernard</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gina Renois-Predelus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/875/2/012005⟩</w:t>
+              <w:t xml:space="preserve">Journal of Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 19, pp.114003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/2040-8986/aa8e10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02289281v1</w:t>
+                <w:t xml:space="preserve">hal-02289053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cooling of PAH cations studied with an electrostatic storage ring</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cooling of isolated anthracene cations probed with photons of different wavelengths in the Mini-Ring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerome Bernard</w:t>
+                <w:t xml:space="preserve">Lin Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Li Chen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Richard Bredy</w:t>
+                <w:t xml:space="preserve">R. Bredy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mingchao Ji</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Celine Ortega</w:t>
+                <w:t xml:space="preserve">C. Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nimb.2017.03.142⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 146, pp.044301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4973651⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02289411v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02289052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cooling of isolated anthracene cations probed with photons of different wavelengths in the Mini-Ring</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cooling of PAH cations studied with an electrostatic storage ring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Ji</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">R. Bredy</w:t>
+                <w:t xml:space="preserve">Li Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Bredy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Ortega</w:t>
+                <w:t xml:space="preserve">Mingchao Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4973651⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 408, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nimb.2017.03.142⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02289052v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02289411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angularly resolved RABBITT using a second harmonic pulse</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Schindler</w:t>
+                <w:t xml:space="preserve">Excitation, fragmentation and radiative decay of molecules studied with fast ion beams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lin Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Bredy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gina Renois-Predelus</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Serge Martin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Optics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 19, pp.114003. </w:t>
+              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 875, pp.012005. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/2040-8986/aa8e10⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/875/2/012005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02289053v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02289281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FAIMS-MS-IR spectroscopy workflow: a multidimensional platform for the analysis of molecular isoforms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Schindler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Depraz Depland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gina Renois-Predelus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Karras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2121,295 +2121,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02295208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluorescence decay of naphthalene studied in an electrostatic storage ring, the Mini-Ring</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Influence of long-range Coulomb interaction in velocity map imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Matsumoto</w:t>
+                <w:t xml:space="preserve">T. Barillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Bredy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Kono</w:t>
+                <w:t xml:space="preserve">G. Celep</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. -. C. Ji</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Richard Bredy</w:t>
+                <w:t xml:space="preserve">S. Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Compagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nimb.2017.05.006⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 147, pp.013929. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4982616⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02317573v1</w:t>
+                <w:t xml:space="preserve">hal-02289393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of long-range Coulomb interaction in velocity map imaging</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">R. Bredy</w:t>
+                <w:t xml:space="preserve">Fluorescence decay of naphthalene studied in an electrostatic storage ring, the Mini-Ring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Celep</w:t>
+                <w:t xml:space="preserve">J. Matsumoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Cohen</w:t>
+                <w:t xml:space="preserve">N. Kono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Compagnon</w:t>
+                <w:t xml:space="preserve">M. -. C. Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Bredy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 147, pp.013929. </w:t>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 408, </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4982616⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nimb.2017.05.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02289393v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02317573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fragmentation dynamics of meso-tetraphenyl iron (III) porphyrin chloride dication under energy control</w:t>
               </w:r>
@@ -2421,51 +2421,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdul-Rahman Allouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Brédy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2523,1039 +2523,1039 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01673964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Singlet and triplet states dissociation of doubly charged HDO, H2O</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Richard Bredy</w:t>
+                <w:t xml:space="preserve">PAH radiative cooling and fragmentation kinematics studied within an electrostatic ring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Brédy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Bernard</w:t>
+                <w:t xml:space="preserve">J. Ji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Cassimi</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C. Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 635 (3), pp.032080. </w:t>
+              <w:t xml:space="preserve">, 2015, 583, </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/635/3/032080⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/583/1/012042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02307282v1</w:t>
+                <w:t xml:space="preserve">hal-01673979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The cooling of naphthalene cations studied within an electrostatic storage ring</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+                <w:t xml:space="preserve">Dissociation of doubly charged Coronene as a function of internal energy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Bredy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Chen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Bernard</w:t>
+                <w:t xml:space="preserve">Min Ji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Ji</w:t>
+                <w:t xml:space="preserve">L. Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 583, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/583/1/012038⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 635 (3), pp.032052. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/635/3/032052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01673981v1</w:t>
+                <w:t xml:space="preserve">hal-02308176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fragmentation of doubly charged HDO, H2O, and D2O molecules induced by proton and monocharged fluorine beam impact at 3 keV</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lin Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Brédy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Cassimi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 142 (9), pp.095306. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.4913398⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01164838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissociation of doubly charged Coronene as a function of internal energy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Singlet and triplet states dissociation of doubly charged HDO, H2O</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Li Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Bredy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Cassimi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 635 (3), pp.032052. </w:t>
+              <w:t xml:space="preserve">, 2015, 635 (3), pp.032080. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/635/3/032052⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/635/3/032080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02308176v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02307282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PAH radiative cooling and fragmentation kinematics studied within an electrostatic ring</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The cooling of naphthalene cations studied within an electrostatic storage ring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ortega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Brédy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">C. Ortega</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Ji</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">J. Bernard</w:t>
+                <w:t xml:space="preserve">M Ji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 583, </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/583/1/012042⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/583/1/012038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01673979v1</w:t>
+                <w:t xml:space="preserve">hal-01673981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissociation rate, fluorescence and Infrared radiative cooling rates of Naphthalene studied in electrostatic storage Miniring</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Fast radiative cooling of anthracene: Dependence on internal energy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Bernard</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Brédy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Concina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/635/3/032051⟩</w:t>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 92 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.92.053425⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02307281v1</w:t>
+                <w:t xml:space="preserve">hal-01673975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast radiative cooling of anthracene: Dependence on internal energy</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Dissociation rate, fluorescence and Infrared radiative cooling rates of Naphthalene studied in electrostatic storage Miniring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ortega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Kono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">B. Concina</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Bredy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 92 (5), </w:t>
+              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 635 (3), pp.032051. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.92.053425⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/635/3/032051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01673975v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02307281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time Evolution of the internal energy distribution of molecules studied in an electrostatic storage ring, the Mini-Ring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Li Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Min Ji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Bredy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 488 (10), pp.102011. </w:t>
@@ -3593,77 +3593,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time evolution of internal energy distribution of Anthracene studied in an electrostatic storage ring, the Mini-Ring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Li Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Min Ji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Bredy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3740,90 +3740,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Excitation energy distributions and statistical dissociation of C-70(2+) prepared in collisions with F+ ions at 3 keV</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Bredy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Min Ji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Li Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 488 (10), pp.102012. </w:t>
@@ -3855,831 +3855,831 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02313486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New process observed in collisions between highly charged protonated protein and Xe8+, Xe5+, He2+ ions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">Electron capture and deprotonation processes observed in collisions between Xe$^{8+}$ and multiply protonated cytochrome-C</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ortega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Bredy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Vernier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Dugourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/488/10/102004⟩</w:t>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 89, pp.012707. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.89.012707⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02309442v1</w:t>
+                <w:t xml:space="preserve">hal-02309429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electron capture and deprotonation processes observed in collisions between Xe$^{8+}$ and multiply protonated cytochrome-C</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">New process observed in collisions between highly charged protonated protein and Xe8+, Xe5+, He2+ ions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Bredy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dugourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 89, pp.012707. </w:t>
+              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 488 (10), pp.102004. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.89.012707⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/488/10/102004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02309429v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02309442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fragmentation of anthracene induced by collisions with 40 keV Ar 8+ ions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Time evolution of the internal energy distribution of singly charged anthracene in a storage ring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Brédy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Ortéga</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+                <w:t xml:space="preserve">L Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">L. Chen</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Concina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica Scripta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, T156, pp.014042. </w:t>
+              <w:t xml:space="preserve">, 2013, T156, pp.014091. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0031-8949/2013/T156/014042⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0031-8949/2013/T156/014091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03054266v1</w:t>
+                <w:t xml:space="preserve">hal-03146490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast Radiative Cooling of Anthracene Observed in a Compact Electrostatic Storage Ring</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+                <w:t xml:space="preserve">Ion beam characterization in the Mini-Ring and kinetic energy release measurement of unimolecular decay of anthracene cations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Montagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Brédy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">C. Joblin</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 110 (6), pp.063003. </w:t>
+              <w:t xml:space="preserve">Physica Scripta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, T156, pp.014092. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.110.063003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0031-8949/2013/T156/014092⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03054191v1</w:t>
+                <w:t xml:space="preserve">hal-03146475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ion beam characterization in the Mini-Ring and kinetic energy release measurement of unimolecular decay of anthracene cations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M Ji</w:t>
+                <w:t xml:space="preserve">Fast Radiative Cooling of Anthracene Observed in a Compact Electrostatic Storage Ring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Brédy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Concina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Montagne</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">L Chen</w:t>
+                <w:t xml:space="preserve">C. Joblin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica Scripta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0031-8949/2013/T156/014092⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 110 (6), pp.063003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.110.063003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03146475v1</w:t>
+                <w:t xml:space="preserve">hal-03054191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time evolution of the internal energy distribution of singly charged anthracene in a storage ring</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fragmentation of anthracene induced by collisions with 40 keV Ar 8+ ions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Brédy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ortéga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Ji</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Bruno Concina</w:t>
+                <w:t xml:space="preserve">L. Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica Scripta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, T156, pp.014091. </w:t>
+              <w:t xml:space="preserve">, 2013, T156, pp.014042. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0031-8949/2013/T156/014091⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0031-8949/2013/T156/014042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03146490v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03054266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energy-dependent relative charge transfer cross sections of Cs+ + Rb(5s, 5p)</w:t>
               </w:r>
@@ -4916,103 +4916,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Statistical fragmentation of doubly charged anthracene induced by fluorine-beam impact at 3 keV</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Brédy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Montagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 85 (5), pp.052715. </w:t>
@@ -5076,77 +5076,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Reitsma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Zettergren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Brédy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics B: Atomic, Molecular and Optical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 45 (21), pp.215201. </w:t>
@@ -5196,77 +5196,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fragmentation of singly charged adenine induced by neutral fluorine beam impact at 3 keV</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lin Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Brédy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Montagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5343,64 +5343,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An introduction to the trapping of clusters with ion traps and electrostatic storage devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Brédy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Montagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5476,90 +5476,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coincidence method for measuring the mass of neutral fragments emitted in a delayed fragmentation process from a singly charged molecule: Fragmentation pathway of adenine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Brédy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdul-Rahman Allouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Salmoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5900,51 +5900,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Fléchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Bredy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.R. Lundeen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5999,90 +5999,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emission of singly and doubly charged light fragments from C 60 r + ( r = 4 – 9 ) in Xe 2 5 + − C 60 collisions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lin Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Brédy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. C. Buchet-Poulizac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6159,286 +6159,286 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrafast dynamics of correlation bands following XUV molecular photoionization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ultrafast XUV-induced Dynamics in Gas-phase Complex Molecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marius Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Boyer</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">P. Castellanos Nash</w:t>
+                <w:t xml:space="preserve">Victor Despré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Loriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexie Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Brédy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 Conference on Lasers and Electro-Optics Europe &amp; European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">nternational Symposium on Molecular Beams 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, virtual, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03574384v1</w:t>
+                <w:t xml:space="preserve">hal-03739076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrafast XUV-induced Dynamics in Gas-phase Complex Molecules</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Victor Despré</w:t>
+                <w:t xml:space="preserve">Ultrafast dynamics of correlation bands following XUV molecular photoionization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Herve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Despre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Castellanos Nash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Loriot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Richard Brédy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">nternational Symposium on Molecular Beams 2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2021 Conference on Lasers and Electro-Optics Europe &amp; European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Munich, Germany. pp.1-1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CLEO/Europe-EQEC52157.2021.9542208⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03739076v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03574384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Controlled Ultrafast Charge Transfer Dynamics in Peptides with Tailored Micro-environment</w:t>
               </w:r>
@@ -6575,77 +6575,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Gutierrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Brédy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th International Conference on the Physics of Highly Charged Ions (HCI 2008)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, France. pp.012077</w:t>
@@ -6842,285 +6842,285 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charge Transfer Cross Section Measurement in Na+ +Rb(4d)</w:t>
+                <w:t xml:space="preserve">Measurement of Excited State Fraction in a MOT versus Laser Detuning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Shah</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">H. Camp</w:t>
+                <w:t xml:space="preserve">M.A. Gearba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.A. Camp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Trachy</w:t>
+                <w:t xml:space="preserve">M.H. Shah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.L. Trachy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Nguyen</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">B. Depaola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">D. Baudrau,T. Gaier,C. Parvez,V. Sathyasheelappa,D. Wise. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">36th Meeting of the Division of Atomic, Molecular and Optical Physics (APS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2005, Lincoln, United States. 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00113544v1</w:t>
+                <w:t xml:space="preserve">in2p3-00113540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of Excited State Fraction in a MOT versus Laser Detuning</w:t>
+                <w:t xml:space="preserve">Charge Transfer Cross Section Measurement in Na+ +Rb(4d)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.A. Gearba</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">H.A. Camp</w:t>
+                <w:t xml:space="preserve">M. Shah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Camp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.H. Shah</w:t>
+                <w:t xml:space="preserve">M. Trachy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.L. Trachy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">H. Nguyen</w:t>
+                <w:t xml:space="preserve">B. Depaola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">D. Baudrau,T. Gaier,C. Parvez,V. Sathyasheelappa,D. Wise. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">36th Meeting of the Division of Atomic, Molecular and Optical Physics (APS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2005, Lincoln, United States. 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00113540v1</w:t>
+                <w:t xml:space="preserve">in2p3-00113544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7346,51 +7346,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="32F25DC7"/>
+    <w:nsid w:val="B316A4A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7577,51 +7577,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/richard-bredy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0196-3477" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/067738036" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/211090198" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000358819468" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/B-3682-2014" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413791v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Br&#233;dy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Herv&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexie Boyer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffery Brown" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Compagnon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2021.116729" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821724v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul-Rahman Allouche" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-17416-4" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208335v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck L&#233;pine" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23746149.2022.2123283" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333654v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan S Ho" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Gharbi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Schindler" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oznur Yeni" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.0c11919" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342205v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42004-021-00557-4" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223868v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Favreau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ollivier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Boustie" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Le D&#233;v&#233;hat" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.1c00250" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039724v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Despr&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Castellanos Nash" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Loriot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41567-020-01073-3" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02364934v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bredy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Karras" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Concina" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.9b00435" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289932v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Loriot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Quintard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Karras" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marciniak" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Catoire" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.35.000A67" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02289281v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Chen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bernard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bredy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Martin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/875/2/012005" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289411v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Bernard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Chen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingchao Ji" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Ortega" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2017.03.142" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02289052v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ji" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ortega" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4973651" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02289053v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Marciniak" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gina Renois-Predelus" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8986/aa8e10" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295208v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Depraz Depland" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12127-017-0225-8" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02317573v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Matsumoto" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kono" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. -. C. Ji" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2017.05.006" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289393v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Barillot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Celep" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cohen" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Compagnon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4982616" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01673964v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Li" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Br&#233;dy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. B. Qian" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4978626" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02307282v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bernard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cassimi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/635/3/032080" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673981v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ji" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/583/1/012038" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164838v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Martin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4913398" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02308176v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Ji" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chen" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/635/3/032052" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673979v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ji" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/583/1/012042" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02307281v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/635/3/032051" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673975v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Concina" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.92.053425" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02311250v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/488/10/102011" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02311249v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/488/1/012039" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02313486v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/488/10/102012" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02309442v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Vernier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dugourd" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/488/10/102004" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02309429v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.89.012707" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054266v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ort&#233;ga" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-8949/2013/T156/014042" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054191v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Joblin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.110.063003" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146475v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Montagne" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Chen" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-8949/2013/T156/014092" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146490v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-8949/2013/T156/014091" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00834132v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nguyen" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Fl&#233;chard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.D. Depaola" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/46/11/115205" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146516v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Qian" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Ma" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Chen" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Zhu" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.87.063201" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088235v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Montagne" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.85.052715" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238632v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Reitsma" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Zettergren" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Br&#233;dy" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/45/21/215201" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8DC5F45636BCE587A37304FCD6736CA1D4941463/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01674001v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3621713" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650516v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Montagne" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Li" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/42/15/154023" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-K4S500HH-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01674041v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Salmoun" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.77.062513" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00097775v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. H. Shah" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. A. Camp" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. L. Trachy" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Gearba" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.72.024701" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00097764v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.A. Camp" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. D. Depaola" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1775310" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00020200v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.R. Lundeen" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stauffer" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01674084v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Buchet-Poulizac" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.66.063201" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574384v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boyer" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Herve" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Despre" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC52157.2021.9542208" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03739076v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Despr&#233;" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03739075v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483895v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gutierrez" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00127376v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Camp" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-583X(03)00538-X" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DS1N72GB-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00113544v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Shah" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Trachy" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Depaola" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00113540v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Gearba" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Shah" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Trachy" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404469v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vernhet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Lorenzo Ancarani" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bachau" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bordas" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/richard-bredy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0196-3477" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/067738036" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/211090198" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000358819468" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/B-3682-2014" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413791v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Br&#233;dy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Herv&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexie Boyer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffery Brown" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Compagnon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2021.116729" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821724v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul-Rahman Allouche" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-17416-4" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208335v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck L&#233;pine" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23746149.2022.2123283" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342205v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42004-021-00557-4" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223868v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Favreau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oznur Yeni" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ollivier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Boustie" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Le D&#233;v&#233;hat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.1c00250" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333654v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan S Ho" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Gharbi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Schindler" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.0c11919" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039724v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Despr&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Castellanos Nash" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Loriot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41567-020-01073-3" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02364934v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bredy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Karras" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Concina" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.9b00435" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289932v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Loriot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Quintard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Karras" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marciniak" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Catoire" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.35.000A67" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02289053v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Marciniak" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gina Renois-Predelus" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8986/aa8e10" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02289052v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ji" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bernard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Chen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bredy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ortega" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4973651" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289411v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Bernard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Chen" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingchao Ji" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Ortega" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2017.03.142" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02289281v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Martin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/875/2/012005" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295208v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Depraz Depland" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12127-017-0225-8" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289393v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Barillot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Celep" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cohen" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Compagnon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4982616" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02317573v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Matsumoto" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kono" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. -. C. Ji" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2017.05.006" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01673964v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Li" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Br&#233;dy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. B. Qian" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4978626" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673979v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ji" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/583/1/012042" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02308176v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Ji" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bernard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/635/3/032052" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164838v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Martin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cassimi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4913398" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02307282v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/635/3/032080" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673981v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ji" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/583/1/012038" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673975v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Concina" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.92.053425" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02307281v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/635/3/032051" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02311250v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/488/10/102011" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02311249v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/488/1/012039" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02313486v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/488/10/102012" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02309429v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Vernier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.89.012707" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02309442v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dugourd" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/488/10/102004" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146490v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Chen" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-8949/2013/T156/014091" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146475v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Montagne" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-8949/2013/T156/014092" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054191v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Joblin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.110.063003" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054266v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ort&#233;ga" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-8949/2013/T156/014042" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00834132v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nguyen" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Fl&#233;chard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.D. Depaola" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/46/11/115205" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146516v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Qian" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Ma" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Chen" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Zhu" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.87.063201" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088235v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Montagne" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.85.052715" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238632v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Reitsma" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Zettergren" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Br&#233;dy" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/45/21/215201" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8DC5F45636BCE587A37304FCD6736CA1D4941463/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01674001v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3621713" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650516v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Montagne" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Li" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/42/15/154023" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-K4S500HH-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01674041v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Salmoun" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.77.062513" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00097775v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. H. Shah" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. A. Camp" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. L. Trachy" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Gearba" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.72.024701" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00097764v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.A. Camp" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. D. Depaola" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1775310" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00020200v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.R. Lundeen" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stauffer" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01674084v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Buchet-Poulizac" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.66.063201" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03739076v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Despr&#233;" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574384v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boyer" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Herve" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Despre" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC52157.2021.9542208" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03739075v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483895v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gutierrez" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00127376v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Camp" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-583X(03)00538-X" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DS1N72GB-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00113540v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Gearba" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Shah" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Trachy" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00113544v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Shah" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Trachy" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Depaola" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404469v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vernhet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Lorenzo Ancarani" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bachau" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bordas" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>