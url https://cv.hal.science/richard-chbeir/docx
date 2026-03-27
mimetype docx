--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:139.13043478261px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Richard Chbeir </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">richard-chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-4112-1426</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">09043434X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (86)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainty-Aware Time Series Anomaly Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Wiessner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigor Bezirganyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans-Joachim Bungartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Future internet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (11), pp.403. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/fi16110403⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04911079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Educational Cyber–Physical Systems (ECPSs) for University 4.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bachir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aniorté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (12), pp.790. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/info15120790⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04969600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RDSC: Range-Based Device Spatial Clustering for IoT Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Achkouty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s24175851⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04743870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic event relationships identification and representation using HyperGraph in multimedia digital ecosystem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siraj Mohammed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fekade Getahun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intelligent Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 60 (2), pp.463-493. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10844-022-00732-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-output Regression for Imbalanced Data Stream</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tao Peng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Boucelma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expert Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.e13417. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/exsy.13417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04253821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FEED2SEARCH: a framework for hybrid-molecule based semantic search</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Charbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of General Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-41. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03081079.2023.2195173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04081754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Impact of Green Feedback on Users' Software Usage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Noureddine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martín Diéguez Lodeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noëlle Bru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Sustainable Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8 (2), pp.280-292. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TSUSC.2022.3222631⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03855088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining offline and on-the-fly disambiguation to perform semantic-aware XML querying</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Science and Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 20 (1), pp.423-457. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2298/CSIS220228063T⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DG_Summ: A Schema-Driven Approach for personalized Summarizing Heterogeneous Data Graphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Beldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazek Jemai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Science and Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 20 (4), pp.1591-1638. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2298/CSIS230331062B⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04266166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using fuzzy reasoning to improve redundancy elimination for data deduplication in connected environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvana Yakhni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 27 (17), pp.12387-12418. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00500-023-07880-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guest editorial: Management of digital ecosystems - recent trends, and open issues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirjana Ivanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ernesto Damiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Manolopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Silvestri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Science and Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 20 (4), pp.iii-v. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2298/CSIS230400iiiI⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cloud-based differentially private image classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Chicha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Nassar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wireless Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 29 (3), pp.997-1004. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11276-018-1885-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards high-availability cyber-physical systems using a microservice architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Criado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Iribarne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Corral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 105 (8), pp.1745-1768. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00607-023-01165-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resource Indexing and Querying in Large Connected Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Achkouty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Corral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Future internet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 16, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/fi16010015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A top‐down enriching approach for ontology learning from text</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Tissaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ameni Mechergui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concurrency and Computation: Practice and Experience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 34 (19), </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cpe.7036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03974159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial for the the special issue of WWW journal on Computational Aspects of Network Science (CAoNS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apostolos Papadopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Platos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vaclav Snasel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Wide Web</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 25 (6), pp.2297-2301. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11280-022-01104-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data redundancy management for leaf-edges in connected environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faisal Shahzad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 104 (7), pp.1565-1588. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00607-021-01051-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special Issue on Real-Time Intelligent Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Manolopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jolanta Mizera-Pietraszko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spyros Sioutas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Big Data Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 30, pp.100349. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bdr.2022.100349⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collective intelligence and knowledge exploration: an introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirjana Ivanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rajendra Prasath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Manolopoulos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Data Science and Analytics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (2), pp.99-111. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s41060-022-00338-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secure data outsourcing in presence of the inference problem: A graph-based approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Jebali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazak Jemai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Parallel and Distributed Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 160, pp.1-15. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jpdc.2021.09.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A No-Reference and Full-Reference image quality assessment and enhancement framework in real-time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zahi Al Chami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chady Abou Jaoude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Barhamgi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mansour Naser Alraja</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimedia Tools and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 81 (22), pp.32491-32517. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11042-022-12334-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LEOnto+: a scalable ontology enrichment approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Tissaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Wide Web</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 25 (6), pp.2347-2378. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11280-021-00997-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03974150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SIMCard: Toward better connected electronic health record visualization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concurrency and Computation: Practice and Experience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 34 (28), </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cpe.7399⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multi-Objective Clustering for Better Data Management in Connected Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabri Allani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Arnould</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Big Data Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 30, pp.100347. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bdr.2022.100347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03898168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">δ- Risk : Toward Context-aware Multi-objective Privacy Management in Connected Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karam Bou-Chaaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mansour Naser Alraja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charith Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Transactions on Internet Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (2), pp.1-31. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3418499⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05393856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A User-Centric Mechanism for Sequentially Releasing Graph Datasets under Blowfish Privacy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Chicha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Nassar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramzi Haraty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Transactions on Internet Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (1), pp.1-25. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3431501⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Location-Aware Resource Discovery and QoR-Driven Resource Selection for Hybrid Web Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Kallab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Mrissa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (20), pp.6835. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s21206835⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISEE: A heterogeneous information system for event explainability in smart connected environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabila Guennouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Internet of Things</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.100457. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.iot.2021.100457⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03341555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exposing safe correlations in transactional datasets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Chicha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kay Wünsche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Service Oriented Computing and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 15 (4), pp.289-307. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11761-021-00325-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demand Side Management for Smart Houses: A Survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Awad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aisha Makarfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdul-Halim Jallad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (12), pp.6768. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su13126768⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data management in connected environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabri Allani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 103, pp.1121-1142. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00607-020-00884-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03133562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">δ-Risk: Toward Context-aware Multi-objective Privacy Management in Connected Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karam Bou-Chaaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mansour Naser Alraja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charith Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Transactions on Internet Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (2), pp.1-31. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3418499⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03259581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generic metadata representation framework for social-based event detection, description, and linkage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minale Abebe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fekade Getahun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Knowledge-Based Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 188, pp.104817. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.knosys.2019.06.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03009100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a smarter directional data aggregation in VANETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabri Allani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taoufik Yeferny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sadok Ben Yahia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Wide Web</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11280-019-00749-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02506669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Smarter Data dissemination strategy in connected environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabri Allani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taoufik Yeferny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 176, pp.1043-1052. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2020.09.100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03010037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilistic Topic Models for Enriching Ontology from Texts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Tissaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SN Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1 (6), </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s42979-020-00349-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03011235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MSSN-Onto: An ontology-based approach for flexible event processing in Multimedia Sensor Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinnapong Angsuchotmetee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Future Generation Computer Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 108, pp.1140-1158. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.future.2018.01.044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03009090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SemIndex+: A semantic indexing scheme for structured, unstructured, and partly structured data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agma J.M. Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caetano Traina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Knowledge-Based Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 164, pp.378-403. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.knosys.2018.11.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02390613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RiAiR: A Framework for Sensitive RDF Protection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irvin Dongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Web Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 18 (1), pp.43-96. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13052/jwe1540-9589.18132⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02367399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JIIS special issue preface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Spyratos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intelligent Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 53 (3), pp.405-408. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10844-019-00585-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03009281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Context-aware System for Dynamic Privacy Risk Inference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karam Bou Chaaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Barhamgi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamal Benslimane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Future Generation Computer Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 101, pp.1096-1111. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.future.2019.07.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02236774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-objective cooperative scheduling: An application on smart grids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haritza Camblong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Computing and Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 15 (1), pp.67-79. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aci.2017.10.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02364193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Scalable Data Dissemination Protocol Based on Vehicles Trajectories Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabri Allani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taoufik Yeferny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ad Hoc Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 71, pp.31-44. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/J.ADHOC.2017.12.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Query Optimization on RSS Feeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fekade Getahun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal on Data Semantics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 7 (1), pp.47-64. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/S13740-018-0085-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating Touch-Screen Vibration Modality for Blind Users to Access Simple Shapes and Graphics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Bou Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Human-Computer Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 110, pp.115-133. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/J.IJHCS.2017.10.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RDF-F: RDF Datatype inFerring Framework - Towards Better RDF Document Matching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irvin Dongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 3 (2), pp.115-135. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/S41019-018-0064-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Full-Fledged Semantic Indexing and Querying Model Designed for Seamless Integration in Legacy RDBMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agma J.M. Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caetano Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yétongnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data and Knowledge Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 117, pp.133-173. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/J.DATAK.2018.07.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">eVM: An Event Virtual Machine Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Arnould</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Large-Scale Data- and Knowledge-Centered Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11310, pp.130-168</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic rule generation using crowdsourcing for better relationship type discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Dipanda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliana J. Raad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pervasive and Mobile Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 36, pp.80 - 97. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pmcj.2016.06.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microgrid Components Clustering in a Digital Ecosystem Cooperative Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haritza Camblong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionel Vechiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 112, pp.167 - 176. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2017.08.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01657620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Digital Ecosystem Cooperative Model: An Application on Microgrids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haritza Camblong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionel Vechiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Sustainable Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 3 (4), pp.221-235. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TSUSC.2017.2749979⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01655905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HIT2GAP: Towards a better building energy management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Kallab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bourreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brassier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Mrissa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Procedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 122, pp.895-900. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.egypro.2017.07.399⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01592631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preventing Sensitive Relationships Disclosure for Better Social Media Preservation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Information Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 15 (2), pp.173-194. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/S10207-015-0278-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building Semantic Trees from XML Documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Charbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Web Semantics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 37-38, pp.1-24. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/J.WEBSEM.2016.03.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02079156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anonymizing multimedia documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliana J. Elia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charbel Elia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramzi Haraty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Wide Web</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 19 (1), pp.135 - 155. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11280-015-0327-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01418638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approximate XML Structure Validation Based on Document\textendashGrammar Tree Similarity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agma J. M. Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caetano Traina Jr.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Fileto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 295, pp.258-302. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/J.INS.2014.09.044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approximate XML structure validation based on document–grammar tree similarity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agma J. M. Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caetano Traina Jr.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Fileto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 295, pp.258-302. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ins.2014.09.044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01088965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Track on Web Computing and Applications WECA: Editorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yetongnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 9th International Conference on Signal-Image Technology and Internet-Based Systems, SITIS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SITIS.2013.6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Time Series Mining Approach Applied to Multitemporal Remote Sensing Imagery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana Romani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Heuminski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Yoshinobu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jurandir Zullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Geoscience and Remote Sensing Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Geoscience and Remote Sensing, 51 (1), pp.140-150</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01091691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial preface: special issue on multimedia data annotation and retrieval using web 2.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Oria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimedia Tools and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 64 (1), pp.1-5. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11042-012-1178-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01091644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovering relationship types between users using profiles and shared photos in a social network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Dipanda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimedia Tools and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Multimedia Tools and Applications, 64 (1), pp.141-170. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11042-011-0853-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00665036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special Track on Advances in Spatial and Image-Based Information Systems (ASIIS'13)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.A. Mostafavi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.-J. Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yétongnon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th Annual ACM Symposium on Applied Computing, SAC 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A visual programming language for XML manipulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Fayolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Visual Languages and Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 24 (2), pp.110-135. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jvlc.2012.11.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01091698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RSS query algebra: Towards a better news management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fekade Getahun Taddesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Sciences - Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 237, pp.313-342</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01091633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel XML document structure comparison framework based-on sub-tree commonalities and label semantics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Web Semantics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 11, pp.14-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SOAP Processing Performance and Enhancement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ernesto Damiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Gianini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Services Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 5 (3), pp.387-403</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SITIS 2012: Foreword</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Dipanda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yetongnon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Signal Image Technology and Internet Based Systems, SITIS 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SITIS.2012.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimizing user effort in XML grammar matching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 210, pp.1-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using XML-Based Multicasting to Improve Web Service Scalability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ernesto Damiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Web Services Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9 (1), pp.1-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Similarity-based SOAP Processing Performance Enhancement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ernesto Damiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Gianini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Services Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 99 (PrePrints), pp.1939-1374. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TSC.2011.11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00650641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rules, Photos, and Crowdsourcing for Relationship Type Discovery in Social Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Dipanda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Multimedia Processing and Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 2 (2), pp.90-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">XML document-grammar comparison: related problems and applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agma Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caetano Traina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Central European Journal of Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 1, pp.117-136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00650573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management and interaction with multimodal information content</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Coninx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Ferri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrizia Grifoni Grifoni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimedia Tools and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 54 (1), pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">XA2C: a framework for manipulating XML data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Fayolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Web Information Systems (IJWIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 7 (3), pp.240-269. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/17440081111165884⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00650607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algebraic Properties to Optimize kNN Queries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mônica Ribeiro Porto Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucio Fernandes Dutra Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agma Juci Machado Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ires Dias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Information and Data Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 2 (3), pp.385--400</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00687320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adding Knowledge Extracted by Association Rules into Similarity Queries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monica Ribeiro Porto Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcela Xavier Ribeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agma Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caetano Traina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Information and Data Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1 (3), pp.391-406</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special issue on context-aware and mobile multimedia databases and services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romulus Grigoras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Charvillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Digital Information Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 8 (1), pp.2-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing Multimedia Data Fragmentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Laurent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Multimedia Processing and Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1 (2), pp.112-131</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00661552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic-based Merging of RSS Items</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fekade Getahun Taddesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Viviani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yétongnon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Web Semantics: Science, Services and Agents on the World Wide Web</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 13 (1-2), pp.169-207</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guest Editors' Introduction: Multimedia Metadata and Semantic Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harald Kosch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Andres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroshi Ishikawa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE MultiMedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.8-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enforcing role based access control model with multimedia signatures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefania Marrara</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Systems Architecture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 55 (4), pp.264-274</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial Preface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youakim Badr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Digital Information Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 7 (2), pp.59-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An overview on XML similarity: Background, current trends and future directions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yétongnon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Science Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 3 (3), pp.151-173</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salient-Object-Based Image Query by Visual Content</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dawit Bulcha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solomon Atnafu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Coquil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Brunie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal des Sciences pour l'Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 7, pp.79-86. </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4314/jspi.v7i1.30042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01514608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic image description based on textual data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youakim Badr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Flory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computational Methods in Sciences and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, HS, 4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01595880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A global description of medical imaging with high precision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Favetta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Systems, Man, and Cybernetics, Part B: Cybernetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 5, 33, pp.752-757. </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TSMCB.2003.816911⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01593373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (95)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anomaly Detection from Time Series Under Uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Wiessner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigor Bezirganyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans-Joachim Bungartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Big Data Analytics and Knowledge Discovery (DaWaK 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Naples, Italy. pp.231-238, </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-68323-7_18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data Obsolescence Detection Within Connected Environments.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Raphael Richa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Noueihed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">THE 14TH INTERNATIONAL CONFERENCE ON INTELLIGENT SYSTEMS: THEORIES AND APPLICATIONS (SITA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Casablanca, Morocco, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04259811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuzzy Data Deduplication at Edge Nodes in Connected Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvana Yakhni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Mobile Web and Intelligent Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Marrakech, Morocco. pp.112-128, </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-39764-6_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RILCE: Resource Indexing in Large Connected Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Achkouty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Corral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th European Conference on Advances in Databases and Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Barcelona, France. pp.13-22, </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-42941-5_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04254505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Databases and Information Systems: Contributions from ADBIS 2023 Workshops and Doctoral Consortium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Labroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Przybyłek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Karpus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allel Hadjali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anton Dignös</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th European Conference on Advances in Databases and Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UPC Barcelona, Sep 2023, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04350280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Databases and Information Systems: Contributions from ADBIS 2023 Workshops and Doctoral Consortium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Przybyłek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Karpus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allel Hadjali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anton Dignös</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmem Hara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th European Conference on Advances in Databases and Information Systems (ADBIS 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Barcelona, Spain. pp.293-311, </w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-42941-5_26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04357057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SML: Semantic Machine Learning Model Ontology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Kallab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Web Information System Engineering - WISE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Melbourne, Australia. pp.896-911, </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-99-7254-8_70⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04270203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trust Assessment on Data Stream Imputation in IoT Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tao Peng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Boucelma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Conference on Computational Collective Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Budapest, Hungary. </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-41456-5_30⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04284113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schema Formalism for Semantic Summary Based on Labeled Graph from Heterogeneous Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Beldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazak Jemai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACIID</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Szczerbicki, E., Wojtkiewicz, K., Nguyen, S.V., Pietranik, M., Krótkiewicz, M. (eds) Recent Challenges in Intelligent Information and Database Systems. ACIIDS 2022. Communications in Computer and Information Science, vol 1716. Springer, Singapore., Nov 2022, Vietnam- Aix en Provence, Vietnam. pp.27-44, </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-19-8234-7_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04267187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LDA+: An Extended LDA Model for Topic Hierarchy and Discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amani Drissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Khemiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Tissaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Asian Conference, ACIIDS 2022_Recent Challenges in Intelligent Information and Database Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Ho chi Minh ville, Vietnam. pp.14-26, </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-19-8234-7_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03974152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WoR Ontology: Modeling Resources in Web Connected Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Kallab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Boucelma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IEEE International Conference on Web Services (ICWS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Barcelona, France. pp.286-295, </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICWS55610.2022.00050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03782626v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISEEapp: An Event Explanation Prototype bridging the gap between sensor network and document corpora data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabila Guennouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Intelligent Environments (IE 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Biarritz, France. </w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IE54923.2022.9826763⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03725380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Scalable Indexing and Discovery Scheme in Large Scale Connected Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taoufik Yeferny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabri Allani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 International Wireless Communications and Mobile Computing (IWCMC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Harbin City, China. pp.1625-1630, </w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IWCMC51323.2021.9498814⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Almost Linear Semantic XML Keyword Search</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MEDES '21: International Conference on Management of Digital EcoSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Virtual Event Tunisia, Tunisia. pp.129-138, </w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3444757.3485079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learn2Construct</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Khemiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amani Drissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Tissaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MEDES '21: International Conference on Management of Digital EcoSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Virtual Event Tunisia, Tunisia. pp.49-56, </w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3444757.3485110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P-SGD: A Stochastic Gradient Descent Solution for Privacy-Preserving During Protection Transitions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karam Bou-Chaaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Barhamgi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamal Benslimane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Advanced Information Systems Engineering (CAiSE'21)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, MELBOURNE, Australia. pp.37-53, </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-79382-1_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03276494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Automatic Ontology Construction Method Based on Machine Learning Techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amani Drissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Khemiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MEDES '21: International Conference on Management of Digital EcoSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Virtual Event Tunisia, Tunisia. pp.57-61, </w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3444757.3485111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WIMS 2020: Proceedings of the 10th International Conference on Web Intelligence, Mining and Semantics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Manolopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rajendra Akerkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jolanta Mizera-Pietraszko</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WIMS 2020: The 10th International Conference on Web Intelligence, Mining and Semantics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Biarritz France, France. </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3405962⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VIP Blowfish Privacy in Communication Graphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Nassar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Chicha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Conference on Security and Cryptography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Lieusaint - Paris, France. pp.459-467, </w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0009875704590467⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Flexible Semantic Integration Framework for Fully-integrated EHR based on FHIR Standard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Dridi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Faiz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Agents and Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Valletta, Malta. pp.684-691, </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0008981506840691⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data Redundancy Management in Connected Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faisal Shahzad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Q2SWinet 2020: 16th ACM Symposium on QoS and Security for Wireless and Mobile Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Alicante Spain, Spain. pp.75-80, </w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3416013.3426451⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03060057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Framework for Event Interpretation in a Heterogeneous Information System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabila Guennouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MEDES '20: 12th International Conference on Management of Digital EcoSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Virtual Event United Arab Emirates, France. pp.140-148, </w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3415958.3433073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03033794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LEOnto: New Approach for Ontology Enrichment using LDA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Tissaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MEDES '20: 12th International Conference on Management of Digital EcoSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Virtual Event, United Arab Emirates. pp.132-139, </w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3415958.3433076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S-RDF: A New RDF Serialization Format for Better Storage Without Losing Human Readability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irvin Dongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">On the Move to Meaningful Internet Systems: OTM 2019 Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Rhodes, Greece. pp.246-264, </w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-33246-4_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02390598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Molecule-based Information Retrieval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Charbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 34th ACM/SIGAPP Symposium On Applied Computing (ACM SAC 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Limassol, Cyprus. pp.808-815, </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3297280.3297358⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02077488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Better Data Management/Gathering in Connected Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabri Allani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th ACM International Symposium on QoS and Security for Wireless and Mobile Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Miami Beach, United States. pp.53-59, </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3345837.3355953⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02390640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HSSN: an ontology for hybrid semantic sensor networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Arnould</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the 23rd International Database Applications &amp; Engineering Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Athènes, Greece. pp.8, </w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3331076.3331102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02295950v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EQL-CE: An Event Query Language for Connected Environment Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Arnould</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th ACM International Symposium on QoS and Security for Wireless and Mobile Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Miami Beach, United States. pp.43-51, </w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3345837.3355950⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02390650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EQL-CE: An Event Query Language for Connected Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Arnould</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Database Applications &amp; Engineering Symposium (IDEAS 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Athènes, Greece. pp.7, </w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3331076.3331103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02390620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic K-Resources Discovery for Hybrid Web Connected Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Kallab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Mrissa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Services - ICWS 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02265473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upgraded SemIndex Prototype Supporting Intelligent Database Keyword Queries through Disambiguation, Query as You Type, and Parallel Search Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agma J. M. Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caetano Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yétongnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE International Conference on Cognitive Computing, ICCC 2018, San Francisco, CA, USA, July 2-7, 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, San Francisco, CA, United States. pp.33-40, </w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICCC.2018.00012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smart Directional Data Aggregation in VANETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabri Allani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taoufik Yeferny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sadok Ben Yahia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd IEEE International Conference on Advanced Information Networking and Applications, AINA 2018, Krakow, Poland, May 16-18, 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Krakow, Poland. pp.63-70, </w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/AINA.2018.00022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Pipelining-Based Framework for Processing Events in Multimedia Sensor Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinnapong Angsuchotmetee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shohei Yokoyama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 33rd Annual ACM Symposium on Applied Computing, SAC 2018, Pau, France, April 09-13, 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Pau, France. pp.247-250, </w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3167132.3167380⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic Web Datatype Inference: Towards Better RDF Matching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irvin Dongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Firas Al-Khalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Web Information Systems Engineering - WISE 2017 - 18th International Conference, Puschino, Russia, October 7-11, 2017, Proceedings, Part II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Puschino, Russia. pp.57-74, </w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-68786-5_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microgrid Components Clustering in a Digital Ecosystem Cooperative Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haritza Camblong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionel Vechiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Knowledge-Based and Intelligent Information &amp; Engineering Systems: Proceedings of the 21st International Conference KES-2017, Marseille, France, 6-8 September 2017.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Marseille, France. pp.167-176</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F-SED: Feature-Centric Social Event Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th International Conference on Database and Expert Systems Applications - DEXA 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Lyon, France. </w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-64471-4_33⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01905727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Colored Petri Nets for Verifying RESTful Service Composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Kallab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Mrissa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bourreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OTM Confederated International Conferences "On the Move to Meaningful Internet Systems"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Rhodes, Greece. pp.505-523, </w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-69462-7_32⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01592920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LinkedMDR: un modèle sémantique de représentation de corpus de documents multimédia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Charbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35ème congrès INFormatique des ORganisations et Systèmes d’Information et de Décision (INFORSID 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Toulouse, France. pp.11-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01553840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LinkedMDR: A Collective Knowledge Representation of a Heterogeneous Document Corpus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Charbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 28th International Conference on Database and Expert Systems Applications (DEXA 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Lyon, France. pp.362-377, </w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-64468-4_28⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic Web Datatype Similarity: Towards Better RDF Document Matching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irvin Dongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Firas Al-Khalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Database and Expert Systems Applications - 28th International Conference, DEXA 2017, Lyon, France, August 28-31, 2017, Proceedings, Part I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Lyon, France. pp.189-205, </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-64468-4_15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Objective Cooperative Scheduling for Smart Grids: (Short Paper)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haritza Camblong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">On the Move to Meaningful Internet Systems. OTM 2017 Conferences - Confederated International Conferences: CoopIS, C&amp;TC, and ODBASE 2017, Rhodes, Greece, October 23-27, 2017, Proceedings, Part I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Rhodes, Greece. pp.543-551, </w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-69462-7_34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MAS2DES-onto: Ontology for MAS-Based Digital Ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solomon Asres Kidanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 XLIII Latin American Computer Conference, CLEI 2017, Córdoba, Argentina, September 4-8, 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Córdoba, Argentina. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEI.2017.8226470⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01910015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A General Multimedia Representation Space Model toward Event-Based Collective Knowledge Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minale Ashagrie Abebe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fekade Getahun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings - 19th IEEE International Conference on Computational Science and Engineering, 14th IEEE International Conference on Embedded and Ubiquitous Computing and 15th International Symposium on Distributed Computing and Applications to Business, Engineering and Science, CSE-EUC-DCABES 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Paris, France. pp.512-521, </w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CSE-EUC-DCABES.2016.234⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal energy management of a hybrid electric bus with a battery-supercapacitor storage system using genetic algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haritza Camblong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Isaac Herrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andoni Saez-De-Ibarra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 International Conference on Electrical Systems for Aircraft, Railway, Ship Propulsion and Road Vehicles (ESARS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Aachen, France. </w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ESARS.2015.7101452⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01708273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DPMS: A Swift Data Dissemination Protocol Based on Map Splitting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabri Allani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taoufik Yeferny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sadok Ben Yahia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th IEEE Annual Computer Software and Applications Conference, COMPSAC 2016, Atlanta, GA, USA, June 10-14, 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Atlanta, United States. pp.817-822, </w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/COMPSAC.2016.100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Onto2MAS: An Ontology-Based Framework for Automatic Multi-Agent System Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Donzelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solomon Asres Kidanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Signal-Image Technology &amp; Internet-Based Systems, SITIS 2016, Naples, Italy, November 28 - December 1, 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Naples, Italy. pp.381-388, </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SITIS.2016.67⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MMDES: Multimedia Digital Ecosystem - New Platform for Collaboration and Sharing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solomon Asres Kidanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor De Ponte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Figueroa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE Intl Conference on Computational Science and Engineering, CSE 2016, and IEEE Intl Conference on Embedded and Ubiquitous Computing, EUC 2016, and 15th Intl Symposium on Distributed Computing and Applications for Business Engineering, DCABES 2016, Paris, France, August 24-26, 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Paris, France. pp.393-400, </w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CSE-EUC-DCABES.2016.214⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01910018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel VANET Data Dissemination Approach Based on Geospatial Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabri Allani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taoufik Yeferny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sadok Ben Yahia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 7th International Conference on Emerging Ubiquitous Systems and Pervasive Networks (EUSPN 2016)/The 6th International Conference on Current and Future Trends of Information and Communication Technologies in Healthcare (ICTH-2016)/Affiliated Workshops, September 19-22, 2016, London, United Kingdom</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, London, United Kingdom. pp.572-577, </w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2016.09.089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Survey on Complex Event Definition Languages in Multimedia Sensor Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinnapong Angsuchotmetee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 8th International Conference on Management of Digital EcoSystems, MEDES 2016, Biarritz, France, November 1-4, 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Biarritz, France. pp.99-108, </w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3012071.3012098⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Security Software Engineering the Smart Grid as a System of Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanea Chiprianov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Munier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">System of System Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, San Antonio, Texas, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">XSDF: A System for XML Semantic Disambiguation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Charbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 1st International Conference on Applied Research in Computer Science and Engineering, ICAR 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Beirut, Lebanon. </w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ARCSE.2015.7338130⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Generic Ontology-Based Information Model for Better Management of Microgrids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haritza Camblong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionel Vechiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th IFIP International Conference on Artificial Intelligence Applications and Innovations (AIAI 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Bayonne, France. pp.451-466, </w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-23868-5_33⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01254493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multimedia-Oriented Digital Ecosystem: A New Collaborative Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solomon Asres Kidanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th IEEE/ACIS International Conference on Computer and Information Science, ICIS 2015, Las Vegas, NV, USA, June 28 - July 1, 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Las Vegas, United States. pp.411-416, </w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIS.2015.7166629⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01910023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Event Extraction for Collective Knowledge in Multimedia Digital EcoSystem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minale Ashagrie Abebe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fekade Getahun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solomon Asres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2015 12th Ieee Africon International Conference - Green Innovation for African Renaissance (Africon)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, New York, United States. </w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/AFRCON.2015.7331984⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resolving XML Semantic Ambiguity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Charbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Extending Database Technology, EDBT 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Brussels, Belgium. pp.277-288, </w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5441/002/edbt.2015.25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward RDF Normalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regina Ticona Herrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irvin Dongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th International Conference on Conceptual Modeling (ER 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Stockholm, Sweden. pp.261-275, </w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-25264-3_19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01246160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">User profile matching in social networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Dipanda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Network-Based Information Systems (NBiS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Japan. pp.297-304</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00643509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SVG-to-RDF Image Semantization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Similarity Search and Applications (SISAP 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A.J. Machado Traina et al., Oct 2014, Los Cabos, Mexico. pp.214 - 228, </w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-11988-5_20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01082168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SemIndex: Semantic-Aware Inverted Index</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yi Luo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yétongnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Raymundo Ibañez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Databases and Information Systems - 18th East European Conference, ADBIS 2014, Ohrid, Macedonia, September 7-10, 2014. Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Ohrid, Macedonia. pp.290-307, </w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-10933-6_22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Better Land Cover Classification Using Geo-Tagged Photographs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hirotaka Oba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masaharu Hirota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroshi Ishikawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shohei Yokoyama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 IEEE International Symposium on Multimedia, ISM 2014, Taichung, Taiwan, December 10-12, 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Unknown, Unknown Region. pp.320-327, </w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISM.2014.78⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foto2Events: From Photos to Event Discovery and Linking in Online Social Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliana J. Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SocialCom2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Sydney, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01082846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">de-Linkability: a Privacy-Preserving Constraint for Safely Outsourcing Multimedia Documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliana J. Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charbel Elia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramzi Haraty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fifth International Conference on Management of Emergent Digital EcoSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Luxembourg, Luxembourg. pp.68-75</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic to intelligent web era: building blocks, applications, and current trends</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Abou Rjeily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pélagie Y. Houngue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fifth International Conference on Management of Emergent Digital EcoSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Enhancing Web Accessibility for Blind Users through the Semantic Web</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Semaan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Bou Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Signal-Image Technology &amp; Internet-Based Systems, SITIS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Kyoto, Japan. pp.247-256</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of touch screen vibration accessibility for blind users</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Awada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Bou Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASSETS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Bellevue, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01091701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Digital Image Accessibility for Blind Users Via Vibrating Touch Screen: A Feasibility Test Protocol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Awada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Bou Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Ghannam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eighth International Conference on Signal Image Technology and Internet Based Systems (SITIS), 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Sorrento, Naples, Italy. pp.547-554</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A MULTI-LEVEL FUZZY LOGIC SCHEME FOR MODELING COMPLEX PROBLEMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regina Ticona Herrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">July Banda-Tapia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Barrios-Aranibar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Artificial Intelligence Driven Solutions to Business and Engineering Problems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Rzeszow, Poland. pp.54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01095396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Fine-Grained Image Access Control Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eighth International Conference on Signal Image Technology and Internet Based Systems, SITIS 2012, Sorrento, Naples, Italy, November 25-29, 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Sorrento, Naples, Italy. pp.603-612, </w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SITIS.2012.92⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Fine-Grained Image Access Control Mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eighth International Conference on Signal Image Technology and Internet Based Systems (SITIS), 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Sorrento, Naples, Italy. pp.603-612</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DiseaseMedia: An Information System for Helping Diagnosing and Treating Rice Diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kawtrakul Asanee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Spyratos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Workshop on Information Search, Integration and Personalization (ISIP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Sapporo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Image Protector - A Flexible Security Rule Specification Toolkit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Gabillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Security and Cryptography (SECRYPT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Seville, Spain. pp.345-350</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00650351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Privacy preserving via tree augmented naïve Bayesian classifier in multimedia database</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samira Saad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Management of Emergent Digital EcoSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, San Francisco, CA, United States. pp.297-304</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential SOAP Multicasting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ernesto Damiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Web Services, ICWS 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Washington, DC, United States. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICWS.2011.51⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00639197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">THE IMAGE PROTECTOR A Flexible Security Rule Specification Toolkit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Gabillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the International Conference on Security and Cryptography, SECRYPT is part of ICETE - The International Joint Conference on e-Business and Telecommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Seville, Spain. pp.345 - 350</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01020249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating user preference to similarity queries over medical images datasets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monica Ribeiro Porto Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Ponciano-Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agma Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caetano Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra de Amo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CBMS '10 Proceedings of the 2010 IEEE 23rd International Symposium on Computer-Based Medical Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Perth, Australia. pp.486-491</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CLEARMiner: a new algorithm for mining association patterns on heterogeneous time series from climate data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana Romani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Heuminski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jurandir Zullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caetano Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2010 ACM Symposium on Applied Computing (SAC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Sierre, Switzerland. pp.900-905</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">XCDL: an XML-oriented visual composition definition language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Fayolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 12th International Conference on Information Integration and Web-based Applications and Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Paris, France. pp.134-143</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RSS Merger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Getahun Feakde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Extraction et gestion des connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2010, Hamammet, Tunisia. pp.637-638</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00652003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic aware RSS query algebra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fekade Getahun Taddesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 12th International Conference on Information Integration and Web-based Applications and Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Paris, France. pp.291-298</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RSS Merger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fekade Getahun Taddesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Extraction et gestion des connaissances (EGC'2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2010, Hammamet, Tunisia. pp.637-638</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Approximate GML Retrieval Based on Structural and Semantic Characteristics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Ferri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrizia Grifoni Grifoni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICWE'10 Proceedings of the 10th international conference on Web engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Vienna, Austria. pp.16-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an XML Adaptation/Alteration Control Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Fayolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gravier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fifth International Conference on Internet and Web Applications and Services, ICIW2010,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Barcelone, Spain. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ujm-00487095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">XA2C Framework for XML Alteration/Adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Fayolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2010 International Conference on Reliable and Autonomous Computational Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Atlanta, United States. pp.1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ujm-00526533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic aware RSS query algebra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Getahun Feakde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 12th International Conference on Information Integration and Web-based Applications &amp; Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Paris, France. pp.291-298, </w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1967486.1967533⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00651999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting Inference Channels in Private Multimedia Data via Social Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data and Applications Security XXIII, 23rd Annual IFIP WG 11.3 Working Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying Algebraic Properties to Support Optimization of Unary Similarity Queries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monica Ribeiro Porto Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agma Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ires Dias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caetano Traina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 3rd Alberto Mendelzon International Workshop on Foundations of Data Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Arequipa, Peru</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relating RSS News/Items</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fekade Getahun Taddesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Viviani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yétongnon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICWE '9 Proceedings of the 9th International Conference on Web Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, San Sebastian, Spain. pp.442-452</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extensible User-Based XML Grammar Matching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yétongnon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conceptual Modeling - ER 2009, 28th International Conference on Conceptual Modeling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Gramado, Brazil. pp.294-314</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Novel Approach to Multimedia Data Mixed Fragmentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Laurent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Emergent Digital Eco Systems (MEDES)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Lyon, France. pp.200-205</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00526812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Temporal Formatting of Multimedia Presentations Using Dynamic Petri Nets.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susan Elias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Mathew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.S. Easwarakumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 18th International Conference on Computer Communications and Networks, IEEE ICCCN 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, San Francisco, California, United States. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a novel approach to multimedia data mixed fragmentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Laurent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MEDES '09: International ACM Conference on Management of Emergent Digital EcoSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Lyon, France. pp.200-205</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salient-Object-Based Image Query by Visual Content</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solomon Atnafu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Coquil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Brunie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dawit Bulcha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Signal-Image Technology &amp; Internet–Based Systems (SITIS'05)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2005, Yaoundé, Cameroon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01514671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating Similarity-based Queries in Image DBMSs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solomon Atnafu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Coquil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Brunie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Symposium on Applied Computing (SAC'04)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2004, Nicosia, Cyprus. pp.735-739, </w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/967900.968052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01514712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMIMS: A Medical Image Management System with a Visual Multi-Criteria Query Interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Coquil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solomon Atnafu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Brunie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Conference on Information Resource Management Association (IRMA'2003)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Philadelphia, United States. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/978-1-59140-066-0.ch019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01514726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced Management of Documents Integrity In an Intranet Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abraham Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amghar Youssef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS/IEEE International Conference on Computer Systems and Applications (AICCSA'03)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2003, Tunis, Tunisia. </w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/AICCSA.2003.1227488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01515338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Web Engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavius Frasincar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioana Manolescu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer International Publishing, 12706, 2021, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-74296-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">11th International Conference on Management of Digital EcoSystems, MEDES 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Manolopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apostolos N Papadopoulos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02457805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 33rd Annual ACM Symposium on Applied Computing, SAC 2018, Pau, France, April 09-13, 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hisham M. Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger L. Wainwright</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Haddad, Hisham M. and Wainwright, Roger L. and Chbeir, Richard. ACM, 2018, </w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3167132⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">14th International Conference on Signal-Image Technology & Internet-Based Systems, SITIS 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriella Sanniti Di Baja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gallo Luigi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yetongnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Dipanda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modesto Castrillón-Santana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2018, SITIS 2018 – The 14th International Conference on Signal Image Technology &amp; Internet based Systems</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02457790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 10th International Conference on Management of Digital EcoSystems, MEDES 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroshi Ishikawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazutoshi Sumiya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenji Hatano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Koeppen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02457797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SITIS 2016 Foreword</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yetongnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Dipanda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.D. Pietro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luigi Gallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">pp.xvi-xvii, 2017, </w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SITIS.2016.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Welcome Message from the WECA Track Chairs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yetongnon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, </w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SITIS.2015.135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">12th International Conference on Signal-Image Technology & Internet-Based Systems, SITIS 2016, Naples, Italy, November 28 - December 1, 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yétongnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Dipanda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe De Pietro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luigi Gallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yétongnon, Kokou and Dipanda, Albert and Chbeir, Richard and Pietro, Giuseppe De and Gallo, Luigi. IEEE Computer Society, 2016, 978-1-5090-5698-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 8th International Conference on Management of Digital EcoSystems, MEDES 2016, Biarritz, France, November 1-4, 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rajeev Agrawal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismail Biskri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chbeir, Richard; Agrawal, Rajeev; Biskri, Ismail. ACM, 2016, 978-1-4503-4267-4. </w:t></w:r><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3012071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artificial Intelligence Applications and Innovations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Manolopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilias Maglogiannis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reda Alhajj</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer, AICT-458, 2015, IFIP Advances in Information and Communication Technology, 978-3-319-23867-8. </w:t></w:r><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-23868-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01385402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the Special Tracks and Workshops at the 11th International Conference on Artificial Intelligence Applications and Innovations (AIAI 2015), Bayonne, France, September 14-17, 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Manolopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilias Maglogiannis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reda Alhajj</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chbeir, Richard and Manolopoulos, Yannis and Maglogiannis, Ilias and Alhajj, Reda. CEUR-WS, 1539, 2015, CEUR Workshop Proceedings</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 7th International Conference on Management of Computational and Collective intElligence in Digital EcoSystems, Caraguatatuba, Brazil, October 25 - 29, 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Manolopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Pellegrini Mammana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Antonio Modena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agma J. M. Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chbeir, Richard and Manolopoulos, Yannis and Mammana, Victor Pellegrini and Modena, Eduardo Antonio and Traina, Agma J. M. and Filho, Oscar Salviano Silva and Badr, Youakim and Andrès, Frédéric. ACM, 2015, 978-1-4503-3480-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The 6th International Conference on Management of Emergent Digital EcoSystems, MEDES '14, Buraidah Al Qassim, Saudi Arabia, September 15-17, 2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Obaid Al Motairy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Alodib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamri Laouamer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youakim Badr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01091557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tenth International Conference on Signal-Image Technology and Internet-Based Systems, SITIS 2014, Marrakech, Morocco, November 23-27, 2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yétongnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Dipanda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yétongnon, Kokou and Dipanda, Albert and Chbeir, Richard. IEEE Computer Society, 2014, 978-1-4799-7978-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninth International Conference on Signal-Image Technology & Internet-Based Systems, SITIS 2013, Kyoto, Japan, December 2-5, 2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yétongnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Dipanda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yétongnon, Kokou and Dipanda, Albert and Chbeir, Richard. IEEE Computer Society, 2013, 978-1-4799-3211-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fifth International Conference on Management of Emergent Digital EcoSystems, MEDES'13, Luxembourg, Luxembourg, October 29-31, 2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latif Ladid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Brucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Ferri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ACM</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 978-1-4503-2004-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">XBeGene: Scalable XML Documents Generator by Example Based on Real Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Harazaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Yokoyama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fukuta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">156 LNEE, 2013, International Conference on Data Engineering and Internet Technology, DEIT 2011, 18761100 (ISSN); 9783642288067 (ISBN). </w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-28807-4_63⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eighth International Conference on Signal Image Technology and Internet Based Systems, SITIS 2012, Sorrento, Naples, Italy, November 25-29, 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yétongnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Dipanda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luigi Gallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yétongnon, Kokou and Chbeir, Richard and Dipanda, Albert and Gallo, Luigi. IEEE Computer Society, 2012, 978-1-4673-5152-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International Conference on Management of Emergent Digital EcoSystems, MEDES '12, Addis Ababa, Ethiopia, October 28-31, 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janusz Kacprzyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ACM</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 978-1-4503-1755-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seventh International Conference on Signal-Image Technology and Internet-Based Systems, SITIS 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yétongnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Dipanda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IEEE Computer Society</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 978-0-7695-4635-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEDES '11: International ACM Conference on Management of Emergent Digital EcoSystems, San Francisco, CA, USA, November 21-24, 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Grosky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youakim Badr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, 978-1-4503-1047-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sixth International Conference on Signal-Image Technology and Internet-Based Systems, SITIS 2010, Kuala Lumpur, Malaysia, December 15-18, 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yétongnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Dipanda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IEEE Computer Society 2010</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 978-0-7695-4319-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEDES '10: International ACM Conference on Management of Emergent Digital EcoSystems, Bangkok, Thailand, October 26-29, 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ACM 2010, 2010, 978-1-4503-0047-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CSTST 2008: Proceedings of the 5th International Conference on Soft Computing as Transdisciplinary Science and Technology, Cergy-Pontoise, France, October 28-31, 2008</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youakim Badr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajith Abraham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Köppen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chbeir, Richard and Badr, Youakim and Abraham, Ajith and Laurent, Dominique and Köppen, Mario and Ferri, Fernando and Zadeh, Lotfi A. and Ohsawa, Yukio. ACM, 2008, 978-1-60558-046-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The current state of summarization and visualization in Electronic Health Record (EHR) based on EHR interoperability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Beldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazek Jemai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Information Processing and Security: Techniques and applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institution of Engineering and Technology, pp.87-123, 2022, </w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/PBHE044E_ch5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04267193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OpenCEMS: An Open Solution for Easy Data Management in Connected Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabri Allani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taoufik Yeferny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Raphael Richa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Large-Scale Data- and Knowledge-Centered Systems LII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 13470, </w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.35-69, 2022, Lecture Notes in Computer Science, 978-3-662-66146-8. </w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-662-66146-8_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">5W1H Aware Framework for Representing and Detecting Real Events from Multimedia Digital Ecosystem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siraj Mohammed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fekade Getahun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Databases and Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12843, Springer International Publishing, pp.57-70, 2021, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-82472-3_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Cloud-WSDL Metamodel: A New Extension of WSDL for Cloud Service Description</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souad Ghazouani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Tissaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Databases and Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12843, Springer International Publishing, pp.275-288, 2021, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-82472-3_20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QoR-Driven Resource Selection for Hybrid Web Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Kallab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Mrissa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Next-Gen Digital Services. A Retrospective and Roadmap for Service Computing of the Future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12521, Springer International Publishing; Springer International Publishing, pp.189-202, 2021, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-73203-5_15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03632975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Weighted Feature-Based Image Quality Assessment Framework in Real-Time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zahi Al Chami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chady Abou Jaoude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Large-Scale Data- and Knowledge-Centered Systems XLV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 164, pp.85-108, 2020, </w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-662-62308-4_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03009296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SSG: An Ontology-Based Information Model for Smart Grids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haritza Camblong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Large-Scale Data- and Knowledge-Centered Systems XL. Lecture Notes in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.94-124, 2019, </w:t></w:r><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-662-58664-8_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02364191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socio-Graph Representations, Concepts, Data, and Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Social Network Analysis and Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.1936-1946, 2014, 978-1-4614-6169-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01091568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Privacy in Online Social Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Security and Privacy Preserving in Social Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer-Verlag Wien, pp.3-45, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00975998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Flexible Image-Based Access Control Model for Social Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Gabillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Capolsini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Security and Privacy Preserving in Social Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.337-364, 2013, </w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-7091-0894-9_11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01907086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bridging Sensing and Decision Making in Ambient Intelligence Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jeong, Jechang and Damiani, Ernesto. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimedia Techniques for Device and Ambient Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer US, pp.135-164, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00643557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel Indexing Method of Relations Between Salient Objects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amghar Youssef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Flory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IRM Press, Ed. Shirley Becker. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Issues &amp; Trends of Information Technology Management in Contemporary Organizations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.174-182, 2002, </w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/978-1-930708-39-6.ch229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01593670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CSTST 2008: Proceedings of the 5th International Conference on Soft Computing as Transdisciplinary Science and Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youakim Badr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajith Abraham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Köppen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00526820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId591"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:139.13043478261px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Richard Chbeir </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">richard-chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-4112-1426</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">09043434X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (86)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Educational Cyber–Physical Systems (ECPSs) for University 4.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samia Bachir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aniorté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (12), pp.790. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/info15120790⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04969600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RDSC: Range-Based Device Spatial Clustering for IoT Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Achkouty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s24175851⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04743870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainty-Aware Time Series Anomaly Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Wiessner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigor Bezirganyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans-Joachim Bungartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Future internet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (11), pp.403. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/fi16110403⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04911079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic event relationships identification and representation using HyperGraph in multimedia digital ecosystem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siraj Mohammed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fekade Getahun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intelligent Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 60 (2), pp.463-493. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10844-022-00732-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-output Regression for Imbalanced Data Stream</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tao Peng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Boucelma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expert Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.e13417. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/exsy.13417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04253821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FEED2SEARCH: a framework for hybrid-molecule based semantic search</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Charbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of General Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-41. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03081079.2023.2195173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04081754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Impact of Green Feedback on Users' Software Usage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Noureddine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martín Diéguez Lodeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noëlle Bru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Sustainable Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8 (2), pp.280-292. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TSUSC.2022.3222631⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03855088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining offline and on-the-fly disambiguation to perform semantic-aware XML querying</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Science and Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 20 (1), pp.423-457. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2298/CSIS220228063T⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DG_Summ: A Schema-Driven Approach for personalized Summarizing Heterogeneous Data Graphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Beldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazek Jemai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Science and Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 20 (4), pp.1591-1638. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2298/CSIS230331062B⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04266166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using fuzzy reasoning to improve redundancy elimination for data deduplication in connected environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvana Yakhni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 27 (17), pp.12387-12418. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00500-023-07880-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guest editorial: Management of digital ecosystems - recent trends, and open issues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirjana Ivanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ernesto Damiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Manolopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Silvestri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Science and Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 20 (4), pp.iii-v. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2298/CSIS230400iiiI⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cloud-based differentially private image classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Chicha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Nassar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wireless Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 29 (3), pp.997-1004. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11276-018-1885-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards high-availability cyber-physical systems using a microservice architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Mena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Criado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Iribarne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Corral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 105 (8), pp.1745-1768. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00607-023-01165-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resource Indexing and Querying in Large Connected Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Achkouty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Corral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Future internet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 16, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/fi16010015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special Issue on Real-Time Intelligent Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Manolopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jolanta Mizera-Pietraszko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spyros Sioutas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Big Data Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 30, pp.100349. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bdr.2022.100349⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A top‐down enriching approach for ontology learning from text</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Tissaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ameni Mechergui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concurrency and Computation: Practice and Experience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 34 (19), </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cpe.7036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03974159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial for the the special issue of WWW journal on Computational Aspects of Network Science (CAoNS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apostolos Papadopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Platos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vaclav Snasel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Wide Web</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 25 (6), pp.2297-2301. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11280-022-01104-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data redundancy management for leaf-edges in connected environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faisal Shahzad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 104 (7), pp.1565-1588. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00607-021-01051-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collective intelligence and knowledge exploration: an introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirjana Ivanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rajendra Prasath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Manolopoulos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Data Science and Analytics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (2), pp.99-111. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s41060-022-00338-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secure data outsourcing in presence of the inference problem: A graph-based approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Jebali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazak Jemai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Parallel and Distributed Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 160, pp.1-15. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jpdc.2021.09.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A No-Reference and Full-Reference image quality assessment and enhancement framework in real-time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zahi Al Chami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chady Abou Jaoude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Barhamgi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mansour Naser Alraja</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimedia Tools and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 81 (22), pp.32491-32517. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11042-022-12334-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LEOnto+: a scalable ontology enrichment approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Tissaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Wide Web</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 25 (6), pp.2347-2378. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11280-021-00997-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03974150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SIMCard: Toward better connected electronic health record visualization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concurrency and Computation: Practice and Experience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 34 (28), </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cpe.7399⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multi-Objective Clustering for Better Data Management in Connected Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabri Allani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Arnould</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Big Data Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 30, pp.100347. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bdr.2022.100347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03898168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A User-Centric Mechanism for Sequentially Releasing Graph Datasets under Blowfish Privacy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Chicha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Nassar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramzi Haraty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Transactions on Internet Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (1), pp.1-25. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3431501⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Location-Aware Resource Discovery and QoR-Driven Resource Selection for Hybrid Web Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Kallab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Mrissa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (20), pp.6835. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s21206835⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">δ- Risk : Toward Context-aware Multi-objective Privacy Management in Connected Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karam Bou-Chaaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mansour Naser Alraja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charith Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Transactions on Internet Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (2), pp.1-31. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3418499⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05393856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exposing safe correlations in transactional datasets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Chicha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kay Wünsche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Service Oriented Computing and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 15 (4), pp.289-307. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11761-021-00325-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISEE: A heterogeneous information system for event explainability in smart connected environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabila Guennouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Internet of Things</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.100457. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.iot.2021.100457⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03341555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demand Side Management for Smart Houses: A Survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Awad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aisha Makarfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdul-Halim Jallad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (12), pp.6768. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su13126768⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data management in connected environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabri Allani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 103, pp.1121-1142. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00607-020-00884-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03133562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">δ-Risk: Toward Context-aware Multi-objective Privacy Management in Connected Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karam Bou-Chaaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mansour Naser Alraja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charith Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Transactions on Internet Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (2), pp.1-31. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3418499⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03259581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generic metadata representation framework for social-based event detection, description, and linkage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minale Abebe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fekade Getahun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Knowledge-Based Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 188, pp.104817. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.knosys.2019.06.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03009100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a smarter directional data aggregation in VANETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabri Allani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taoufik Yeferny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sadok Ben Yahia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Wide Web</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11280-019-00749-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02506669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Smarter Data dissemination strategy in connected environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabri Allani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taoufik Yeferny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 176, pp.1043-1052. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2020.09.100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03010037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilistic Topic Models for Enriching Ontology from Texts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Tissaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SN Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1 (6), </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s42979-020-00349-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03011235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MSSN-Onto: An ontology-based approach for flexible event processing in Multimedia Sensor Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinnapong Angsuchotmetee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Future Generation Computer Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 108, pp.1140-1158. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.future.2018.01.044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03009090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SemIndex+: A semantic indexing scheme for structured, unstructured, and partly structured data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agma J.M. Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caetano Traina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Knowledge-Based Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 164, pp.378-403. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.knosys.2018.11.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02390613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RiAiR: A Framework for Sensitive RDF Protection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irvin Dongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Web Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 18 (1), pp.43-96. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13052/jwe1540-9589.18132⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02367399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-objective cooperative scheduling: An application on smart grids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haritza Camblong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Computing and Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 15 (1), pp.67-79. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aci.2017.10.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02364193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JIIS special issue preface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Spyratos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intelligent Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 53 (3), pp.405-408. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10844-019-00585-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03009281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Context-aware System for Dynamic Privacy Risk Inference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karam Bou Chaaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Barhamgi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamal Benslimane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Future Generation Computer Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 101, pp.1096-1111. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.future.2019.07.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02236774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Query Optimization on RSS Feeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fekade Getahun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal on Data Semantics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 7 (1), pp.47-64. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/S13740-018-0085-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Scalable Data Dissemination Protocol Based on Vehicles Trajectories Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabri Allani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taoufik Yeferny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ad Hoc Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 71, pp.31-44. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/J.ADHOC.2017.12.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating Touch-Screen Vibration Modality for Blind Users to Access Simple Shapes and Graphics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Bou Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Human-Computer Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 110, pp.115-133. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/J.IJHCS.2017.10.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RDF-F: RDF Datatype inFerring Framework - Towards Better RDF Document Matching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irvin Dongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 3 (2), pp.115-135. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/S41019-018-0064-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Full-Fledged Semantic Indexing and Querying Model Designed for Seamless Integration in Legacy RDBMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agma J.M. Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caetano Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yétongnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data and Knowledge Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 117, pp.133-173. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/J.DATAK.2018.07.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">eVM: An Event Virtual Machine Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Arnould</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Large-Scale Data- and Knowledge-Centered Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11310, pp.130-168</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic rule generation using crowdsourcing for better relationship type discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Dipanda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliana J. Raad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pervasive and Mobile Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 36, pp.80 - 97. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pmcj.2016.06.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microgrid Components Clustering in a Digital Ecosystem Cooperative Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haritza Camblong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionel Vechiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 112, pp.167 - 176. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2017.08.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01657620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Digital Ecosystem Cooperative Model: An Application on Microgrids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haritza Camblong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionel Vechiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Sustainable Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 3 (4), pp.221-235. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TSUSC.2017.2749979⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01655905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HIT2GAP: Towards a better building energy management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Kallab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bourreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brassier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Mrissa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Procedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 122, pp.895-900. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.egypro.2017.07.399⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01592631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preventing Sensitive Relationships Disclosure for Better Social Media Preservation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Information Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 15 (2), pp.173-194. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/S10207-015-0278-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building Semantic Trees from XML Documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Charbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Web Semantics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 37-38, pp.1-24. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/J.WEBSEM.2016.03.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02079156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anonymizing multimedia documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliana J. Elia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charbel Elia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramzi Haraty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Wide Web</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 19 (1), pp.135 - 155. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11280-015-0327-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01418638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approximate XML Structure Validation Based on Document\textendashGrammar Tree Similarity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agma J. M. Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caetano Traina Jr.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Fileto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 295, pp.258-302. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/J.INS.2014.09.044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approximate XML structure validation based on document–grammar tree similarity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agma J. M. Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caetano Traina Jr.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Fileto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 295, pp.258-302. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ins.2014.09.044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01088965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Track on Web Computing and Applications WECA: Editorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yetongnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 9th International Conference on Signal-Image Technology and Internet-Based Systems, SITIS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SITIS.2013.6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Time Series Mining Approach Applied to Multitemporal Remote Sensing Imagery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana Romani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Heuminski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Yoshinobu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jurandir Zullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Geoscience and Remote Sensing Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Geoscience and Remote Sensing, 51 (1), pp.140-150</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01091691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial preface: special issue on multimedia data annotation and retrieval using web 2.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Oria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimedia Tools and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 64 (1), pp.1-5. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11042-012-1178-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01091644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovering relationship types between users using profiles and shared photos in a social network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Dipanda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimedia Tools and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Multimedia Tools and Applications, 64 (1), pp.141-170. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11042-011-0853-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00665036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special Track on Advances in Spatial and Image-Based Information Systems (ASIIS'13)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.A. Mostafavi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.-J. Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yétongnon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th Annual ACM Symposium on Applied Computing, SAC 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A visual programming language for XML manipulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Fayolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Visual Languages and Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 24 (2), pp.110-135. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jvlc.2012.11.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01091698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RSS query algebra: Towards a better news management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fekade Getahun Taddesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Sciences - Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 237, pp.313-342</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01091633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SOAP Processing Performance and Enhancement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ernesto Damiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Gianini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Services Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 5 (3), pp.387-403</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel XML document structure comparison framework based-on sub-tree commonalities and label semantics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Web Semantics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 11, pp.14-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SITIS 2012: Foreword</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Dipanda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yetongnon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Signal Image Technology and Internet Based Systems, SITIS 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SITIS.2012.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimizing user effort in XML grammar matching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 210, pp.1-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using XML-Based Multicasting to Improve Web Service Scalability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ernesto Damiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Web Services Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9 (1), pp.1-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management and interaction with multimodal information content</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Coninx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Ferri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrizia Grifoni Grifoni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimedia Tools and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 54 (1), pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">XML document-grammar comparison: related problems and applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agma Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caetano Traina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Central European Journal of Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 1, pp.117-136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00650573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rules, Photos, and Crowdsourcing for Relationship Type Discovery in Social Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Dipanda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Multimedia Processing and Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 2 (2), pp.90-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algebraic Properties to Optimize kNN Queries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mônica Ribeiro Porto Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucio Fernandes Dutra Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agma Juci Machado Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ires Dias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Information and Data Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 2 (3), pp.385--400</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00687320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">XA2C: a framework for manipulating XML data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Fayolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Web Information Systems (IJWIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 7 (3), pp.240-269. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/17440081111165884⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00650607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Similarity-based SOAP Processing Performance Enhancement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ernesto Damiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Gianini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Services Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 99 (PrePrints), pp.1939-1374. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TSC.2011.11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00650641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing Multimedia Data Fragmentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Laurent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Multimedia Processing and Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1 (2), pp.112-131</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00661552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special issue on context-aware and mobile multimedia databases and services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romulus Grigoras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Charvillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Digital Information Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 8 (1), pp.2-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic-based Merging of RSS Items</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fekade Getahun Taddesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Viviani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yétongnon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Web Semantics: Science, Services and Agents on the World Wide Web</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 13 (1-2), pp.169-207</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adding Knowledge Extracted by Association Rules into Similarity Queries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monica Ribeiro Porto Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcela Xavier Ribeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agma Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caetano Traina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Information and Data Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1 (3), pp.391-406</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guest Editors' Introduction: Multimedia Metadata and Semantic Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harald Kosch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Andres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroshi Ishikawa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE MultiMedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.8-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enforcing role based access control model with multimedia signatures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefania Marrara</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Systems Architecture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 55 (4), pp.264-274</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial Preface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youakim Badr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Digital Information Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 7 (2), pp.59-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An overview on XML similarity: Background, current trends and future directions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yétongnon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Science Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 3 (3), pp.151-173</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salient-Object-Based Image Query by Visual Content</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dawit Bulcha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solomon Atnafu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Coquil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Brunie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal des Sciences pour l'Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 7, pp.79-86. </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4314/jspi.v7i1.30042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01514608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic image description based on textual data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youakim Badr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Flory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computational Methods in Sciences and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, HS, 4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01595880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A global description of medical imaging with high precision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Favetta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Systems, Man, and Cybernetics, Part B: Cybernetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 5, 33, pp.752-757. </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TSMCB.2003.816911⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01593373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (95)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anomaly Detection from Time Series Under Uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Wiessner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigor Bezirganyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans-Joachim Bungartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Big Data Analytics and Knowledge Discovery (DaWaK 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Naples, Italy. pp.231-238, </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-68323-7_18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Databases and Information Systems: Contributions from ADBIS 2023 Workshops and Doctoral Consortium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Labroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Przybyłek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Karpus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allel Hadjali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anton Dignös</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th European Conference on Advances in Databases and Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UPC Barcelona, Sep 2023, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04350280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Databases and Information Systems: Contributions from ADBIS 2023 Workshops and Doctoral Consortium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Przybyłek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Karpus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allel Hadjali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anton Dignös</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmem Hara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th European Conference on Advances in Databases and Information Systems (ADBIS 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Barcelona, Spain. pp.293-311, </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-42941-5_26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04357057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SML: Semantic Machine Learning Model Ontology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Kallab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Web Information System Engineering - WISE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Melbourne, Australia. pp.896-911, </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-99-7254-8_70⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04270203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trust Assessment on Data Stream Imputation in IoT Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tao Peng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Boucelma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Conference on Computational Collective Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Budapest, Hungary. </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-41456-5_30⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04284113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RILCE: Resource Indexing in Large Connected Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Achkouty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Corral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th European Conference on Advances in Databases and Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Barcelona, France. pp.13-22, </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-42941-5_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04254505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data Obsolescence Detection Within Connected Environments.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Raphael Richa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Noueihed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">THE 14TH INTERNATIONAL CONFERENCE ON INTELLIGENT SYSTEMS: THEORIES AND APPLICATIONS (SITA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Casablanca, Morocco, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04259811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuzzy Data Deduplication at Edge Nodes in Connected Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvana Yakhni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Mobile Web and Intelligent Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Marrakech, Morocco. pp.112-128, </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-39764-6_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LDA+: An Extended LDA Model for Topic Hierarchy and Discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amani Drissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Khemiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Tissaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Asian Conference, ACIIDS 2022_Recent Challenges in Intelligent Information and Database Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Ho chi Minh ville, Vietnam. pp.14-26, </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-19-8234-7_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03974152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schema Formalism for Semantic Summary Based on Labeled Graph from Heterogeneous Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Beldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazak Jemai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACIID</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Szczerbicki, E., Wojtkiewicz, K., Nguyen, S.V., Pietranik, M., Krótkiewicz, M. (eds) Recent Challenges in Intelligent Information and Database Systems. ACIIDS 2022. Communications in Computer and Information Science, vol 1716. Springer, Singapore., Nov 2022, Vietnam- Aix en Provence, Vietnam. pp.27-44, </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-19-8234-7_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04267187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WoR Ontology: Modeling Resources in Web Connected Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Kallab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Boucelma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IEEE International Conference on Web Services (ICWS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Barcelona, France. pp.286-295, </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICWS55610.2022.00050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03782626v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISEEapp: An Event Explanation Prototype bridging the gap between sensor network and document corpora data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabila Guennouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Intelligent Environments (IE 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Biarritz, France. </w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IE54923.2022.9826763⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03725380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learn2Construct</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Khemiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amani Drissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Tissaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MEDES '21: International Conference on Management of Digital EcoSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Virtual Event Tunisia, Tunisia. pp.49-56, </w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3444757.3485110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Almost Linear Semantic XML Keyword Search</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MEDES '21: International Conference on Management of Digital EcoSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Virtual Event Tunisia, Tunisia. pp.129-138, </w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3444757.3485079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Scalable Indexing and Discovery Scheme in Large Scale Connected Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taoufik Yeferny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabri Allani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 International Wireless Communications and Mobile Computing (IWCMC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Harbin City, China. pp.1625-1630, </w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IWCMC51323.2021.9498814⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P-SGD: A Stochastic Gradient Descent Solution for Privacy-Preserving During Protection Transitions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karam Bou-Chaaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Barhamgi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamal Benslimane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Advanced Information Systems Engineering (CAiSE'21)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, MELBOURNE, Australia. pp.37-53, </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-79382-1_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03276494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Automatic Ontology Construction Method Based on Machine Learning Techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amani Drissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Khemiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MEDES '21: International Conference on Management of Digital EcoSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Virtual Event Tunisia, Tunisia. pp.57-61, </w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3444757.3485111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VIP Blowfish Privacy in Communication Graphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Nassar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Chicha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Conference on Security and Cryptography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Lieusaint - Paris, France. pp.459-467, </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0009875704590467⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WIMS 2020: Proceedings of the 10th International Conference on Web Intelligence, Mining and Semantics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Manolopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rajendra Akerkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jolanta Mizera-Pietraszko</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WIMS 2020: The 10th International Conference on Web Intelligence, Mining and Semantics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Biarritz France, France. </w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3405962⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Flexible Semantic Integration Framework for Fully-integrated EHR based on FHIR Standard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Dridi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Faiz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Agents and Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Valletta, Malta. pp.684-691, </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0008981506840691⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data Redundancy Management in Connected Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faisal Shahzad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Q2SWinet 2020: 16th ACM Symposium on QoS and Security for Wireless and Mobile Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Alicante Spain, Spain. pp.75-80, </w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3416013.3426451⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03060057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Framework for Event Interpretation in a Heterogeneous Information System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabila Guennouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MEDES '20: 12th International Conference on Management of Digital EcoSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Virtual Event United Arab Emirates, France. pp.140-148, </w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3415958.3433073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03033794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LEOnto: New Approach for Ontology Enrichment using LDA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Tissaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MEDES '20: 12th International Conference on Management of Digital EcoSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Virtual Event, United Arab Emirates. pp.132-139, </w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3415958.3433076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Molecule-based Information Retrieval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Charbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 34th ACM/SIGAPP Symposium On Applied Computing (ACM SAC 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Limassol, Cyprus. pp.808-815, </w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3297280.3297358⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02077488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Better Data Management/Gathering in Connected Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabri Allani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th ACM International Symposium on QoS and Security for Wireless and Mobile Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Miami Beach, United States. pp.53-59, </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3345837.3355953⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02390640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EQL-CE: An Event Query Language for Connected Environment Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Arnould</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th ACM International Symposium on QoS and Security for Wireless and Mobile Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Miami Beach, United States. pp.43-51, </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3345837.3355950⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02390650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HSSN: an ontology for hybrid semantic sensor networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Arnould</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the 23rd International Database Applications &amp; Engineering Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Athènes, Greece. pp.8, </w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3331076.3331102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02295950v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S-RDF: A New RDF Serialization Format for Better Storage Without Losing Human Readability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irvin Dongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">On the Move to Meaningful Internet Systems: OTM 2019 Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Rhodes, Greece. pp.246-264, </w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-33246-4_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02390598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EQL-CE: An Event Query Language for Connected Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Arnould</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Database Applications &amp; Engineering Symposium (IDEAS 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Athènes, Greece. pp.7, </w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3331076.3331103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02390620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic K-Resources Discovery for Hybrid Web Connected Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Kallab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Mrissa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Services - ICWS 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02265473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upgraded SemIndex Prototype Supporting Intelligent Database Keyword Queries through Disambiguation, Query as You Type, and Parallel Search Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agma J. M. Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caetano Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yétongnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE International Conference on Cognitive Computing, ICCC 2018, San Francisco, CA, USA, July 2-7, 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, San Francisco, CA, United States. pp.33-40, </w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICCC.2018.00012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smart Directional Data Aggregation in VANETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabri Allani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taoufik Yeferny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sadok Ben Yahia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd IEEE International Conference on Advanced Information Networking and Applications, AINA 2018, Krakow, Poland, May 16-18, 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Krakow, Poland. pp.63-70, </w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/AINA.2018.00022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Pipelining-Based Framework for Processing Events in Multimedia Sensor Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinnapong Angsuchotmetee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shohei Yokoyama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 33rd Annual ACM Symposium on Applied Computing, SAC 2018, Pau, France, April 09-13, 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Pau, France. pp.247-250, </w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3167132.3167380⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LinkedMDR: un modèle sémantique de représentation de corpus de documents multimédia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Charbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35ème congrès INFormatique des ORganisations et Systèmes d’Information et de Décision (INFORSID 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Toulouse, France. pp.11-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01553840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Colored Petri Nets for Verifying RESTful Service Composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Kallab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Mrissa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bourreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OTM Confederated International Conferences "On the Move to Meaningful Internet Systems"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Rhodes, Greece. pp.505-523, </w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-69462-7_32⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01592920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LinkedMDR: A Collective Knowledge Representation of a Heterogeneous Document Corpus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Charbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 28th International Conference on Database and Expert Systems Applications (DEXA 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Lyon, France. pp.362-377, </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-64468-4_28⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic Web Datatype Similarity: Towards Better RDF Document Matching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irvin Dongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Firas Al-Khalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Database and Expert Systems Applications - 28th International Conference, DEXA 2017, Lyon, France, August 28-31, 2017, Proceedings, Part I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Lyon, France. pp.189-205, </w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-64468-4_15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Objective Cooperative Scheduling for Smart Grids: (Short Paper)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haritza Camblong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">On the Move to Meaningful Internet Systems. OTM 2017 Conferences - Confederated International Conferences: CoopIS, C&amp;TC, and ODBASE 2017, Rhodes, Greece, October 23-27, 2017, Proceedings, Part I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Rhodes, Greece. pp.543-551, </w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-69462-7_34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MAS2DES-onto: Ontology for MAS-Based Digital Ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solomon Asres Kidanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 XLIII Latin American Computer Conference, CLEI 2017, Córdoba, Argentina, September 4-8, 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Córdoba, Argentina. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEI.2017.8226470⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01910015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A General Multimedia Representation Space Model toward Event-Based Collective Knowledge Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minale Ashagrie Abebe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fekade Getahun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings - 19th IEEE International Conference on Computational Science and Engineering, 14th IEEE International Conference on Embedded and Ubiquitous Computing and 15th International Symposium on Distributed Computing and Applications to Business, Engineering and Science, CSE-EUC-DCABES 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Paris, France. pp.512-521, </w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CSE-EUC-DCABES.2016.234⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal energy management of a hybrid electric bus with a battery-supercapacitor storage system using genetic algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haritza Camblong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Isaac Herrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andoni Saez-De-Ibarra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 International Conference on Electrical Systems for Aircraft, Railway, Ship Propulsion and Road Vehicles (ESARS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Aachen, France. </w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ESARS.2015.7101452⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01708273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microgrid Components Clustering in a Digital Ecosystem Cooperative Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haritza Camblong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionel Vechiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Knowledge-Based and Intelligent Information &amp; Engineering Systems: Proceedings of the 21st International Conference KES-2017, Marseille, France, 6-8 September 2017.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Marseille, France. pp.167-176</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic Web Datatype Inference: Towards Better RDF Matching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irvin Dongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Firas Al-Khalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Web Information Systems Engineering - WISE 2017 - 18th International Conference, Puschino, Russia, October 7-11, 2017, Proceedings, Part II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Puschino, Russia. pp.57-74, </w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-68786-5_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F-SED: Feature-Centric Social Event Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th International Conference on Database and Expert Systems Applications - DEXA 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Lyon, France. </w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-64471-4_33⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01905727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MMDES: Multimedia Digital Ecosystem - New Platform for Collaboration and Sharing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solomon Asres Kidanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor De Ponte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Figueroa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE Intl Conference on Computational Science and Engineering, CSE 2016, and IEEE Intl Conference on Embedded and Ubiquitous Computing, EUC 2016, and 15th Intl Symposium on Distributed Computing and Applications for Business Engineering, DCABES 2016, Paris, France, August 24-26, 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Paris, France. pp.393-400, </w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CSE-EUC-DCABES.2016.214⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01910018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel VANET Data Dissemination Approach Based on Geospatial Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabri Allani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taoufik Yeferny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sadok Ben Yahia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 7th International Conference on Emerging Ubiquitous Systems and Pervasive Networks (EUSPN 2016)/The 6th International Conference on Current and Future Trends of Information and Communication Technologies in Healthcare (ICTH-2016)/Affiliated Workshops, September 19-22, 2016, London, United Kingdom</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, London, United Kingdom. pp.572-577, </w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2016.09.089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Survey on Complex Event Definition Languages in Multimedia Sensor Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinnapong Angsuchotmetee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 8th International Conference on Management of Digital EcoSystems, MEDES 2016, Biarritz, France, November 1-4, 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Biarritz, France. pp.99-108, </w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3012071.3012098⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DPMS: A Swift Data Dissemination Protocol Based on Map Splitting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabri Allani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taoufik Yeferny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sadok Ben Yahia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th IEEE Annual Computer Software and Applications Conference, COMPSAC 2016, Atlanta, GA, USA, June 10-14, 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Atlanta, United States. pp.817-822, </w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/COMPSAC.2016.100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Onto2MAS: An Ontology-Based Framework for Automatic Multi-Agent System Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Donzelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solomon Asres Kidanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Signal-Image Technology &amp; Internet-Based Systems, SITIS 2016, Naples, Italy, November 28 - December 1, 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Naples, Italy. pp.381-388, </w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SITIS.2016.67⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">XSDF: A System for XML Semantic Disambiguation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Charbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 1st International Conference on Applied Research in Computer Science and Engineering, ICAR 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Beirut, Lebanon. </w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ARCSE.2015.7338130⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Generic Ontology-Based Information Model for Better Management of Microgrids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haritza Camblong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionel Vechiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th IFIP International Conference on Artificial Intelligence Applications and Innovations (AIAI 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Bayonne, France. pp.451-466, </w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-23868-5_33⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01254493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Security Software Engineering the Smart Grid as a System of Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanea Chiprianov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Munier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">System of System Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, San Antonio, Texas, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multimedia-Oriented Digital Ecosystem: A New Collaborative Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solomon Asres Kidanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th IEEE/ACIS International Conference on Computer and Information Science, ICIS 2015, Las Vegas, NV, USA, June 28 - July 1, 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Las Vegas, United States. pp.411-416, </w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIS.2015.7166629⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01910023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Event Extraction for Collective Knowledge in Multimedia Digital EcoSystem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minale Ashagrie Abebe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fekade Getahun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solomon Asres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2015 12th Ieee Africon International Conference - Green Innovation for African Renaissance (Africon)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, New York, United States. </w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/AFRCON.2015.7331984⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resolving XML Semantic Ambiguity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Charbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Extending Database Technology, EDBT 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Brussels, Belgium. pp.277-288, </w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5441/002/edbt.2015.25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward RDF Normalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regina Ticona Herrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irvin Dongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th International Conference on Conceptual Modeling (ER 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Stockholm, Sweden. pp.261-275, </w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-25264-3_19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01246160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SVG-to-RDF Image Semantization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Similarity Search and Applications (SISAP 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A.J. Machado Traina et al., Oct 2014, Los Cabos, Mexico. pp.214 - 228, </w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-11988-5_20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01082168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">User profile matching in social networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Dipanda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Network-Based Information Systems (NBiS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Japan. pp.297-304</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00643509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SemIndex: Semantic-Aware Inverted Index</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yi Luo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yétongnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Raymundo Ibañez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Databases and Information Systems - 18th East European Conference, ADBIS 2014, Ohrid, Macedonia, September 7-10, 2014. Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Ohrid, Macedonia. pp.290-307, </w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-10933-6_22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Better Land Cover Classification Using Geo-Tagged Photographs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hirotaka Oba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masaharu Hirota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroshi Ishikawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shohei Yokoyama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 IEEE International Symposium on Multimedia, ISM 2014, Taichung, Taiwan, December 10-12, 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Unknown, Unknown Region. pp.320-327, </w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISM.2014.78⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foto2Events: From Photos to Event Discovery and Linking in Online Social Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliana J. Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SocialCom2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Sydney, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01082846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Enhancing Web Accessibility for Blind Users through the Semantic Web</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Semaan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Bou Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Signal-Image Technology &amp; Internet-Based Systems, SITIS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Kyoto, Japan. pp.247-256</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic to intelligent web era: building blocks, applications, and current trends</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Abou Rjeily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pélagie Y. Houngue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fifth International Conference on Management of Emergent Digital EcoSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of touch screen vibration accessibility for blind users</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Awada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Bou Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASSETS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Bellevue, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01091701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">de-Linkability: a Privacy-Preserving Constraint for Safely Outsourcing Multimedia Documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliana J. Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charbel Elia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramzi Haraty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fifth International Conference on Management of Emergent Digital EcoSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Luxembourg, Luxembourg. pp.68-75</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Digital Image Accessibility for Blind Users Via Vibrating Touch Screen: A Feasibility Test Protocol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Awada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Bou Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Ghannam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eighth International Conference on Signal Image Technology and Internet Based Systems (SITIS), 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Sorrento, Naples, Italy. pp.547-554</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A MULTI-LEVEL FUZZY LOGIC SCHEME FOR MODELING COMPLEX PROBLEMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regina Ticona Herrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">July Banda-Tapia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Barrios-Aranibar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Artificial Intelligence Driven Solutions to Business and Engineering Problems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Rzeszow, Poland. pp.54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01095396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Fine-Grained Image Access Control Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eighth International Conference on Signal Image Technology and Internet Based Systems, SITIS 2012, Sorrento, Naples, Italy, November 25-29, 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Sorrento, Naples, Italy. pp.603-612, </w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SITIS.2012.92⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Fine-Grained Image Access Control Mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eighth International Conference on Signal Image Technology and Internet Based Systems (SITIS), 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Sorrento, Naples, Italy. pp.603-612</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DiseaseMedia: An Information System for Helping Diagnosing and Treating Rice Diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kawtrakul Asanee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Spyratos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Workshop on Information Search, Integration and Personalization (ISIP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Sapporo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Image Protector - A Flexible Security Rule Specification Toolkit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Gabillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Security and Cryptography (SECRYPT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Seville, Spain. pp.345-350</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00650351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Privacy preserving via tree augmented naïve Bayesian classifier in multimedia database</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samira Saad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Management of Emergent Digital EcoSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, San Francisco, CA, United States. pp.297-304</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential SOAP Multicasting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ernesto Damiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Web Services, ICWS 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Washington, DC, United States. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICWS.2011.51⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00639197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">THE IMAGE PROTECTOR A Flexible Security Rule Specification Toolkit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Gabillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the International Conference on Security and Cryptography, SECRYPT is part of ICETE - The International Joint Conference on e-Business and Telecommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Seville, Spain. pp.345 - 350</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01020249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic aware RSS query algebra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fekade Getahun Taddesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 12th International Conference on Information Integration and Web-based Applications and Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Paris, France. pp.291-298</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Approximate GML Retrieval Based on Structural and Semantic Characteristics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Ferri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrizia Grifoni Grifoni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICWE'10 Proceedings of the 10th international conference on Web engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Vienna, Austria. pp.16-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RSS Merger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fekade Getahun Taddesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Extraction et gestion des connaissances (EGC'2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2010, Hammamet, Tunisia. pp.637-638</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RSS Merger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Getahun Feakde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Extraction et gestion des connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2010, Hamammet, Tunisia. pp.637-638</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00652003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">XCDL: an XML-oriented visual composition definition language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Fayolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 12th International Conference on Information Integration and Web-based Applications and Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Paris, France. pp.134-143</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an XML Adaptation/Alteration Control Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Fayolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gravier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fifth International Conference on Internet and Web Applications and Services, ICIW2010,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Barcelone, Spain. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ujm-00487095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">XA2C Framework for XML Alteration/Adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Fayolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2010 International Conference on Reliable and Autonomous Computational Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Atlanta, United States. pp.1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ujm-00526533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic aware RSS query algebra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Getahun Feakde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 12th International Conference on Information Integration and Web-based Applications &amp; Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Paris, France. pp.291-298, </w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1967486.1967533⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00651999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating user preference to similarity queries over medical images datasets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monica Ribeiro Porto Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Ponciano-Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agma Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caetano Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra de Amo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CBMS '10 Proceedings of the 2010 IEEE 23rd International Symposium on Computer-Based Medical Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Perth, Australia. pp.486-491</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CLEARMiner: a new algorithm for mining association patterns on heterogeneous time series from climate data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana Romani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Heuminski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jurandir Zullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caetano Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2010 ACM Symposium on Applied Computing (SAC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Sierre, Switzerland. pp.900-905</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying Algebraic Properties to Support Optimization of Unary Similarity Queries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monica Ribeiro Porto Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agma Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ires Dias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caetano Traina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 3rd Alberto Mendelzon International Workshop on Foundations of Data Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Arequipa, Peru</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relating RSS News/Items</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fekade Getahun Taddesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Viviani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yétongnon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICWE '9 Proceedings of the 9th International Conference on Web Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, San Sebastian, Spain. pp.442-452</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting Inference Channels in Private Multimedia Data via Social Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data and Applications Security XXIII, 23rd Annual IFIP WG 11.3 Working Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extensible User-Based XML Grammar Matching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yétongnon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conceptual Modeling - ER 2009, 28th International Conference on Conceptual Modeling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Gramado, Brazil. pp.294-314</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Novel Approach to Multimedia Data Mixed Fragmentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Laurent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Emergent Digital Eco Systems (MEDES)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Lyon, France. pp.200-205</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00526812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Temporal Formatting of Multimedia Presentations Using Dynamic Petri Nets.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susan Elias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Mathew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.S. Easwarakumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 18th International Conference on Computer Communications and Networks, IEEE ICCCN 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, San Francisco, California, United States. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a novel approach to multimedia data mixed fragmentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Laurent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MEDES '09: International ACM Conference on Management of Emergent Digital EcoSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Lyon, France. pp.200-205</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salient-Object-Based Image Query by Visual Content</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solomon Atnafu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Coquil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Brunie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dawit Bulcha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Signal-Image Technology &amp; Internet–Based Systems (SITIS'05)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2005, Yaoundé, Cameroon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01514671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating Similarity-based Queries in Image DBMSs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solomon Atnafu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Coquil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Brunie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Symposium on Applied Computing (SAC'04)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2004, Nicosia, Cyprus. pp.735-739, </w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/967900.968052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01514712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMIMS: A Medical Image Management System with a Visual Multi-Criteria Query Interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Coquil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solomon Atnafu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Brunie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Conference on Information Resource Management Association (IRMA'2003)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Philadelphia, United States. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/978-1-59140-066-0.ch019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01514726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced Management of Documents Integrity In an Intranet Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abraham Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amghar Youssef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS/IEEE International Conference on Computer Systems and Applications (AICCSA'03)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2003, Tunis, Tunisia. </w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/AICCSA.2003.1227488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01515338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Web Engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavius Frasincar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioana Manolescu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer International Publishing, 12706, 2021, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-74296-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">11th International Conference on Management of Digital EcoSystems, MEDES 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Manolopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apostolos N Papadopoulos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02457805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">14th International Conference on Signal-Image Technology & Internet-Based Systems, SITIS 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriella Sanniti Di Baja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gallo Luigi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yetongnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Dipanda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modesto Castrillón-Santana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2018, SITIS 2018 – The 14th International Conference on Signal Image Technology &amp; Internet based Systems</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02457790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 10th International Conference on Management of Digital EcoSystems, MEDES 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroshi Ishikawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazutoshi Sumiya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenji Hatano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Koeppen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02457797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 33rd Annual ACM Symposium on Applied Computing, SAC 2018, Pau, France, April 09-13, 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hisham M. Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger L. Wainwright</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Haddad, Hisham M. and Wainwright, Roger L. and Chbeir, Richard. ACM, 2018, </w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3167132⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SITIS 2016 Foreword</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yetongnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Dipanda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.D. Pietro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luigi Gallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">pp.xvi-xvii, 2017, </w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SITIS.2016.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">12th International Conference on Signal-Image Technology & Internet-Based Systems, SITIS 2016, Naples, Italy, November 28 - December 1, 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yétongnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Dipanda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe De Pietro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luigi Gallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yétongnon, Kokou and Dipanda, Albert and Chbeir, Richard and Pietro, Giuseppe De and Gallo, Luigi. IEEE Computer Society, 2016, 978-1-5090-5698-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 8th International Conference on Management of Digital EcoSystems, MEDES 2016, Biarritz, France, November 1-4, 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rajeev Agrawal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismail Biskri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chbeir, Richard; Agrawal, Rajeev; Biskri, Ismail. ACM, 2016, 978-1-4503-4267-4. </w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3012071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Welcome Message from the WECA Track Chairs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yetongnon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, </w:t></w:r><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SITIS.2015.135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the Special Tracks and Workshops at the 11th International Conference on Artificial Intelligence Applications and Innovations (AIAI 2015), Bayonne, France, September 14-17, 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Manolopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilias Maglogiannis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reda Alhajj</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chbeir, Richard and Manolopoulos, Yannis and Maglogiannis, Ilias and Alhajj, Reda. CEUR-WS, 1539, 2015, CEUR Workshop Proceedings</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 7th International Conference on Management of Computational and Collective intElligence in Digital EcoSystems, Caraguatatuba, Brazil, October 25 - 29, 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Manolopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Pellegrini Mammana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Antonio Modena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agma J. M. Traina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chbeir, Richard and Manolopoulos, Yannis and Mammana, Victor Pellegrini and Modena, Eduardo Antonio and Traina, Agma J. M. and Filho, Oscar Salviano Silva and Badr, Youakim and Andrès, Frédéric. ACM, 2015, 978-1-4503-3480-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artificial Intelligence Applications and Innovations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Manolopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilias Maglogiannis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reda Alhajj</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer, AICT-458, 2015, IFIP Advances in Information and Communication Technology, 978-3-319-23867-8. </w:t></w:r><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-23868-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01385402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tenth International Conference on Signal-Image Technology and Internet-Based Systems, SITIS 2014, Marrakech, Morocco, November 23-27, 2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yétongnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Dipanda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yétongnon, Kokou and Dipanda, Albert and Chbeir, Richard. IEEE Computer Society, 2014, 978-1-4799-7978-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The 6th International Conference on Management of Emergent Digital EcoSystems, MEDES '14, Buraidah Al Qassim, Saudi Arabia, September 15-17, 2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Obaid Al Motairy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Alodib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamri Laouamer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youakim Badr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01091557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninth International Conference on Signal-Image Technology & Internet-Based Systems, SITIS 2013, Kyoto, Japan, December 2-5, 2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yétongnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Dipanda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yétongnon, Kokou and Dipanda, Albert and Chbeir, Richard. IEEE Computer Society, 2013, 978-1-4799-3211-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fifth International Conference on Management of Emergent Digital EcoSystems, MEDES'13, Luxembourg, Luxembourg, October 29-31, 2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latif Ladid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Brucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Ferri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ACM</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 978-1-4503-2004-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">XBeGene: Scalable XML Documents Generator by Example Based on Real Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Harazaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Tekli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Yokoyama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fukuta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">156 LNEE, 2013, International Conference on Data Engineering and Internet Technology, DEIT 2011, 18761100 (ISSN); 9783642288067 (ISBN). </w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-28807-4_63⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eighth International Conference on Signal Image Technology and Internet Based Systems, SITIS 2012, Sorrento, Naples, Italy, November 25-29, 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yétongnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Dipanda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luigi Gallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yétongnon, Kokou and Chbeir, Richard and Dipanda, Albert and Gallo, Luigi. IEEE Computer Society, 2012, 978-1-4673-5152-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International Conference on Management of Emergent Digital EcoSystems, MEDES '12, Addis Ababa, Ethiopia, October 28-31, 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janusz Kacprzyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ACM</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 978-1-4503-1755-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seventh International Conference on Signal-Image Technology and Internet-Based Systems, SITIS 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yétongnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Dipanda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IEEE Computer Society</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 978-0-7695-4635-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEDES '11: International ACM Conference on Management of Emergent Digital EcoSystems, San Francisco, CA, USA, November 21-24, 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Grosky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youakim Badr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, 978-1-4503-1047-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01092530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sixth International Conference on Signal-Image Technology and Internet-Based Systems, SITIS 2010, Kuala Lumpur, Malaysia, December 15-18, 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokou Yétongnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Dipanda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IEEE Computer Society 2010</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 978-0-7695-4319-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEDES '10: International ACM Conference on Management of Emergent Digital EcoSystems, Bangkok, Thailand, October 26-29, 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ACM 2010, 2010, 978-1-4503-0047-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CSTST 2008: Proceedings of the 5th International Conference on Soft Computing as Transdisciplinary Science and Technology, Cergy-Pontoise, France, October 28-31, 2008</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youakim Badr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajith Abraham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Köppen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chbeir, Richard and Badr, Youakim and Abraham, Ajith and Laurent, Dominique and Köppen, Mario and Ferri, Fernando and Zadeh, Lotfi A. and Ohsawa, Yukio. ACM, 2008, 978-1-60558-046-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OpenCEMS: An Open Solution for Easy Data Management in Connected Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elio Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabri Allani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taoufik Yeferny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Raphael Richa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Large-Scale Data- and Knowledge-Centered Systems LII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 13470, </w:t></w:r><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.35-69, 2022, Lecture Notes in Computer Science, 978-3-662-66146-8. </w:t></w:r><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-662-66146-8_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The current state of summarization and visualization in Electronic Health Record (EHR) based on EHR interoperability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Beldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazek Jemai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Information Processing and Security: Techniques and applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institution of Engineering and Technology, pp.87-123, 2022, </w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/PBHE044E_ch5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04267193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Cloud-WSDL Metamodel: A New Extension of WSDL for Cloud Service Description</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souad Ghazouani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Tissaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Databases and Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12843, Springer International Publishing, pp.275-288, 2021, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-82472-3_20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QoR-Driven Resource Selection for Hybrid Web Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Kallab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Mrissa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Next-Gen Digital Services. A Retrospective and Roadmap for Service Computing of the Future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12521, Springer International Publishing; Springer International Publishing, pp.189-202, 2021, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-73203-5_15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03632975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">5W1H Aware Framework for Representing and Detecting Real Events from Multimedia Digital Ecosystem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siraj Mohammed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fekade Getahun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Databases and Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12843, Springer International Publishing, pp.57-70, 2021, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-82472-3_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03434534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Weighted Feature-Based Image Quality Assessment Framework in Real-Time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zahi Al Chami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chady Abou Jaoude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Large-Scale Data- and Knowledge-Centered Systems XLV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 164, pp.85-108, 2020, </w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-662-62308-4_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03009296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SSG: An Ontology-Based Information Model for Smart Grids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haritza Camblong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Large-Scale Data- and Knowledge-Centered Systems XL. Lecture Notes in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.94-124, 2019, </w:t></w:r><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-662-58664-8_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02364191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socio-Graph Representations, Concepts, Data, and Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Social Network Analysis and Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.1936-1946, 2014, 978-1-4614-6169-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01091568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Flexible Image-Based Access Control Model for Social Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Gabillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Capolsini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Security and Privacy Preserving in Social Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.337-364, 2013, </w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-7091-0894-9_11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01907086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Privacy in Online Social Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Security and Privacy Preserving in Social Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer-Verlag Wien, pp.3-45, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00975998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bridging Sensing and Decision Making in Ambient Intelligence Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Raad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bechara Al Bouna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jeong, Jechang and Damiani, Ernesto. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimedia Techniques for Device and Ambient Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer US, pp.135-164, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00643557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel Indexing Method of Relations Between Salient Objects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amghar Youssef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Flory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IRM Press, Ed. Shirley Becker. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Issues &amp; Trends of Information Technology Management in Contemporary Organizations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.174-182, 2002, </w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/978-1-930708-39-6.ch229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01593670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CSTST 2008: Proceedings of the 5th International Conference on Soft Computing as Transdisciplinary Science and Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chbeir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youakim Badr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajith Abraham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Köppen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00526820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId591"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="43F6BBB9"/>
+    <w:nsid w:val="88D5FF65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/richard-chbeir" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4112-1426" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/09043434X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911079v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Wiessner" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grigor Bezirganyan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Sellami" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Chbeir" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Joachim Bungartz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fi16110403" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04969600v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gallon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khouloud Salameh" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Bachir" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Aniort&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/info15120790" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04743870v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Achkouty" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24175851" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04257435v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siraj Mohammed" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fekade Getahun" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10844-022-00732-6" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253821v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Peng" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Boucelma" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/exsy.13417" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04081754v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Charbel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sallaberry" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Laborie" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03081079.2023.2195173" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855088v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Noureddine" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237;n Di&#233;guez Lodeiro" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Bru" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSUSC.2022.3222631" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04257417v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Tekli" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Tekli" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2298/CSIS220228063T" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04266166v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Beldi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Sassi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazek Jemai" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2298/CSIS230331062B" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04257442v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvana Yakhni" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elio Mansour" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00500-023-07880-z" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04257421v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjana Ivanovic" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernesto Damiani" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Manolopoulos" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Silvestri" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2298/CSIS230400iiiI" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04257458v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Chicha" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bechara Al Bouna" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Nassar" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11276-018-1885-y" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04257413v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Mena" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Criado" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Iribarne" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Corral" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00607-023-01165-x" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04369491v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fi16010015" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974159v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Tissaoui" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameni Mechergui" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.7036" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04260191v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apostolos Papadopoulos" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Platos" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaclav Snasel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11280-022-01104-4" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04260123v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faisal Shahzad" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00607-021-01051-4" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04260120v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolanta Mizera-Pietraszko" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spyros Sioutas" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bdr.2022.100349" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04260147v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajendra Prasath" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41060-022-00338-9" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04260157v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Jebali" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazak Jemai" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpdc.2021.09.006" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04260162v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahi Al Chami" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chady Abou Jaoude" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Barhamgi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansour Naser Alraja" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-022-12334-z" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974150v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11280-021-00997-x" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04260129v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.7399" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03898168v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabri Allani" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Arnould" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bdr.2022.100347" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393856v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karam Bou-Chaaya" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charith Perera" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3418499" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764210v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzi Haraty" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3431501" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03434528v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Kallab" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Mrissa" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21206835" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03341555v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Guennouni" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.iot.2021.100457" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03434518v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kay W&#252;nsche" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11761-021-00325-1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03434532v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Awad" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aisha Makarfi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul-Halim Jallad" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su13126768" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133562v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00607-020-00884-9" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259581v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03009100v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minale Abebe" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.knosys.2019.06.025" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02506669v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taoufik Yeferny" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadok Ben Yahia" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11280-019-00749-y" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010037v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2020.09.100" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011235v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42979-020-00349-y" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03009090v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chinnapong Angsuchotmetee" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yudith Cardinale" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.future.2018.01.044" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390613v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agma J.M. Traina" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caetano Traina" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.knosys.2018.11.010" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T7ZQ9D2N-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367399v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irvin Dongo" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13052/jwe1540-9589.18132" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03009281v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Spyratos" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10844-019-00585-6" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02236774v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karam Bou Chaaya" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamal Benslimane" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.future.2019.07.011" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364193v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haritza Camblong" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aci.2017.10.005" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906763v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.ADHOC.2017.12.003" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906797v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S13740-018-0085-3" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906853v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Bou Issa" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.IJHCS.2017.10.009" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906796v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S41019-018-0064-6" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906819v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kokou Y&#233;tongnon" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.DATAK.2018.07.007" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940572v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01537731v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Raad" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Dipanda" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliana J. Raad" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pmcj.2016.06.019" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657620v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ionel Vechiu" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2017.08.010" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655905v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSUSC.2017.2749979" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592631v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bourreau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Brassier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2017.07.399" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906826v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S10207-015-0278-9" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02079156v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.WEBSEM.2016.03.002" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01418638v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliana J. Elia" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Elia" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11280-015-0327-3" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906828v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agma J. M. Traina" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caetano Traina Jr." TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Fileto" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.INS.2014.09.044" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088965v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ins.2014.09.044" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906857v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kokou Yetongnon" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SITIS.2013.6" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01091691v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Romani" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Heuminski" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Yoshinobu" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurandir Zullo" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01091644v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Oria" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-012-1178-x" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00665036v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-011-0853-7" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-CWJGWN4K-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906775v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Mostafavi" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.-J. Li" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01091698v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fayolle" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvlc.2012.11.001" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SGV9RXB0-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01091633v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fekade Getahun Taddesse" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092512v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092511v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Gianini" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906807v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SITIS.2012.5" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092508v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092510v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650641v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSC.2011.11" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092524v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650573v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agma Traina" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092526v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Coninx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Ferri" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrizia Grifoni Grifoni" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650607v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/17440081111165884" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00687320v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#244;nica Ribeiro Porto Ferreira" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucio Fernandes Dutra Santos" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agma Juci Machado Traina" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ires Dias" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093236v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Ribeiro Porto Ferreira" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Xavier Ribeiro" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093182v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romulus Grigoras" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Charvillat" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661552v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Laurent" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093304v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Viviani" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094007v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Kosch" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Andres" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroshi Ishikawa" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094095v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Marrara" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094013v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youakim Badr" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093568v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514608v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dawit Bulcha" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solomon Atnafu" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Coquil" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Brunie" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4314/jspi.v7i1.30042" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595880v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Flory" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593373v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Favetta" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSMCB.2003.816911" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938177v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-68323-7_18" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04259811v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Raphael Richa" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Noueihed" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04257469v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-39764-6_8" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04254505v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-42941-5_2" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04350280v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Labroche" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Przyby&#322;ek" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Karpus" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allel Hadjali" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Dign&#246;s" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357057v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmem Hara" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-42941-5_26" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270203v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-99-7254-8_70" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284113v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-41456-5_30" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04267187v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-8234-7_3" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974152v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amani Drissi" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Khemiri" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-8234-7_2" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782626v2" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICWS55610.2022.00050" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03725380v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IE54923.2022.9826763" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03434541v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWCMC51323.2021.9498814" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03434557v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3444757.3485079" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03434549v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3444757.3485110" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276494v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-79382-1_3" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03434553v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3444757.3485111" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03434597v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajendra Akerkar" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3405962" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03434582v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0009875704590467" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03434579v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Dridi" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Faiz" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0008981506840691" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060057v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3416013.3426451" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03033794v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3415958.3433073" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03434589v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3415958.3433076" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390598v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-33246-4_16" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077488v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3297280.3297358" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390640v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3345837.3355953" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295950v2" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3331076.3331102" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390650v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3345837.3355950" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390620v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3331076.3331103" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265473v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01912928v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCC.2018.00012" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01908063v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AINA.2018.00022" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01908062v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shohei Yokoyama" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3167132.3167380" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01909097v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firas Al-Khalil" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-68786-5_5" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01912929v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905727v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-64471-4_33" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592920v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-69462-7_32" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01553840v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817333v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-64468-4_28" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01909095v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-64468-4_15" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01909094v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-69462-7_34" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01910015v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solomon Asres Kidanu" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEI.2017.8226470" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01908064v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minale Ashagrie Abebe" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSE-EUC-DCABES.2016.234" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708273v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Isaac Herrera" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andoni Saez-De-Ibarra" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESARS.2015.7101452" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01908072v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COMPSAC.2016.100" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01909103v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Donzelli" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SITIS.2016.67" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01910018v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor De Ponte" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Figueroa" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSE-EUC-DCABES.2016.214" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01908071v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2016.09.089" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01908066v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3012071.3012098" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908428v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanea Chiprianov" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Munier" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01909105v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ARCSE.2015.7338130" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01254493v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-23868-5_33" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01910023v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIS.2015.7166629" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01908074v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solomon Asres" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AFRCON.2015.7331984" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01909107v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5441/002/edbt.2015.25" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246160v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regina Ticona Herrera" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-25264-3_19" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00643509v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082168v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-11988-5_20" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01909108v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Luo" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Raymundo Iba&#241;ez" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-10933-6_22" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01912905v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirotaka Oba" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masaharu Hirota" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISM.2014.78" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082846v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092502v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092504v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Abou Rjeily" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;lagie Y. Houngue" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092505v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Semaan" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01091701v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Awada" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092516v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Ghannam" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095396v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=July Banda-Tapia" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Barrios-Aranibar" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01908076v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SITIS.2012.92" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092517v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092513v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kawtrakul Asanee" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650351v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Gabillon" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092528v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Saad" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639197v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICWS.2011.51" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020249v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093356v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Ponciano-Silva" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra de Amo" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093546v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093376v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652003v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Getahun Feakde" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093521v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093361v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093369v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00487095v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gravier" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00526533v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651999v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1967486.1967533" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094103v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094100v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094125v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094109v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00526812v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094122v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Elias" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Mathew" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.S. Easwarakumar" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094130v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514671v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514712v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/967900.968052" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514726v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-59140-066-0.ch019" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515338v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abraham Alvarez" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amghar Youssef" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AICCSA.2003.1227488" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03434561v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Brambilla" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavius Frasincar" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Manolescu" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-74296-6" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02457805v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Ilarri" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apostolos N Papadopoulos" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01913200v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hisham M. Haddad" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger L. Wainwright" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3167132" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02457790v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Sanniti Di Baja" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gallo Luigi" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modesto Castrill&#243;n-Santana" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02457797v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazutoshi Sumiya" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenji Hatano" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Koeppen" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906855v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.D. Pietro" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Gallo" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SITIS.2016.5" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906769v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SITIS.2015.135" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01913208v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe De Pietro" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01913210v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajeev Agrawal" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Biskri" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3012071" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01385402v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilias Maglogiannis" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reda Alhajj" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-23868-5" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01913211v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01913212v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Pellegrini Mammana" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Antonio Modena" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01091557v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Obaid Al Motairy" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Alodib" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamri Laouamer" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01913214v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01913217v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092507v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latif Ladid" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Montes" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Brucker" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dl.acm.org/citation.cfm?id=2536146" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01913216v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Harazaki" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tekli" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Yokoyama" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fukuta" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-28807-4_63" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FE1F5A1F16087B1607242627E26D54084EFE083E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01913219v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092518v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janusz Kacprzyk" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dl.acm.org/citation.cfm?id=2457276" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093177v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ieeexplore.ieee.org/xpl/mostRecentIssue.jsp?punumber=6120130" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092530v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Grosky" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093556v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ieeexplore.ieee.org/xpl/mostRecentIssue.jsp?punumber=5714190" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093550v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01913221v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajith Abraham" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario K&#246;ppen" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04267193v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/PBHE044E_ch5" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04260182v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Raphael Richa" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-662-66146-8_2#citeas" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-66146-8_2" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03434534v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-82472-3_6" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03434537v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Ghazouani" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-82472-3_20" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632975v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-73203-5_15" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03009296v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-62308-4_4" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364191v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-58664-8_4" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01091568v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00975998v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01907086v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Capolsini" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-7091-0894-9_11" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00643557v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593670v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-930708-39-6.ch229" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00526820v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/richard-chbeir" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4112-1426" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/09043434X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04969600v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gallon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khouloud Salameh" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Chbeir" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Bachir" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Aniort&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/info15120790" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04743870v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Achkouty" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24175851" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911079v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Wiessner" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grigor Bezirganyan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Sellami" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Joachim Bungartz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fi16110403" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04257435v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siraj Mohammed" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fekade Getahun" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10844-022-00732-6" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253821v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Peng" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Boucelma" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/exsy.13417" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04081754v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Charbel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sallaberry" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Laborie" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03081079.2023.2195173" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855088v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Noureddine" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237;n Di&#233;guez Lodeiro" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Bru" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSUSC.2022.3222631" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04257417v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Tekli" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Tekli" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2298/CSIS220228063T" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04266166v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Beldi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Sassi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazek Jemai" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2298/CSIS230331062B" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04257442v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvana Yakhni" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elio Mansour" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00500-023-07880-z" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04257421v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjana Ivanovic" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernesto Damiani" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Manolopoulos" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Silvestri" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2298/CSIS230400iiiI" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04257458v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Chicha" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bechara Al Bouna" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Nassar" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11276-018-1885-y" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04257413v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Mena" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Criado" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Iribarne" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Corral" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00607-023-01165-x" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04369491v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fi16010015" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04260120v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolanta Mizera-Pietraszko" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spyros Sioutas" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bdr.2022.100349" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974159v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Tissaoui" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameni Mechergui" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.7036" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04260191v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apostolos Papadopoulos" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Platos" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaclav Snasel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11280-022-01104-4" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04260123v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faisal Shahzad" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00607-021-01051-4" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04260147v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajendra Prasath" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41060-022-00338-9" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04260157v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Jebali" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazak Jemai" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpdc.2021.09.006" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04260162v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahi Al Chami" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chady Abou Jaoude" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Barhamgi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansour Naser Alraja" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-022-12334-z" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974150v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11280-021-00997-x" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04260129v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.7399" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03898168v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabri Allani" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Arnould" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bdr.2022.100347" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764210v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzi Haraty" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3431501" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03434528v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Kallab" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Mrissa" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21206835" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393856v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karam Bou-Chaaya" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charith Perera" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3418499" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03434518v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kay W&#252;nsche" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11761-021-00325-1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03341555v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Guennouni" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.iot.2021.100457" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03434532v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Awad" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aisha Makarfi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul-Halim Jallad" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su13126768" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133562v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00607-020-00884-9" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259581v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03009100v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minale Abebe" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.knosys.2019.06.025" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02506669v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taoufik Yeferny" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadok Ben Yahia" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11280-019-00749-y" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010037v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2020.09.100" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011235v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42979-020-00349-y" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03009090v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chinnapong Angsuchotmetee" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yudith Cardinale" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.future.2018.01.044" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390613v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agma J.M. Traina" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caetano Traina" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.knosys.2018.11.010" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T7ZQ9D2N-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367399v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irvin Dongo" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13052/jwe1540-9589.18132" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364193v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haritza Camblong" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aci.2017.10.005" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03009281v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Spyratos" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10844-019-00585-6" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02236774v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karam Bou Chaaya" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamal Benslimane" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.future.2019.07.011" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906797v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S13740-018-0085-3" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906763v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.ADHOC.2017.12.003" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906853v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Bou Issa" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.IJHCS.2017.10.009" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906796v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S41019-018-0064-6" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906819v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kokou Y&#233;tongnon" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.DATAK.2018.07.007" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940572v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01537731v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Raad" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Dipanda" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliana J. Raad" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pmcj.2016.06.019" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657620v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ionel Vechiu" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2017.08.010" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655905v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSUSC.2017.2749979" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592631v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bourreau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Brassier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2017.07.399" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906826v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S10207-015-0278-9" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02079156v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.WEBSEM.2016.03.002" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01418638v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliana J. Elia" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Elia" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11280-015-0327-3" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906828v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agma J. M. Traina" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caetano Traina Jr." TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Fileto" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.INS.2014.09.044" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088965v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ins.2014.09.044" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906857v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kokou Yetongnon" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SITIS.2013.6" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01091691v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Romani" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Heuminski" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Yoshinobu" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurandir Zullo" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01091644v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Oria" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-012-1178-x" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00665036v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-011-0853-7" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-CWJGWN4K-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906775v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Mostafavi" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.-J. Li" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01091698v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fayolle" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvlc.2012.11.001" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SGV9RXB0-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01091633v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fekade Getahun Taddesse" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092511v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Gianini" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092512v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906807v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SITIS.2012.5" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092508v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092510v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092526v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Coninx" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Ferri" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrizia Grifoni Grifoni" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650573v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agma Traina" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092524v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00687320v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#244;nica Ribeiro Porto Ferreira" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucio Fernandes Dutra Santos" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agma Juci Machado Traina" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ires Dias" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650607v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/17440081111165884" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650641v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSC.2011.11" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661552v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Laurent" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093182v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romulus Grigoras" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Charvillat" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093304v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Viviani" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093236v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Ribeiro Porto Ferreira" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Xavier Ribeiro" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094007v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Kosch" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Andres" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroshi Ishikawa" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094095v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Marrara" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094013v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youakim Badr" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093568v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514608v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dawit Bulcha" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solomon Atnafu" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Coquil" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Brunie" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4314/jspi.v7i1.30042" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595880v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Flory" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593373v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Favetta" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSMCB.2003.816911" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938177v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-68323-7_18" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04350280v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Labroche" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Przyby&#322;ek" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Karpus" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allel Hadjali" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Dign&#246;s" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357057v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmem Hara" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-42941-5_26" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270203v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-99-7254-8_70" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284113v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-41456-5_30" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04254505v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-42941-5_2" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04259811v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Raphael Richa" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Noueihed" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04257469v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-39764-6_8" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974152v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amani Drissi" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Khemiri" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-8234-7_2" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04267187v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-8234-7_3" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782626v2" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICWS55610.2022.00050" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03725380v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IE54923.2022.9826763" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03434549v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3444757.3485110" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03434557v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3444757.3485079" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03434541v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWCMC51323.2021.9498814" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276494v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-79382-1_3" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03434553v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3444757.3485111" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03434582v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0009875704590467" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03434597v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajendra Akerkar" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3405962" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03434579v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Dridi" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Faiz" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0008981506840691" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060057v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3416013.3426451" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03033794v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3415958.3433073" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03434589v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3415958.3433076" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077488v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3297280.3297358" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390640v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3345837.3355953" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390650v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3345837.3355950" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295950v2" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3331076.3331102" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390598v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-33246-4_16" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390620v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3331076.3331103" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265473v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01912928v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCC.2018.00012" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01908063v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AINA.2018.00022" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01908062v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shohei Yokoyama" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3167132.3167380" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01553840v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592920v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-69462-7_32" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817333v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-64468-4_28" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01909095v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firas Al-Khalil" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-64468-4_15" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01909094v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-69462-7_34" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01910015v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solomon Asres Kidanu" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEI.2017.8226470" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01908064v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minale Ashagrie Abebe" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSE-EUC-DCABES.2016.234" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708273v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Isaac Herrera" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andoni Saez-De-Ibarra" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESARS.2015.7101452" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01912929v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01909097v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-68786-5_5" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905727v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-64471-4_33" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01910018v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor De Ponte" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Figueroa" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSE-EUC-DCABES.2016.214" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01908071v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2016.09.089" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01908066v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3012071.3012098" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01908072v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COMPSAC.2016.100" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01909103v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Donzelli" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SITIS.2016.67" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01909105v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ARCSE.2015.7338130" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01254493v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-23868-5_33" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908428v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanea Chiprianov" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Munier" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01910023v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIS.2015.7166629" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01908074v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solomon Asres" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AFRCON.2015.7331984" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01909107v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5441/002/edbt.2015.25" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246160v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regina Ticona Herrera" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-25264-3_19" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082168v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-11988-5_20" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00643509v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01909108v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Luo" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Raymundo Iba&#241;ez" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-10933-6_22" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01912905v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirotaka Oba" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masaharu Hirota" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISM.2014.78" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082846v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092505v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Semaan" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092504v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Abou Rjeily" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;lagie Y. Houngue" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01091701v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Awada" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092502v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092516v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Ghannam" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095396v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=July Banda-Tapia" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Barrios-Aranibar" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01908076v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SITIS.2012.92" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092517v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092513v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kawtrakul Asanee" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650351v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Gabillon" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092528v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Saad" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639197v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICWS.2011.51" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020249v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093521v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093369v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093361v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652003v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Getahun Feakde" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093376v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00487095v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gravier" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00526533v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651999v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1967486.1967533" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093356v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Ponciano-Silva" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra de Amo" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093546v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094100v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094125v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094103v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094109v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00526812v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094122v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Elias" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Mathew" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.S. Easwarakumar" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094130v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514671v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514712v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/967900.968052" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514726v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-59140-066-0.ch019" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515338v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abraham Alvarez" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amghar Youssef" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AICCSA.2003.1227488" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03434561v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Brambilla" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavius Frasincar" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Manolescu" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-74296-6" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02457805v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Ilarri" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apostolos N Papadopoulos" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02457790v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Sanniti Di Baja" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gallo Luigi" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modesto Castrill&#243;n-Santana" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02457797v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazutoshi Sumiya" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenji Hatano" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Koeppen" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01913200v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hisham M. Haddad" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger L. Wainwright" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3167132" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906855v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.D. Pietro" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Gallo" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SITIS.2016.5" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01913208v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe De Pietro" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01913210v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajeev Agrawal" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Biskri" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3012071" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906769v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SITIS.2015.135" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01913211v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilias Maglogiannis" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reda Alhajj" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01913212v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Pellegrini Mammana" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Antonio Modena" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01385402v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-23868-5" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01913214v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01091557v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Obaid Al Motairy" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Alodib" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamri Laouamer" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01913217v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092507v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latif Ladid" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Montes" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Brucker" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dl.acm.org/citation.cfm?id=2536146" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01913216v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Harazaki" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tekli" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Yokoyama" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fukuta" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-28807-4_63" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FE1F5A1F16087B1607242627E26D54084EFE083E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01913219v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092518v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janusz Kacprzyk" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dl.acm.org/citation.cfm?id=2457276" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093177v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ieeexplore.ieee.org/xpl/mostRecentIssue.jsp?punumber=6120130" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092530v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Grosky" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093556v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ieeexplore.ieee.org/xpl/mostRecentIssue.jsp?punumber=5714190" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093550v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01913221v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajith Abraham" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario K&#246;ppen" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04260182v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Raphael Richa" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-662-66146-8_2#citeas" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-66146-8_2" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04267193v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/PBHE044E_ch5" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03434537v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Ghazouani" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-82472-3_20" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632975v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-73203-5_15" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03434534v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-82472-3_6" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03009296v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-62308-4_4" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364191v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-58664-8_4" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01091568v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01907086v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Capolsini" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-7091-0894-9_11" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00975998v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00643557v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593670v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-930708-39-6.ch229" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00526820v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>