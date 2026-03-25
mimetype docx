--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1470,699 +1470,699 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02560146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Prieuré clunisien Saint-Ausbert, château de Boves - Boves (Somme). Octobre 2020. Rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Jonvel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Service Archéologie Préventive Amiens Métropole. 2020, pp.121</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03221331v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saint-Dizier-Leyrenne (Creuse). Ancien château à Murat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Jonvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Dussot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] 6, Centre d'Archéologie et d'Histoire Médiévales des Etablissements Religieux. 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02560149v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">20, rue Alexandre Vasseur, Boves, Somme. Mars 2020. Rapport de diagnostic archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Jonvel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Service Archéologie Préventive Amiens Métropole. 2020, pp.96</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03221329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Saint-Dizier-Leyrenne (Creuse). Ancien château à Murat</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recherches pluridisciplinaires sur un terroir picard de l’époque antique à la Révolution française. Boves « Le château ». Complexe castral et prioral du « Quartier Notre-Dame », Fouille programmée 2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Jonvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] 6, Centre d'Archéologie et d'Histoire Médiévales des Etablissements Religieux. 2020</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Borderie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Chaidron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Clavel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Service Archéologie Préventive Amiens Métropole. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Prieuré clunisien Saint-Ausbert, château de Boves - Boves (Somme). Octobre 2020. Rapport de diagnostic archéologique</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02560159v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">40-46 rue Saint Honoré, Amiens, Somme (Septembre-Octobre 2019)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Jonvel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Service Archéologie Préventive Amiens Métropole. 2020, pp.121</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] 1, Service Archéologie Préventive Amiens Métropole. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Recherches pluridisciplinaires sur un terroir picard de l’époque antique à la Révolution française. Boves « Le château ». Complexe castral et prioral du « Quartier Notre-Dame », Fouille programmée 2019</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02428882v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saint-Dizier-Leyrenne (Creuse). Ancien château de Murat. Fouille programmée. Juillet 2018</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Jonvel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...9 lines deleted...]
-                <w:t xml:space="preserve">Quentin Borderie</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] 5, Service régional de l'Archéologie Nouvelle-Aquitaine. 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02273396v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rue Delpech, Amiens, Somme. L’implantation du Réseau de Chaleur Urbain (RCU). Juillet-Août 2018, Octobre-Novembre 2018</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Jonvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maël Pacaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Chaidron</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Service Archéologie Préventive Amiens Métropole. 2020</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] 1, Service Archéologie Préventive Amiens Métropole. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Saint-Dizier-Leyrenne (Creuse). Ancien château de Murat. Fouille programmée. Juillet 2018</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02428901v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">20, place du Général Leclerc, Camon, Somme, Amiens (Janvier 2019)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Jonvel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] 5, Service régional de l'Archéologie Nouvelle-Aquitaine. 2019</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] 1, Service Archéologie Préventive Amiens Métropole. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">40-46 rue Saint Honoré, Amiens, Somme (Septembre-Octobre 2019)</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02428866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le cloître des Sœurs Grises, rue Henriette Dumuin, Amiens, Somme (Avril-juillet 2018)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Jonvel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] 1, Service Archéologie Préventive Amiens Métropole. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...157 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02428858v1</w:t>
-              </w:r>
-[...64 lines deleted...]
-                <w:t xml:space="preserve">hal-02428866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">47 Boulevard du Cange, Galerie des Antiquaires, Amiens, Somme (Octobre 2019)</w:t>
               </w:r>
@@ -3533,1003 +3533,1003 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Improving the extraction of ancient Yersinia pestis genomes from the dental pulp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Clavel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lexane Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clio Der Sarkissian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Thèves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 26 (5), pp.106787. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2023.106787⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510941v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">État de la question sur les fortifications de terre en Picardie Occidentale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Jonvel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire médiévale et archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Fouiller le Moyen Âge. Miscellanées offertes à Philippe Racinet, Professeur d'histoire et d'archéologie médiévales à l'Université de Picardie Jules Verne (Amiens), 37, pp.191-206</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04437135v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le promontoire de Murat-Les-Tours (Saint-Dizier-Masbaraud). Un exemple d’éperon barré du IXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Jonvel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mémoires de la société des sciences naturelles, archéologiques et historiques de la Creuse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 69, pp.1-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04835621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">État de la question sur les fortifications de terre en Picardie Occidentale</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évolution de l'espace urbain alluvial et fluvial d'Amiens (Somme) du IVe au XVe s.: apports, complémentarité et confrontation des sources archéologiques et écrites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Jonvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Cloquier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue archéologique du Centre de la France - Suppléments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, L'eau dans les villes d'Europe au Moyen Âge (IVe-XVe siècle) : un vecteur de transformation de l'espace urbain. Actes du colloque, université de Tours, 21-23 octobre 2021, 84e Supplément, pp.209-224</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04437145v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Five millennia of &amp;lt;em&amp;gt;Bartonella quintana&amp;lt;/em&amp;gt; bacteraemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ba-Hoang-Anh Mai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Castex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Jonvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Tanasi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 15 (11), pp.e0239526. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0239526⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03150805v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le complexe castral de la Tour-Saint-Austrille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Jonvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Racinet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Etudes Creusoises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Marches, limites, frontières en France centrale. Actes du LXXIIIe congrès de la Fédération du centre de la France. Guéret 19 – 20 – 21 mai 2017, 34, pp.69-85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02273411v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A l'origine de la basse-cour de la forteresse de Démuin : les sources archéologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Jonvel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société des antiquaires de Picardie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Bulletin de la société des Antiquaires de Picardie, 71 (717-718), pp.66-88</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05534455v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’église Saint-Jacques Saint-Gilles de Fleurines (Oise). Etude archéologique et historique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Jonvel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin mensuel de la société d'histoire et d'archéologie de Senlis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Comptes Rendus et Mémoires 2012 – 2013, pp.11-27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02273404v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les accords de Boves et la pacification de l’Amiénois (juin 1185 - juin 1186)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Jonvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Leblanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire médiévale et archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, Fouiller le Moyen Âge. Miscellanées offertes à Philippe Racinet, Professeur d'histoire et d'archéologie médiévales à l'Université de Picardie Jules Verne (Amiens), 37, pp.191-206</w:t>
+              <w:t xml:space="preserve">, 2015, Mélanges Annie Renoux, 29, pp.85-110</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...99 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02428673v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boves (Somme). Complexe castral et prioral du « Quartier Notre-Dame »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Racinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Jonvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Mouny</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iScience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.isci.2023.106787⟩</w:t>
+              <w:t xml:space="preserve">Archéologie médiévale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 45, pp.237-238. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/archeomed.7784⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Évolution de l'espace urbain alluvial et fluvial d'Amiens (Somme) du IVe au XVe s.: apports, complémentarité et confrontation des sources archéologiques et écrites</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03706947v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoire et archéologie du prieuré victorin de Bray-sur-Aunette (Oise)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Jonvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...441 lines deleted...]
-                <w:t xml:space="preserve">Olivier Leblanc</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Colaye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire médiévale et archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, Mélanges Annie Renoux, 29, pp.85-110</w:t>
+              <w:t xml:space="preserve">, 2015, Saint-Martin-aux-Bois (Oise) Histoire et archéologie d’une abbaye de chanoines de saint Augustin (XIe -XVIIIe siècles), 28, pp.235-265</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...81 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02273407v1</w:t>
-              </w:r>
-[...102 lines deleted...]
-                <w:t xml:space="preserve">hal-03706947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article de blog scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4898,51 +4898,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534934v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Jonvel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Chaidron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Soulat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534771v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534519v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535106v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Clavel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835696v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janick Ricard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Conte" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Derreumaux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835663v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bompaire" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Clavel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Morand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835739v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Leconte" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319372v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319384v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319408v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Jadelot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548295v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221333v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221336v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Borderie" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geert Verbrugghe" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548292v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05290472v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548293v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560146v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221329v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560149v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dussot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221331v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560159v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02273396v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428882v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428901v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Pacaud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428858v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428866v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428888v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428868v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428795v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428782v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428848v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02273394v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02273395v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428770v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Racinet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428831v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Villena-I-Mota" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374079v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Mantel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dubois" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louison Deschamps" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Par&#233;tias" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02273399v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428755v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Porcheret" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05099452v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Blondiau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Rougier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Epaud" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Preiss" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428650v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535161v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Marchand" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242136v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Clavel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lexane Louis" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clio Der Sarkissian" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Th&#232;ves" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Gillet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.106787" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835621v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437135v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510941v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437145v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cloquier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03150805v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ba-Hoang-Anh Mai" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Barbieri" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Castex" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Tanasi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0239526" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02273411v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534455v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02273404v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428673v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leblanc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02273407v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Colaye" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03706947v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mouny" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeomed.7784" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04410909v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bourgeois" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319367v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534934v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Jonvel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Chaidron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Soulat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534771v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534519v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535106v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Clavel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835696v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janick Ricard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Conte" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Derreumaux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835663v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bompaire" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Clavel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Morand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835739v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Leconte" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319372v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319384v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319408v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Jadelot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548295v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221333v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221336v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Borderie" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geert Verbrugghe" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548292v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05290472v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548293v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560146v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221331v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560149v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dussot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221329v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560159v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428882v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02273396v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428901v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Pacaud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428866v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428858v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428888v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428868v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428795v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428782v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428848v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02273394v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02273395v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428770v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Racinet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428831v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Villena-I-Mota" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374079v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Mantel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dubois" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louison Deschamps" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Par&#233;tias" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02273399v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428755v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Porcheret" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05099452v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Blondiau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Rougier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Epaud" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Preiss" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428650v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535161v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Marchand" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242136v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Clavel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lexane Louis" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clio Der Sarkissian" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Th&#232;ves" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Gillet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.106787" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510941v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437135v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835621v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437145v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cloquier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03150805v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ba-Hoang-Anh Mai" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Barbieri" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Castex" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Tanasi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0239526" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02273411v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534455v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02273404v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428673v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leblanc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03706947v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mouny" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeomed.7784" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02273407v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Colaye" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04410909v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bourgeois" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319367v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>