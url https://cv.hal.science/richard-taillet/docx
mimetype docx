--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -1024,277 +1024,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00129460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SNLS: Realtime Pipeline and Current Status</w:t>
+                <w:t xml:space="preserve">SNLS: Supernova Rise Times from the SNLS Sample</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Perrett</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">M. Sullivan</w:t>
+                <w:t xml:space="preserve">A. Conley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. A. Howell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">A. Howes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">P. Astier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Aubourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Astronomical Society 207th Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2006, Washington, DC, United States. pp.1177</w:t>
+              <w:t xml:space="preserve">American Astronomical Society Meeting 207</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2006, Washington, DC, United States. pp.1176</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00186204v1</w:t>
+                <w:t xml:space="preserve">in2p3-00186302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SNLS: Supernova Rise Times from the SNLS Sample</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Conley</w:t>
+                <w:t xml:space="preserve">SNLS: Realtime Pipeline and Current Status</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Perrett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Balam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Sullivan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. A. Howell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Astier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">E. Aubourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Astronomical Society Meeting 207</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2006, Washington, DC, United States. pp.1176</w:t>
+              <w:t xml:space="preserve">American Astronomical Society 207th Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2006, Washington, DC, United States. pp.1177</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00186302v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00186204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SNLS: Relating the properties of type Ia supernovae to the stellar populations of their host galaxies</w:t>
               </w:r>
@@ -1444,64 +1444,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Sullivan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Balam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Astier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Aubourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Astronomical Society Meeting 207</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2006, Washington, DC, United States. pp.1177</w:t>
@@ -1582,51 +1582,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Le Borgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Hodsman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Astier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Astronomical Society Meeting 207</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2006, Washington, DC, United States. pp.1458</w:t>
@@ -2789,429 +2789,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00628226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Supernova Legacy Survey: Measurement of $\Omega_M$, $\Omega_\Lambda$ and w from the First Year Data Set</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Photometric Selection of High-Redshift Type Ia Supernovae Candidates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Sullivan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.A. Howell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Perrett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Nugent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Astier</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">E. Aubourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361:20054185⟩</w:t>
+              <w:t xml:space="preserve">The Astronomical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 131, pp.960-972. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1086/499302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00025162v1</w:t>
+                <w:t xml:space="preserve">in2p3-00025167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Rise Time of Type Ia Supernovae from the Supernova Legacy Survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Conley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. A. Howell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Howes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Sullivan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Astier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Astronomical Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 132, pp.1707-1713. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1086/507788⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00110450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photometric Selection of High-Redshift Type Ia Supernovae Candidates</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Sullivan</w:t>
+                <w:t xml:space="preserve">The Supernova Legacy Survey: Measurement of $\Omega_M$, $\Omega_\Lambda$ and w from the First Year Data Set</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Astier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Guy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D.A. Howell</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">K. Perrett</w:t>
+                <w:t xml:space="preserve">N. Regnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Nugent</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P. Astier</w:t>
+                <w:t xml:space="preserve">R. Pain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Aubourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astronomical Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 131, pp.960-972. </w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 447, pp.31-48. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1086/499302⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361:20054185⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00025167v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00025162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Type Ia Supernova Rate at z ~0.5 from the Supernova Legacy Survey</w:t>
               </w:r>
@@ -3249,51 +3249,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Balam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.J. Pritchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D.A. Howell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Astronomical Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 132, pp.1126-1145. </w:t>
@@ -3491,51 +3491,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. A. Howell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Sullivan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Perrett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. J. Bronder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5259,51 +5259,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04880287v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Taillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Villain" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Febvre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deboecksuperieur.com/ouvrage/9782807348226-dictionnaire-de-physique" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017867v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890830v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Salati" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Genolini" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquale D. Serpico" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.301.0264" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584680v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. G&#233;nolini" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Serpico" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Taillet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201713602006" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626609v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damir Buskulic" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Maurin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.224.0226" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01011886v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Maurin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Melot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00336745v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Putze" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Derome" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Perotto" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00129460v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. D. Neill" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sullivan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Balam" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. J. Pritchet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. A. Howell" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2774890" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00186204v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Perrett" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Astier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00186302v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Conley" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Howes" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Aubourg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00186252v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Le Borgne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hodsman" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00186269v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00186343v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00087404v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Nuss" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Moultaka" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Falvard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Giraud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jacholkowska" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427076v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Genolini" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Salati" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. D. Serpico" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201629903" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00830327v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201321344" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00748593v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Bernard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timur Delahaye" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong-Yeon Keum" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Liu" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201321202" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702282v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bernard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Delahaye" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201219502" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00311541v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200810824" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628249v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lavalle" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lineros" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Donato" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fornengo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200811130" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628224v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pochon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20065312" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628226v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brun" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianfranco Bertone" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lavalle" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVD.76.083506" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025162v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Regnault" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pain" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20054185" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00110450v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/507788" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025167v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. Howell" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nugent" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/499302" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082961v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Neill" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.J. Pritchet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/505532" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00087104v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Le Borgne" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/506137" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024642v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. J. Bronder" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. M. Hook" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/497119" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005428v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barrau" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Servant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiorenza Donato" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Grain" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.72.063507" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111315v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vangioni-Flam" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cass&#233;" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/421059" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111224v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20030563" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111242v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20030318" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008560v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Boudoul" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20021588" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011513v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20020313" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00010958v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/323684" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00677468v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brooijmans" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gripaios" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Moortgat" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Santiago" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Skands" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00633127v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00390486v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolao Fornengo" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00149333v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Combet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012386v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04880287v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Taillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Villain" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Febvre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deboecksuperieur.com/ouvrage/9782807348226-dictionnaire-de-physique" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017867v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890830v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Salati" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Genolini" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquale D. Serpico" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.301.0264" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584680v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. G&#233;nolini" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Serpico" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Taillet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201713602006" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626609v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damir Buskulic" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Maurin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.224.0226" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01011886v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Maurin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Melot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00336745v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Putze" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Derome" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Perotto" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00129460v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. D. Neill" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sullivan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Balam" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. J. Pritchet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. A. Howell" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2774890" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00186302v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Conley" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Howes" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Astier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Aubourg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00186204v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Perrett" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00186252v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Le Borgne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hodsman" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00186269v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00186343v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00087404v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Nuss" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Moultaka" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Falvard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Giraud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jacholkowska" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427076v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Genolini" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Salati" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. D. Serpico" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201629903" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00830327v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201321344" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00748593v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Bernard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timur Delahaye" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong-Yeon Keum" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Liu" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201321202" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702282v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bernard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Delahaye" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201219502" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00311541v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200810824" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628249v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lavalle" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lineros" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Donato" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fornengo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200811130" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628224v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pochon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20065312" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628226v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brun" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianfranco Bertone" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lavalle" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVD.76.083506" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025167v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. Howell" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nugent" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/499302" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00110450v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/507788" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025162v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guy" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Regnault" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pain" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20054185" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082961v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Neill" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.J. Pritchet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/505532" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00087104v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Le Borgne" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/506137" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024642v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. J. Bronder" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. M. Hook" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/497119" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005428v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barrau" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Servant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiorenza Donato" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Grain" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.72.063507" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111315v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vangioni-Flam" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cass&#233;" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/421059" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111224v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20030563" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111242v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20030318" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008560v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Boudoul" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20021588" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011513v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20020313" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00010958v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/323684" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00677468v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brooijmans" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gripaios" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Moortgat" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Santiago" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Skands" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00633127v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00390486v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolao Fornengo" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00149333v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Combet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012386v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>