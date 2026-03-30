--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -100,311 +100,311 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grèges, « La Maison Blanche » (Seine-Maritime) : habitat rural et artisanat du fer au haut Moyen Âge (fin du V&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; siècle-VII&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; siècle)</w:t>
+                <w:t xml:space="preserve">Gaillon « la Garenne » (Eure) : un habitat du Néolithique final organisé autour d'un monument funéraire du Néolithique moyen/récent ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique Jimenez</w:t>
+                <w:t xml:space="preserve">Caroline Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Roudié</w:t>
+                <w:t xml:space="preserve">Elisabeth Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves-Marie Adrian</w:t>
+                <w:t xml:space="preserve">Céline Coussot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Petit</w:t>
+                <w:t xml:space="preserve">Céline Bemilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Riche</w:t>
+                <w:t xml:space="preserve">Julia Bude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Isabelle Kerouanton; Christophe Maitay; Ivan Praud; Ludovic Soler. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées archéologiques de Normandie, 2019 (Caen, 26-27 avril 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PURH, 2024, 9791024018300</w:t>
+              <w:t xml:space="preserve">La place des morts chez les vivants. Architectures, mémoires et rituels de la fin du Mésolithique à l'âge du Bronze. Actes des 4e Rencontres Nord/Sud de Préhistoire récente (Université de La Rochelle, Charente-Maritime, 27-30 avril 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mémoire LIX, Association des Publications Chauvinoises, pp.579-594, 2024, 979-10-90534-88-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05093763v1</w:t>
+                <w:t xml:space="preserve">hal-05092702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaillon « la Garenne » (Eure) : un habitat du Néolithique final organisé autour d'un monument funéraire du Néolithique moyen/récent ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Grèges, « La Maison Blanche » (Seine-Maritime) : habitat rural et artisanat du fer au haut Moyen Âge (fin du V&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; siècle-VII&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Jimenez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Roudié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves-Marie Adrian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...50 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La place des morts chez les vivants. Architectures, mémoires et rituels de la fin du Mésolithique à l'âge du Bronze. Actes des 4e Rencontres Nord/Sud de Préhistoire récente (Université de La Rochelle, Charente-Maritime, 27-30 avril 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mémoire LIX, Association des Publications Chauvinoises, pp.579-594, 2024, 979-10-90534-88-9</w:t>
+              <w:t xml:space="preserve">Journées archéologiques de Normandie, 2019 (Caen, 26-27 avril 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PURH, 2024, 9791024018300</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05092702v1</w:t>
+                <w:t xml:space="preserve">hal-05093763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'approvisionnement en matières premières siliceuses au Cerny en Haute-Normandie. Aspects méthodologiques et application de la méthode au site de Bouafles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Riche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Prost, Dominique. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La culture de Cerny en Haute-Normandie : premier bilan scientifique sur le Néolithique moyen I (Ve millénaire avant J.-C.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PUR, Presses universitaires de Rennes, pp.153-164, 2015, Collection "Archéologie &amp; culture", 978-2-7535-3376-9</w:t>
@@ -459,51 +459,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Biard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Prost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Riche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dominique Prost. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La culture de Cerny. Le Néolithique moyen I en Haute-Normandie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PUR, Presses universitaires de Rennes, pp.237-241, 2015, Collection "Archéologie &amp; culture", 978-2-7535-3376-9</w:t>
@@ -545,51 +545,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roches nobles et réseaux d'échange, une rupture avec le groupe de Blicquy-Villeneuve-Saint-Germain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Prost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Riche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Prost, Dominique. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La culture de Cerny : le Néolithique moyen I en Haute-Normandie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PUR, Presses universitaires de Rennes, pp.235-236, 2015, Collection "Archéologie &amp; culture", 978-2-7535-3376-9</w:t>
@@ -618,51 +618,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approches paléo-environnementales au stade du diagnostic : une étude de cas à Porte-Joie (Eure).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Riche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Méthodologie des recherches de terrain sur la Préhistoire récente en France. Nouveaux acquis, nouveaux outils (1987-2012)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Actes du RMPR/Internéo, Marseille, mai 2012, pp.25-41, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -687,51 +687,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'architecture en terre du site de Choisy-au-Bac (Oise) : exemple d'une approche croisée des données archéologiques et micromorphologiques. Données de terrain et perspectives d'études.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Charlotte Baudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -782,64 +782,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le diagnostic de Porte-Joie (Eure) : 8000 ans d’occupation révélés en vallée de la Seine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -912,51 +912,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La caractérisation pétrographique des silex : application de la méthode à deux contextes géologiques et géographiques particuliers (sud Vercors et Bugey)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jéhanne Féblot-Augustins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1056,51 +1056,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Fajon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Marcigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Mazet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1173,51 +1173,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Fajon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Marcigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Mazet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1255,77 +1255,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sépultures du Néolithique moyen I et du moyen II de Porte-Joie (Eure) : groupes funéraires isolés ou nécropole associées à l’habitat ? Données préliminaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminte Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ugo Le Moigne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1404,77 +1404,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Garenne&amp;quot; (Eure) : un habitat du Néolithique final organisé autour d'un monument funéraire du Néolithique Récent ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Coussot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Ravon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IVe Rencontres Nord/sud de Préhistoire récente Université de La Rochelle (Charente-Maritime, Nouvelle Aquitaine) 27 au 30 avril 2022 : La place des morts chez les vivants, Architectures, Mémoires et Rituels de la fin du Mésolithique à l'âge du Bronze</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2022, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1499,90 +1499,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le site Néolithique moyen : récent et final de Gaillon &amp;quot;La Garenne&amp;quot; (Eure) : entre habitat et monument funéraire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Riche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bemilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Riche</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Julia Bude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Coussot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1637,51 +1637,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Productions lithiques en contexte domestique de la fin du Néolithique et du Bronze ancien en Normandie orientale : premier bilan critique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline M. Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Riche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Préhistoire de l'Europe du Nord-Ouest : mobilité, climats et identités culturelles. 28e congrès préhistorique de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cyril Montoya; Jean-Pierre Fagnart; Jean‑luc Locht, May 2016, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1706,64 +1706,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indices d'occupations du Néolithique au premier âge du fer en vallée de Seine : principales découvertes des fouilles de Porte-Joie (Eure), zone C</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Ravon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées archéologiques de Normandie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Caen, France. pp.23-36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1788,51 +1788,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La matière première des tailleurs de silex au Villeneuve-Saint-Germain en Normandie orientale : choix, qualité et production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Biard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1883,51 +1883,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La série de silex taillés du site de Die “Chanqueyras” (26). Caractérisation technologique et pétrographique d’une industrie lithique préchasséenne drômoise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Saintot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Riche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les industries lithiques taillées holocène du Bassin rhodanien. Problèmes et actualités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Maxence Bailly; Robin Furestier; Thomas Perrin, Dec 2000, Lyon, France. pp.97-112</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1984,51 +1984,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vieux Villez, Val D'Hazey, (Eure)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lénaïg Féret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2036,51 +2036,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élisabeth Lecler-Huby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Institut national de recherches archéologiques préventives. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -2224,51 +2224,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Métairie, site A, Bosrobert (Eure) : rapport de fouilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Cottard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2348,77 +2348,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des traces fugaces d'occupation à l'habitat structuré: l'exemple de Choisy-au-Bac (Oise)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Coussot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Ravon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Habitation et habitat du Néolithique à l'Age du Bronze en France et ses marges. Actes des IIèmes rencontres Nord/Sud de Préhistoire récente, Dijon, 19-21 novembre 2015, Archives d'Ecologie Préhistorique, pp.561-574, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2520,51 +2520,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Aoustin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Chaussé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Riche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GMPCA 2017 - XXIème Colloque international du Groupe des Méthodes Pluridisciplinaires Contribuant à l’Archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Rennes, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2758,51 +2758,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05093763v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Jimenez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roudi&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Adrian" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Petit" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Riche" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05092702v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ravon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Coussot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bemilli" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Bude" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01548564v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02440286v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Biard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Prost" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01548555v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01548577v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01548595v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Charlotte Baudry" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Cammas" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02534542v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminte Thomann" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chauss&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Granai" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.purh.4612" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00468205v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;hanne F&#233;blot-Augustins" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357587v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fajon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Marcigny" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mazet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeopages.11743" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03924315v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02509579v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Le Moigne" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rao.2398" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03937385v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03937479v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garnier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02876720v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline M. Renard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02876743v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02876626v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878873v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Saintot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03937762v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na&#239;g F&#233;ret" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Lecler-Huby" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Petit" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600661v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bostyn" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Borgnon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Brunet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Coutard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Creusillet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04150518v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cottard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Deloze" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926385v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01947686v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Chauveau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Leroyer" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aoustin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05092702v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Riche" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ravon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Coussot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bemilli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Bude" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05093763v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Jimenez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roudi&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Adrian" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Petit" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01548564v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02440286v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Biard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Prost" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01548555v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01548577v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01548595v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Charlotte Baudry" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Cammas" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02534542v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminte Thomann" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chauss&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Granai" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.purh.4612" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00468205v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;hanne F&#233;blot-Augustins" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357587v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fajon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Marcigny" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mazet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeopages.11743" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03924315v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02509579v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Le Moigne" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rao.2398" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03937385v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03937479v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garnier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02876720v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline M. Renard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02876743v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02876626v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878873v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Saintot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03937762v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na&#239;g F&#233;ret" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Lecler-Huby" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Petit" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600661v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bostyn" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Borgnon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Brunet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Coutard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Creusillet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04150518v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cottard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Deloze" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926385v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01947686v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Chauveau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Leroyer" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aoustin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>