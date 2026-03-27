--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -691,381 +691,372 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03088360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (15)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Industrial IoT cybersecurity: a bibliometric analysis</w:t>
+                <w:t xml:space="preserve">Effects of an unsynchronized RTS attack on a hardware 802.11ah test bed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ignacio J. Dasso</w:t>
+                <w:t xml:space="preserve">Ignacio José Dasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Maudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renzo E. Navas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Andrieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SpliTech 2025: 10th International Conference on Smart and Sustainable Technologies</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE Vehicular Technology Conference (VTC2026-Spring)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2026, Nice, France. ID paper 69044</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05039566v1</w:t>
+                <w:t xml:space="preserve">hal-05559466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Context-aware Intrusion Detection in Individual-oriented Information Systems: An Empirical Study on Android Malware</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Doyen</w:t>
+                <w:t xml:space="preserve">Analyse bibliométrique de la cybersécurité dans l'IoT industriel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacio J. Dasso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Maudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renzo E. Navas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Andrieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CNSM 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Bologna, Italy</w:t>
+              <w:t xml:space="preserve">RESSI 2025 : Rendez-vous de la Recherche et de l'Enseignement de la Sécurité des Systèmes d'Information.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS GDR Sécurité Informatique, May 2025, Lanniron, France. pp.sciencesconf.org:ressi2025:615412</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05242246v2</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04993507v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse bibliométrique de la cybersécurité dans l'IoT industriel</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Andrieux</w:t>
+                <w:t xml:space="preserve">Towards Context-aware Intrusion Detection in Individual-oriented Information Systems: An Empirical Study on Android Malware</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Van-Tien Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renzo E Navas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Doyen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RESSI 2025 : Rendez-vous de la Recherche et de l'Enseignement de la Sécurité des Systèmes d'Information.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNRS GDR Sécurité Informatique, May 2025, Lanniron, France. pp.sciencesconf.org:ressi2025:615412</w:t>
+              <w:t xml:space="preserve">CNSM 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Bologna, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04993507v2</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05242246v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dissecting 5G New-Radio Latency: Interacting Layers and Latency-Generating Operations</w:t>
               </w:r>
@@ -1103,51 +1094,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renzo E. Navas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgios Papadopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Doyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th IFIP Networking Conference (Networking 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Limassol, Cyprus</w:t>
@@ -1170,208 +1161,200 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05138315v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward Context-aware Security for Individual Information Systems</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Industrial IoT cybersecurity: a bibliometric analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacio J. Dasso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Maudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renzo E. Navas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Andrieux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RESSI 2024 : Rendez-vous de la Recherche et de l'Enseignement de la Sécurité des Systèmes d'Information</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SpliTech 2025: 10th International Conference on Smart and Sustainable Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Jun 2025, Split, Croatia. pp.#1571125762, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/SpliTech65624.2025.11091687⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04602354v1</w:t>
+                <w:t xml:space="preserve">hal-05039566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lightweight Security for IoT Systems leveraging Moving Target Defense and Intrusion Detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Van-Tien Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renzo Efrain Navas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Doyen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NOMS 2024-2024 IEEE/IFIP Network Operations and Management Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, May 2024, Seoul, South Korea. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1399,628 +1382,662 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04537696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leveraging Overshadowing for Time-Delay Attacks in 4G/5G Cellular Networks: An Empirical Assessment</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Renzo E. Navas</w:t>
+                <w:t xml:space="preserve">Toward Context-aware Security for Individual Information Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Van-Tien Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Doyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Van-Tien Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renzo E Navas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georgios Z Papadopoulos</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Doyen</w:t>
+                <w:t xml:space="preserve">Eric Alata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ARES '24: Proceedings of the 19th International Conference on Availability, Reliability and Security</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">RESSI 2024 : Rendez-vous de la Recherche et de l'Enseignement de la Sécurité des Systèmes d'Information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Eppe-Sauvage, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04628498v2</w:t>
+                <w:t xml:space="preserve">hal-04602354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy-Aware Spreading Factor Selection in LoRaWAN Using Delayed-Feedback Bandits</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Leveraging Overshadowing for Time-Delay Attacks in 4G/5G Cellular Networks: An Empirical Assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virgil Hamici-Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renzo E. Navas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgios Z Papadopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Doyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NETWORKING 2023 - IFIP Conference Networking</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23919/IFIPNetworking57963.2023.10186444⟩</w:t>
+              <w:t xml:space="preserve">ARES '24: Proceedings of the 19th International Conference on Availability, Reliability and Security</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Vienna, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3664476.3670891⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04133333v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04628498v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hack'lantique : première expérience de CTF pédagogique</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Energy-Aware Spreading Factor Selection in LoRaWAN Using Delayed-Feedback Bandits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renzo Efrain Navas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghina Dandachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Hadjadj-Aoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Maillé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RESSI 2022 : Rendez-vous de la Recherche et de l'Enseignement de la Sécurité des Systèmes d'Information</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">NETWORKING 2023 - IFIP Conference Networking</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IFIP, Jun 2023, Barcelona, Spain. pp.1-9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/IFIPNetworking57963.2023.10186444⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04223382v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04133333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IANVS: A Moving Target Defense Framework for a Resilient Internet of Things</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Renzo Efrain Navas</w:t>
+                <w:t xml:space="preserve">Hack'lantique : première expérience de CTF pédagogique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Boudaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titouan Laurain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Métayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Håkon Sandaker</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Laurent Toutain</w:t>
+                <w:t xml:space="preserve">Jonathan Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 25th IEEE Symposium on Computers and Communications (ISCC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">RESSI 2022 : Rendez-vous de la Recherche et de l'Enseignement de la Sécurité des Systèmes d'Information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Chambon-sur-Lac, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02887462v2</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04223382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LATe: A Lightweight Authenticated Time Synchronization Protocol for IoT</w:t>
+                <w:t xml:space="preserve">IANVS: A Moving Target Defense Framework for a Resilient Internet of Things</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renzo Efrain Navas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Håkon Sandaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Cuppens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nora Cuppens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Toutain</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 Global Internet of Things Summit (GIoTS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Bilbao, Spain. pp.1-6, </w:t>
+              <w:t xml:space="preserve">The 25th IEEE Symposium on Computers and Communications (ISCC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Rennes, France. pp.1-6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/GIOTS.2018.8534565⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ISCC50000.2020.9219728⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02007159v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02887462v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demo: Do not trust your neighbors! A small IoT platform illustrating a man-in-the-middle attack</w:t>
               </w:r>
@@ -2130,363 +2147,454 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01893999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonce-based authenticated key establishment over OAuth 2.0 IoT proof-of-possession architecture</w:t>
+                <w:t xml:space="preserve">LATe: A Lightweight Authenticated Time Synchronization Protocol for IoT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renzo Efrain Navas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Toutain</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kumaran Vijayasankar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WF-IoT 2016 : IEEE 3rd World Forum on Internet of Things</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/WF-IoT.2016.7845424⟩</w:t>
+              <w:t xml:space="preserve">2018 Global Internet of Things Summit (GIoTS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Bilbao, Spain. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/GIOTS.2018.8534565⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01522039v1</w:t>
+                <w:t xml:space="preserve">hal-02007159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">State of the art of IETF security related protocols for IoT</w:t>
+                <w:t xml:space="preserve">Nonce-based authenticated key establishment over OAuth 2.0 IoT proof-of-possession architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renzo Efrain Navas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Lagos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kumaran Vijayasankar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">C&amp;ESAR 2016 : Computer &amp; Electronics Security Applications Rendez-vous</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">WF-IoT 2016 : IEEE 3rd World Forum on Internet of Things</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Reston, Va, United States. pp.317 - 322, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/WF-IoT.2016.7845424⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01522020v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01522039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">State of the art of IETF security related protocols for IoT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renzo Efrain Navas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Toutain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kumaran Vijayasankar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">C&amp;ESAR 2016 : Computer &amp; Electronics Security Applications Rendez-vous</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Rennes, France. pp.1 - 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01522020v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Handover Triggering in IEEE 802.11 Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Montavont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renzo Efrain Navas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanguy Kerdoncuff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">German Castignani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE 16th International Symposium on A World of Wireless, Mobile and Multimedia Networks (WoWMoM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Boston, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/WoWMoM.2015.7158126⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01759108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2496,227 +2604,227 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Software repository: Automation framework software</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renzo E. Navas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Aimi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Irisa Institut de Recherche en Informatique et Systèmes Aléatoires; Conservatoire national des arts et metiers - CNAM. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05091094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lightweight learning algorithms for massive IoT and analysis of their performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghina Dandachi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Hadjadj-Aoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Maillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renzo Efrain Navas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRIA Rennes - Bretagne Atlantique and University of Rennes 1, France. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03844765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId82"/>
+      <w:footerReference w:type="default" r:id="rId84"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2784,51 +2892,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F7223EFC"/>
+    <w:nsid w:val="299854F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3015,51 +3123,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/rnavas" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8784-7444" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/196161272155647441406" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/AAC-4897-2020" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03123143v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renzo Efra&#237;n Navas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020IMTA0217" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088384v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renzo Efrain Navas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cuppens" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Boulahia Cuppens" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Toutain" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Papadopoulos" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2020.107751" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132748v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Routa Moussaileb" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Cuppens" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jisa.2020.102668" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088360v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JIOT.2020.3040358" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039566v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio J. Dasso" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Maudet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renzo E. Navas" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Andrieux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/SpliTech65624.2025.11091687" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242246v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Tien Nguyen" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renzo E Navas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Doyen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993507v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138315v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgil Hamici-Aubert" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Saint-Martin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602354v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Alata" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537696v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS59830.2024.10575913" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628498v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Z Papadopoulos" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3664476.3670891" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133333v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghina Dandachi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Hadjadj-Aoul" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Maill&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/IFIPNetworking57963.2023.10186444" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04223382v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Boudaud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gilbert" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Laurain" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie M&#233;tayer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Sarrazin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887462v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#229;kon Sandaker" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCC50000.2020.9219728" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007159v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GIOTS.2018.8534565" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893999v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Le Bouder" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Cuppens-Boulahia" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00247-3_11" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522039v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Lagos" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kumaran Vijayasankar" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WF-IoT.2016.7845424" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522020v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759108v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Montavont" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Blanc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Kerdoncuff" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=German Castignani" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WoWMoM.2015.7158126" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05091094v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Aimi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844765v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/rnavas" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8784-7444" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/196161272155647441406" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/AAC-4897-2020" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03123143v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renzo Efra&#237;n Navas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020IMTA0217" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088384v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renzo Efrain Navas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cuppens" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Boulahia Cuppens" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Toutain" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Papadopoulos" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2020.107751" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132748v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Routa Moussaileb" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Cuppens" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jisa.2020.102668" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088360v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JIOT.2020.3040358" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559466v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Jos&#233; Dasso" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Maudet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renzo E. Navas" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Andrieux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993507v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio J. Dasso" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242246v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Tien Nguyen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renzo E Navas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Doyen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138315v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgil Hamici-Aubert" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Saint-Martin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039566v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/SpliTech65624.2025.11091687" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537696v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS59830.2024.10575913" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602354v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Alata" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628498v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Z Papadopoulos" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3664476.3670891" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133333v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghina Dandachi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Hadjadj-Aoul" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Maill&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/IFIPNetworking57963.2023.10186444" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04223382v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Boudaud" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gilbert" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Laurain" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie M&#233;tayer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Sarrazin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887462v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#229;kon Sandaker" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCC50000.2020.9219728" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893999v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Le Bouder" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Cuppens-Boulahia" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00247-3_11" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007159v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GIOTS.2018.8534565" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522039v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Lagos" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kumaran Vijayasankar" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WF-IoT.2016.7845424" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522020v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759108v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Montavont" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Blanc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Kerdoncuff" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=German Castignani" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WoWMoM.2015.7158126" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05091094v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Aimi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844765v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>