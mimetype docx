--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Francisco Roa Bastos </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« « Académie européenne » ou « europäische Akademie » ? L’ancrage allemand des études européennes et ses conditions de possibilité »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Roa Bastos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politique européenne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, N° 52 (2), pp.114-144. </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/poeu.052.0114⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03940725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Savoirs et pouvoirs dans le gouvernement de l'Europe. Pour une socio-histoire de l'archive européenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Roa Bastos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Vauchez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Science Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfsp.691.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02736854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Savoirs et pouvoirs dans le gouvernement de l’Europe. Pour une sociohistoire de l’archive européenne »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Roa Bastos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Vauchez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Science Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 69 (1), pp.7. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfsp.691.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03940822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des partis paradigmatiques. « LaPalombara & Weiner », « Lipset & Rokkan » et la science normale du politique dans les années 1960</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Roa Bastos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Science Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 67 (1), pp.97. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfsp.671.0097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03940700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociogenèse d’une catégorie politique : l’introduction de « partis politiques au niveau européen » dans le droit communautaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Roa Bastos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures &amp; conflits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 85-86, pp.99-122. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/conflits.18345⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03940830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Role of European Electoral Programmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Roa Bastos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaderni Istituto Affari Internazionali</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03941479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'archive européenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Roa Bastos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Vauchez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Science Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 69 (1), 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03941452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La contribution de l'Institut für europäische Politik (IEP) à la construction des études européennes (1959-2013)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Roa Bastos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Mangenot; Fabrice Larat. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La construction des études européennes. Trajectoires individuelles et réseaux nationaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03941511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand le Parlement européen travaille au noir: les &amp;quot;partis politiques au niveau européen&amp;quot; et leurs équipes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Roa Bastos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sébastien Michon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Parlement européen au travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUS, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03941503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En finir avec le charisme ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Roa Bastos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vanessa Bernadou, Félix Blanc, Raphaëlle Laignoux, Francisco Roa Bastos. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Que faire du charisme ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03941517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que faire du charisme? Retours sur une notion de Max Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Roa Bastos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Laignoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Bernadou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Philosophica, 9782753532793</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03941438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId28"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Francisco Roa Bastos </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« « Académie européenne » ou « europäische Akademie » ? L’ancrage allemand des études européennes et ses conditions de possibilité »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Roa Bastos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politique européenne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, N° 52 (2), pp.114-144. </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/poeu.052.0114⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03940725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Savoirs et pouvoirs dans le gouvernement de l’Europe. Pour une sociohistoire de l’archive européenne »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Roa Bastos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Vauchez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Science Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 69 (1), pp.7. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfsp.691.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03940822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des partis paradigmatiques. « LaPalombara & Weiner », « Lipset & Rokkan » et la science normale du politique dans les années 1960</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Roa Bastos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Science Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 67 (1), pp.97. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfsp.671.0097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03940700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociogenèse d’une catégorie politique : l’introduction de « partis politiques au niveau européen » dans le droit communautaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Roa Bastos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures &amp; conflits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 85-86, pp.99-122. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/conflits.18345⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03940830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Role of European Electoral Programmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Roa Bastos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaderni Istituto Affari Internazionali</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03941479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'archive européenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Roa Bastos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Vauchez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Science Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 69 (1), 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03941452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La contribution de l'Institut für europäische Politik (IEP) à la construction des études européennes (1959-2013)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Roa Bastos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Mangenot; Fabrice Larat. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La construction des études européennes. Trajectoires individuelles et réseaux nationaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03941511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand le Parlement européen travaille au noir: les &amp;quot;partis politiques au niveau européen&amp;quot; et leurs équipes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Roa Bastos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sébastien Michon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Parlement européen au travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUS, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03941503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En finir avec le charisme ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Roa Bastos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vanessa Bernadou, Félix Blanc, Raphaëlle Laignoux, Francisco Roa Bastos. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Que faire du charisme ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03941517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que faire du charisme? Retours sur une notion de Max Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Roa Bastos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Laignoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Bernadou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Philosophica, 9782753532793</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03941438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId27"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03940725v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Roa Bastos" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/poeu.052.0114" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02736854v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vauchez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.691.0007" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03940822v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03940700v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.671.0097" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03940830v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/conflits.18345" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03941479v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03941452v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03941511v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03941503v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03941517v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03941438v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Blanc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Laignoux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Bernadou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/7882/que-faire-du-charisme" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03940725v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Roa Bastos" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/poeu.052.0114" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03940822v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vauchez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.691.0007" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03940700v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.671.0097" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03940830v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/conflits.18345" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03941479v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03941452v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03941511v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03941503v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03941517v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03941438v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Blanc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Laignoux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Bernadou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/7882/que-faire-du-charisme" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>